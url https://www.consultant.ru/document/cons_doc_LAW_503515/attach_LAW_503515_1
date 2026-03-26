--- v0 (2025-12-07)
+++ v1 (2026-03-26)
@@ -74,239 +74,227 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="60" w:type="dxa"/>
           <w:left w:w="80" w:type="dxa"/>
           <w:bottom w:w="60" w:type="dxa"/>
           <w:right w:w="80" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7597"/>
         <w:gridCol w:w="7597"/>
       </w:tblGrid>
       <w:tr w:rsidR="002023F8" w14:paraId="732F1982" w14:textId="77777777" w:rsidTr="002023F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F7B570F" w14:textId="62E5D2F2" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="002023F8">
+          <w:p w14:paraId="7F7B570F" w14:textId="1B64FF2B" w:rsidR="002023F8" w:rsidRDefault="00E23F83" w:rsidP="002023F8">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25DA7DDC" wp14:editId="0E0C8628">
-                  <wp:extent cx="190500" cy="171450"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0C9DC70D" wp14:editId="7A3E5308">
+                  <wp:extent cx="152400" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="1" name="Рисунок 1"/>
+                  <wp:docPr id="3" name="Рисунок 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="1" name="Рисунок 1"/>
+                          <pic:cNvPr id="3" name="Рисунок 3"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="002023F8" w:rsidRPr="002023F8">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>Постановление</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="002023F8">
+              <w:t xml:space="preserve"> Правительства РФ от 29.12.2001 N 921</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39C7D72B" w14:textId="77777777" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="002023F8">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>(ред. от 03.02.2012)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CB8E95A" w14:textId="42966077" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="002023F8">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>"Об утверждении Правил утверждения нормативов потерь полезных ископаемых при добыче, технологически связанных с принятой схемой и технологией разработки месторождения"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71347B7D" w14:textId="4ECCA733" w:rsidR="002023F8" w:rsidRDefault="00E23F83" w:rsidP="002023F8">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C373475" wp14:editId="2A85A580">
+                  <wp:extent cx="190500" cy="171450"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="Рисунок 4"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="190500" cy="171450"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidRPr="002023F8">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r w:rsidR="002023F8" w:rsidRPr="002023F8">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                 </w:rPr>
                 <w:t>Постановление</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...12 lines deleted...]
-          <w:p w14:paraId="4CB8E95A" w14:textId="42966077" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="002023F8">
+            <w:r w:rsidR="002023F8">
+              <w:t xml:space="preserve"> Правительства РФ от 18.04.2025 N 514</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CDCF1A4" w14:textId="05724FA4" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="002023F8">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>"Об утверждении Правил утверждения нормативов потерь полезных ископаемых при добыче, технологически связанных с принятой схемой и технологией разработки месторождения"</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...55 lines deleted...]
-              <w:r w:rsidRPr="002023F8">
+      </w:tr>
+      <w:tr w:rsidR="002A6C47" w14:paraId="4DDEF026" w14:textId="77777777" w:rsidTr="004F5282">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15194" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D83E68" w14:textId="4A0814DE" w:rsidR="002A6C47" w:rsidRDefault="00E23F83" w:rsidP="002A6C47">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="Оглавление" w:history="1">
+              <w:r w:rsidR="002A6C47" w:rsidRPr="002A6C47">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                 </w:rPr>
-                <w:t>Постановление</w:t>
-[...45 lines deleted...]
-                <w:t>главление</w:t>
+                <w:t>См. Оглавление</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002023F8" w14:paraId="28699C4D" w14:textId="77777777" w:rsidTr="002023F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5507CF03" w14:textId="77777777" w:rsidR="00AA5323" w:rsidRPr="00AA5323" w:rsidRDefault="00AA5323" w:rsidP="00AA5323">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4EEED95A" w14:textId="260626B6" w:rsidR="002023F8" w:rsidRDefault="002023F8">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -1688,1047 +1676,914 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidRPr="004766A3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Нормативы потерь углеводородного сырья рассчитываются по каждому конкретному месту образования потерь на основании принятой схемы и технологии разработки месторождения, проекта обустройства месторождения или плана пробной эксплуатации скважин (если участок недр предоставлен для геологического изучения, разведки и добычи полезных ископаемых, осуществляемых по совмещенной лицензии) и ежегодно утверждаются Министерством энергетики Российской Федерации </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
               <w:t>в порядке, установленном настоящими Правилами</w:t>
             </w:r>
             <w:r w:rsidRPr="004766A3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11840F6A" w14:textId="02A440E1" w:rsidR="004766A3" w:rsidRPr="005F73C7" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+          <w:p w14:paraId="11840F6A" w14:textId="02A440E1" w:rsidR="004766A3" w:rsidRPr="005F73C7" w:rsidRDefault="00E23F83" w:rsidP="004766A3">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink w:anchor="П6" w:history="1">
-              <w:r w:rsidRPr="004766A3">
+              <w:r w:rsidR="004766A3" w:rsidRPr="004766A3">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>См. схо</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
-              <w:r w:rsidRPr="004766A3">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="279FB261" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F5C1E74" w14:textId="7F9B6E00" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Недропользователь направляет сведения об утвержденных нормативах потерь с протоколом согласования проектной документации в территориальный орган Федеральной налоговой службы, в котором он состоит на налоговом учете, в 10-дневный срок со дня их утверждения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0930BE" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="0F1AC550" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="348B0669" w14:textId="2133237D" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нормативы потерь твердых полезных ископаемых и подземных вод (минеральных, промышленных, термальных) уточняются в зависимости от </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">конкретных горно-геологических условий, применяемых схем, способов и систем разработки участка месторождения, планируемого к разработке в предстоящем году, при подготовке </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>годовых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> планов развития горных работ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>(годовых программ работ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Для месторождений, срок разработки которых не превышает 5 лет (без учета периода подготовки месторождения к промышленной эксплуатации), нормативы потерь полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>при их добыче</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> включаются в состав </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>технического проекта на разработку месторождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на весь период разработки месторождения и впоследствии не уточняются.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C3CBB84" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нормативы потерь твердых полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(включая общераспространенные полезные ископаемые)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подземных вод </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(минеральных, промышленных, термальных) уточняются в зависимости от конкретных горно-геологических условий, применяемых схем, способов и систем разработки участка месторождения, планируемого к разработке в предстоящем году, при подготовке планов развития горных работ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5481B572" w14:textId="531FBF22" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для месторождений, срок разработки которых не превышает 5 лет (без учета периода подготовки месторождения к промышленной эксплуатации), нормативы потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>при добыче</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> полезных ископаемых включаются в состав </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>проектной документации</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на весь период разработки месторождения и впоследствии не уточняются.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="6BBC7DD8" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="596AEFE0" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Нормативы потерь твердых полезных ископаемых (включая общераспространенные) и подземных вод (минеральных, промышленных, термальных), не превышающие по величине нормативы, утвержденные в составе проектной документации, ежегодно утверждаются </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>недропользователем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F73C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11103AF3" w14:textId="588446E8" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нормативы потерь твердых полезных ископаемых (за исключением общераспространенных) и подземных вод (минеральных, промышленных, термальных), превышающие по величине нормативы, утвержденные в составе проектной документации, утверждаются </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>недропользователем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после их согласования с Федеральной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>службой</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по надзору в сфере природопользования в порядке, установленном настоящими Правилами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DE022AA" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нормативы потерь твердых полезных ископаемых (включая общераспространенные </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>полезные ископаемые</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) и подземных вод (минеральных, промышленных, термальных), не превышающие по величине нормативы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>потерь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, утвержденные в составе проектной документации, ежегодно утверждаются </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пользователем недр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F73C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B22830" w14:textId="36D23D19" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нормативы потерь твердых полезных ископаемых (за исключением общераспространенных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>полезных ископаемых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) и подземных вод (минеральных, промышленных, термальных), превышающие по величине нормативы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>потерь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, утвержденные в составе проектной документации, утверждаются </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пользователем недр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после их согласования с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>территориальным органом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Федеральной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>службы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по надзору в сфере природопользования в порядке, установленном настоящими Правилами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="4C2EF9FF" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3934C174" w14:textId="5B494319" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Нормативы потерь общераспространенных полезных ископаемых, превышающие по величине нормативы, утвержденные в составе проектной документации, утверждаются </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>недропользователем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после их согласования с органами государственной власти субъектов Российской Федерации в порядке, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>определяемом органами государственной власти субъектов Российской Федерации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F73C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE4DE4" w14:textId="40E27BCF" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нормативы потерь общераспространенных полезных ископаемых, превышающие по величине нормативы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>потерь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, утвержденные в составе проектной документации, утверждаются </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пользователем недр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> после их согласования с органами государственной власти субъектов Российской Федерации в порядке, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>установленном настоящими Правилами</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F73C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="4E4252D7" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6077BCE1" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A9BB52" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="00ED0990" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="П9"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0990">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для месторождений, которые содержат несколько видов полезных ископаемых, нормативы потерь утверждаются по каждому виду полезных ископаемых, имеющему промышленное значение и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>учтенному</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0990">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на государственном балансе запасов полезных ископаемых.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C95EA17" w14:textId="6C9EDD30" w:rsidR="00ED0990" w:rsidRPr="005F73C7" w:rsidRDefault="00E23F83" w:rsidP="00ED0990">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П10" w:history="1">
+              <w:r w:rsidR="00ED0990" w:rsidRPr="00ED0990">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>ж</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
-              <w:r w:rsidRPr="004766A3">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="3087A90A" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6170DDE4" w14:textId="2C551AC8" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Недропользователь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направляет сведения об утвержденных нормативах потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>с письмом, подтверждающим согласование</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нормативов потерь, в территориальный орган Федеральной налоговой службы, в котором </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>он</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> состоит на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>налоговом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> учете, в 10-дневный срок со дня их утверждения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FD6139" w14:textId="62A78F79" w:rsidR="005F73C7" w:rsidRPr="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="005F73C7">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>9. Пользователь недр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направляет сведения об утвержденных нормативах потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных) с приложением решения органов, указанных в пункте 6 или 7 настоящих Правил, о согласовании</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нормативов потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных), решения о согласовании проектной документации, за исключением проектной документации по участкам недр местного значения, предусмотренного пунктом 25 Правил подготовки, согласования и утверждения технических проектов разработки месторождений полезных ископаемых, технических проектов строительства и эксплуатации подземных сооружений, технических проектов ликвидации и консервации горных выработок, буровых скважин и иных сооружений, связанных с пользованием недрами, по видам полезных ископаемых и видам пользования недрами, утвержденных постановлением Правительства Российской Федерации от 30 ноября 2021 г. N 2127 "О порядке подготовки, согласования и утверждения технических проектов разработки месторождений полезных ископаемых, технических проектов строительства и эксплуатации подземных сооружений, технических проектов ликвидации и консервации горных выработок, буровых скважин и иных сооружений, связанных с пользованием недрами, по видам полезных ископаемых и видам пользования недрами", и (или) решения о согласовании проектной документации в отношении участков недр местного значения, предусмотренного пунктом 26 указанных Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, в территориальный орган Федеральной налоговой службы, в котором </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пользователь недр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005F73C7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> состоит на учете, в 10-дневный срок со дня их утверждения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F73C7" w14:paraId="3F3C179D" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6CBC99" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="005F73C7" w:rsidP="009B04B9">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E198EA5" w14:textId="77777777" w:rsidR="005F73C7" w:rsidRDefault="004766A3" w:rsidP="009B04B9">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="П7"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Министерство энергетики Российской Федерации направляет сведения об утвержденных нормативах потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>углеводородного сырья в территориальный орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Федеральной налоговой службы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>, в котором пользователь недр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B04B9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> состоит на учете,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в 10-дневный срок со дня их утверждения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="698C1CDC" w14:textId="3F3AC0EA" w:rsidR="004766A3" w:rsidRPr="009B04B9" w:rsidRDefault="00E23F83" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П8" w:history="1">
+              <w:r w:rsidR="004766A3" w:rsidRPr="004766A3">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>и</w:t>
-[...970 lines deleted...]
-                <w:t>мент в сравниваемом документе</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F73C7" w14:paraId="2E2A9E84" w14:textId="77777777" w:rsidTr="002023F8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F62A6E4" w14:textId="15F8B5D7" w:rsidR="005F73C7" w:rsidRPr="009B04B9" w:rsidRDefault="009B04B9" w:rsidP="009B04B9">
             <w:pPr>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:ind w:firstLine="539"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>Федеральная служба по надзору в сфере природопользования информирует Федеральную налоговую службу о выявленных случаях нарушения недропользователями настоящих Правил.</w:t>
             </w:r>
           </w:p>
@@ -3159,316 +3014,253 @@
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="П1"/>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="009B04B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">г) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
               <w:t>реквизиты решения о согласовании</w:t>
             </w:r>
             <w:r w:rsidRPr="009B04B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> проектной документации;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5861CB9E" w14:textId="4AB9B25E" w:rsidR="009B04B9" w:rsidRDefault="00C2029A" w:rsidP="009B04B9">
+          <w:p w14:paraId="5861CB9E" w14:textId="4AB9B25E" w:rsidR="009B04B9" w:rsidRDefault="00E23F83" w:rsidP="009B04B9">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink w:anchor="П2" w:history="1">
               <w:r w:rsidR="009B04B9" w:rsidRPr="009B04B9">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>См. схожий фр</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
-              <w:r w:rsidR="009B04B9" w:rsidRPr="009B04B9">
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="62A72D1F" w14:textId="77777777" w:rsidR="009B04B9" w:rsidRDefault="009B04B9" w:rsidP="009B04B9">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>д) реестровые номера государственной отчетности в реестре первичной геологической информации о недрах и интерпретированной геологической информации о недрах федеральной государственной информационной системы "Единый фонд геологической информации о недрах".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="427AFA1E" w14:textId="77777777" w:rsidR="009B04B9" w:rsidRPr="009B04B9" w:rsidRDefault="009B04B9" w:rsidP="009B04B9">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>13. Для согласования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B04B9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нормативов потерь твердых полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(включая общераспространенные полезные ископаемые)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B04B9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подземных вод </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(минеральных, промышленных, термальных), утверждения нормативов потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>углеводородного сырья к заявлению о нормативах потерь пользователем недр прилагаются следующие документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="559A8496" w14:textId="081935A7" w:rsidR="009B04B9" w:rsidRPr="009B04B9" w:rsidRDefault="009B04B9" w:rsidP="009B04B9">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>а) документ, подтверждающий полномочия лица на осуществление действий от имени пользователя недр, за исключением случаев подписания заявления о нормативах потерь индивидуальным предпринимателем (если заявителем является индивидуальный предприниматель) либо лицом, указанным в едином государственном реестре юридических лиц в качестве лица, имеющего право без доверенности действовать от имени юридического лица (если заявителем является юридическое лицо). Если доверенность подписана лицом, не являющимся индивидуальным предпринимателем либо не указанным в едином государственном реестре юридических лиц в качестве лица, имеющего право без доверенности действовать от имени юридического лица, требуется представление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B04B9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов, подтверждающих </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>полномочия такого лица на выдачу доверенности. Документ не представляется в случае подачи заявления о нормативах потерь с использованием федеральной государственной информационной системы "Единый портал государственных и муниципальных услуг (функций)" (далее - единый портал);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA5323" w14:paraId="1AB62341" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7616FE" w14:textId="1739F1C0" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="П3"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) копии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>годовых форм федерального государственного статистического наблюдения N 5-гр "Сведения о состоянии и изменении запасов твердых полезных ископаемых", N 70-тп "Сведения об извлечении полезных ископаемых при добыче", N 11-шрп "Сведения о потерях угля (сланца) в недрах" и N 2-тп (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>водхоз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>) "Сведения об использовании воды"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>предыдущий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> период;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24FC1DC1" w14:textId="3C1469A0" w:rsidR="004A5D77" w:rsidRPr="004A5D77" w:rsidRDefault="00E23F83" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П4" w:history="1">
+              <w:r w:rsidR="004A5D77" w:rsidRPr="004A5D77">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>а</w:t>
-[...246 lines deleted...]
-                <w:t>окументе</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="605CE88F" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRPr="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
             <w:pPr>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:ind w:firstLine="539"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>в</w:t>
             </w:r>
             <w:r w:rsidRPr="004A5D77">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">) копии утвержденных нормативов потерь </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3525,2309 +3317,2105 @@
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>согласование</w:t>
             </w:r>
             <w:r w:rsidRPr="009B04B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> проектной документации </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>на разработку месторождения, с указанием утвержденных в составе проектной документации нормативов потерь указанных твердых полезных ископаемых и подземных вод</w:t>
             </w:r>
             <w:r w:rsidRPr="009B04B9">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="232AC095" w14:textId="3ED395D1" w:rsidR="009B04B9" w:rsidRPr="009B04B9" w:rsidRDefault="00C2029A" w:rsidP="009B04B9">
+          <w:p w14:paraId="232AC095" w14:textId="3ED395D1" w:rsidR="009B04B9" w:rsidRPr="009B04B9" w:rsidRDefault="00E23F83" w:rsidP="009B04B9">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink w:anchor="П1" w:history="1">
               <w:r w:rsidR="009B04B9" w:rsidRPr="009B04B9">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>См. схожий фрагмен</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
-              <w:r w:rsidR="009B04B9" w:rsidRPr="009B04B9">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2AE594" w14:textId="77777777" w:rsidR="00AA5323" w:rsidRDefault="00AA5323" w:rsidP="009B04B9">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA5323" w14:paraId="2210008D" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22CF740C" w14:textId="6EF868F5" w:rsidR="00AA5323" w:rsidRPr="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) пояснительная записка с обоснованием нормативов потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>указанных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> твердых полезных ископаемых и подземных вод, включая расчет нормативов потерь по каждой выемочной единице (скважине), вовлекаемой в отработку в планируемом периоде;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA3B2D3" w14:textId="4B4260F9" w:rsidR="00AA5323" w:rsidRPr="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) пояснительная записка с обоснованием нормативов потерь твердых полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(включая общераспространенные полезные ископаемые)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подземных вод </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(минеральных, промышленных, термальных), углеводородного сырья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, включая расчет нормативов потерь по каждой </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>выемочной единице (скважине), вовлекаемой в отработку в планируемом периоде;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA5323" w14:paraId="5361B0F5" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7138698A" w14:textId="5D3F95D1" w:rsidR="00AA5323" w:rsidRPr="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) сводная таблица потерь твердых полезных ископаемых (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>за исключением общераспространенных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>план</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>факт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) за текущий год и в планируемый период по выемочным единицам;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C35B4B1" w14:textId="4ED8F4CC" w:rsidR="00AA5323" w:rsidRPr="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) сводная таблица потерь твердых полезных ископаемых (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>включая общераспространенные полезные ископаемые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>и подземных вод (минеральных, промышленных, термальных), углеводородного сырья</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>установленные потери в соответствии с проектной документацией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>фактически достигнутые</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) за текущий год и в планируемый период по выемочным единицам </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(скважинам)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002023F8" w14:paraId="341DBE7A" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="769E0BFD" w14:textId="4500F2A0" w:rsidR="002023F8" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) графические материалы планов развития горных работ с выделением участков нормируемых потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> твердых полезных ископаемых (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за исключением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>общераспространенных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5933D275" w14:textId="6E3A88FA" w:rsidR="002023F8" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>г</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>) графические материалы планов развития горных работ с выделением участков нормируемых потерь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>, представляемые в отношении</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> твердых полезных ископаемых (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>включая общераспространенные полезные ископаемые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5D77" w14:paraId="1617F042" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B53C44" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0F1AF6" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>14. Для согласования нормативов потерь твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных), утверждения нормативов потерь углеводородного сырья необходимы следующие документы, находящиеся в распоряжении государственных органов или государственных учреждений:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="578A24A2" w14:textId="2653F0AB" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="П4"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) копии </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>государственной отчетности пользователя недр, осуществляющего разведку и добычу полезных ископаемых на соответствующем участке недр,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>отчетный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> период;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D44A5B0" w14:textId="4BB908D7" w:rsidR="004A5D77" w:rsidRDefault="00E23F83" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П3" w:history="1">
+              <w:r w:rsidR="004A5D77" w:rsidRPr="004A5D77">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>т</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
-              <w:r w:rsidR="009B04B9" w:rsidRPr="009B04B9">
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="69AC4FD0" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) копии утвержденных нормативов потерь твердых полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(включая общераспространенные полезные ископаемые)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подземных вод </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(минеральных, промышленных, термальных), углеводородного сырья</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за предыдущий период;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="127ECD29" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>в) копии документов, подтверждающих согласование проектной документации, с указанием утвержденных в составе проектной документации нормативов потерь твердых полезных ископаемых (включая общераспространенные полезные ископаемые) (для проектной документации в отношении твердых полезных ископаемых, включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных) (для проектной документации в отношении подземных вод);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25915545" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>г) выписка из единого государственного реестра юридических лиц (для юридического лица);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5380F475" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>д) выписка из единого государственного реестра индивидуальных предпринимателей (для индивидуального предпринимателя);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="152F15C8" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>е) документ, подтверждающий полномочия лица на осуществление действий от имени пользователя недр,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> за исключением </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>случаев подписания заявления о нормативах потерь индивидуальным предпринимателем (если заявителем является индивидуальный предприниматель) либо лицом, указанным в едином государственном реестре юридических лиц в качестве лица, имеющего право без доверенности действовать от имени юридического лица (если заявителем является юридическое лицо) (в случае подачи заявления о нормативах потерь посредством единого портала).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A635500" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>15. Перечень документов и сведений, предусмотренных пунктами 12 - 14 настоящих Правил, является исчерпывающим для согласования нормативов потерь твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных), принятия решения об утверждении нормативов потерь углеводородного сырья, и истребование иных документов не допускается.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FC0B571" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>Пользователь недр обязан представить документы и сведения, предусмотренные пунктами 12 и 13 настоящих Правил.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EFDA516" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>Пользователь недр вправе представить документы, предусмотренные пунктом 14 настоящих Правил, по собственной инициативе.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63B3328E" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>16. Заявление о нормативах потерь и прилагаемые к нему документы, указанные в пунктах 13 и 14 настоящих Правил, могут быть представлены пользователем недр лично или почтовым отправлением на бумажном носителе или с использованием единого портала или информационных ресурсов, размещенных на официальных сайтах органов государственной власти субъектов Российской Федерации, указанных в пункте 7 настоящих Правил, в информационно-телекоммуникационной сети "Интернет" (далее - сеть "Интернет").</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CA74B46" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>17. Заявление о нормативах потерь и прилагаемые к нему документы и сведения, представленные в электронной форме, подписываются:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68FFA687" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>а) усиленной квалифицированной электронной подписью - в случае подачи лицом, действующим от имени юридического лица без доверенности, или индивидуальным предпринимателем;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A46AAD" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>б) усиленной квалифицированной электронной подписью или усиленной неквалифицированной электронной подписью, сертификат ключа проверки которой создан и используется в инфраструктуре, обеспечивающей информационно-технологическое взаимодействие информационных систем, используемых для предоставления государственных и муниципальных услуг в электронной форме, в установленном Правительством Российской Федерации порядке, - в случае подачи физическим лицом при представлении интересов юридического лица или индивидуального предпринимателя на основании машиночитаемой доверенности.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67D5F4A9" w14:textId="73200EF2" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>18. При представлении заявления о нормативах потерь с использованием единого портала заявление о нормативах потерь и документ, предусмотренный подпунктом "б" пункта 13 настоящих Правил, заполняются в интерактивной форме посредством программно-аппаратных средств единого портала.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5D77" w14:paraId="79F8E5B7" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F68C6EE" w14:textId="3CF2D655" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3(2).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В случае непредставления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>недропользователем документа, указанного в подпункте "а" пункта 3(1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Федеральная служба по надзору в сфере природопользования или ее территориальный орган</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> самостоятельно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>запрашивает</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Федеральном агентстве по недропользованию </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>указанный документ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A45FB7" w14:textId="0D5E7A1F" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004A5D77">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>19.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> В случае непредставления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пользователем недр документов, указанных в пункте 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>уполномоченные органы в течение 1 рабочего дня со дня регистрации заявления о нормативах потерь осуществляют их получение с использованием федеральных государственных информационных систем "Автоматизированная система лицензирования недропользования", "Единый фонд геологической информации о недрах", "Единая система идентификации и аутентификации в инфраструктуре, обеспечивающей информационно-технологическое взаимодействие информационных систем, используемых для предоставления государственных и муниципальных услуг в электронной форме", единого государственного реестра юридических лиц, единого государственного реестра индивидуальных предпринимателей, а при отсутствии указанных документов и сведений в указанных информационных системах и реестрах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> самостоятельно </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>запрашивают их</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в Федеральном агентстве по недропользованию </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>и Федеральной налоговой службе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A5D77">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5D77" w14:paraId="3DE4D6EC" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C918F72" w14:textId="77777777" w:rsidR="004A5D77" w:rsidRDefault="004A5D77" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2134549A" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>Информационное взаимодействие уполномоченных органов и иных органов государственной власти в рамках запроса сведений осуществляется с использованием единой системы межведомственного электронного взаимодействия.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5738ECE4" w14:textId="2B9FC7C8" w:rsidR="004A5D77" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>20. Уполномоченные органы регистрируют заявление о нормативах потерь и проверяют комплектность представленных пользователем недр документов в день их поступления.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A5D77" w14:paraId="66A4A329" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F15EB63" w14:textId="2AF83976" w:rsidR="004A5D77" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3(3). Рассмотрение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заявления и прилагаемых к нему документов осуществляется </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>Федеральной службой по надзору в сфере природопользования</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в течение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дней со дня их </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>подачи</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> По результатам рассмотрения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>указанных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заявления </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>принимается</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> решение о согласовании или о мотивированном отказе в согласовании нормативов потерь твердых полезных ископаемых (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>за исключением общераспространенных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) и подземных вод (минеральных, промышленных, термальных), </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>которое направляется недропользователю в течение 5 дней со дня его принятия</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Основаниями для принятия решения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказе в согласовании нормативов потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>указанных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> твердых полезных ископаемых и подземных вод являются:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FB78CF2" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>21. В случае представления пользователем недр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заявления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>о нормативах потерь и прилагаемых к нему документов, указанных в пункте 13 настоящих Правил, рассмотрение заявления о нормативах потерь</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и прилагаемых к нему документов осуществляется </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>уполномоченными органами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в течение </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>3 рабочих</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дней со дня их </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>регистрации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FA6F15C" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>В случае представления пользователем недр документов, указанных в пунктах 13 и 14 настоящих Правил, рассмотрение заявления о нормативах потерь и прилагаемых к нему документов осуществляется уполномоченными органами в течение 2 рабочих дней со дня их регистрации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42864145" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>22.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> По результатам рассмотрения заявления </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>о нормативах потерь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>прилагаемых к нему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>уполномоченные органы в течение 1 рабочего дня со дня окончания сроков, указанных в пункте 21 настоящих Правил, принимают</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> решение о согласовании или </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>решение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о мотивированном отказе в согласовании нормативов потерь твердых полезных ископаемых (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>включая общераспространенные полезные ископаемые</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) и подземных вод (минеральных, промышленных, термальных), </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>решение об утверждении или решение о мотивированном отказе в утверждении нормативов потерь углеводородного сырья</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56F3EBA9" w14:textId="3C448D67" w:rsidR="004A5D77" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Основаниями для принятия решения </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>о мотивированном</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отказе в согласовании нормативов потерь твердых полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(включая общераспространенные полезные ископаемые)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подземных вод </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(минеральных, промышленных, термальных), решения о мотивированном отказе в утверждении нормативов потерь углеводородного сырья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> являются:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B04B9" w14:paraId="7A571374" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59EFEC3A" w14:textId="7AA56F8B" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а) представление документов, предусмотренных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>подпунктами "б"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>"ж" пункта 3(1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>, не в полном объеме, а также недостоверность представленной информации, либо отсутствие лицензии на право пользования недрами у заявителя</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64465C7D" w14:textId="4D4739E5" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а) представление </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>заявления о нормативах потерь и прилагаемых к нему</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> документов </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>и сведений с нарушением требований</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, предусмотренных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пунктами 12, 13 и 16</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> настоящих Правил</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B04B9" w14:paraId="5C0D4311" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7992467E" w14:textId="1649C3D3" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">б) неверно произведенные расчеты нормативов потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>указанных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> твердых полезных ископаемых и подземных вод</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA74BA0" w14:textId="2E329306" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">б) неверно произведенные расчеты нормативов потерь твердых полезных ископаемых </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>(включая общераспространенные полезные ископаемые)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и подземных вод </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(минеральных, промышленных, термальных), углеводородного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сырья, приведенные в пояснительной записке, указанной в подпункте "б" пункта 13 настоящих Правил</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B04B9" w14:paraId="427C1E7E" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D2CC74" w14:textId="77777777" w:rsidR="009B04B9" w:rsidRDefault="009B04B9" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="224F21F0" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>24. Результаты согласования нормативов потерь твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных), утверждения нормативов потерь углеводородного сырья (реквизиты принятого решения, а также сведения о пользователе недр) учитываются и подтверждаются путем их внесения в реестр решений о согласовании или о мотивированном отказе в согласовании нормативов потерь твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных), решений об утверждении или о мотивированном отказе в утверждении нормативов потерь углеводородного сырья (далее - реестр), который формируется и ведется в электронном виде уполномоченными органами в федеральной государственной информационной системе "Программно-технологический комплекс "Госконтроль".</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D5AF28" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>Порядок ведения реестра определяется Федеральной службой по надзору в сфере природопользования по согласованию с Министерством природных ресурсов и экологии Российской Федерации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30AD6980" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>25. Запись о решении вносится в реестр уполномоченными органами в день принятия соответствующего решения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07B5106C" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>26. Уведомление о принятом решении направляется пользователю недр в день его принятия в виде выписки из реестра, подписанной усиленной квалифицированной электронной подписью уполномоченного должностного лица уполномоченного органа, одним из следующих способов:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4843A632" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>а) автоматически посредством единого портала, в случае если заявление о нормативах потерь и прилагаемые к нему документы представлены пользователем недр с использованием единого портала, с нанесением на выписку из реестра двухмерного штрихового кода (QR-код), содержащего в кодированном виде адрес страницы в сети "Интернет" с размещенными на ней сведениями о принятом решении;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="664BB762" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">б) посредством информационных ресурсов, размещенных на официальных сайтах органов государственной власти субъектов Российской Федерации, указанных в пункте 7 настоящих Правил, в сети "Интернет", в случае если заявление о нормативах потерь и прилагаемые к нему документы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>представлены пользователем недр с использованием указанных информационных ресурсов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48FA397C" w14:textId="5057974B" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>в) на бумажном носителе заказным почтовым отправлением с уведомлением о вручении по почтовому адресу, указанному в заявлении о нормативах потерь, в случае если заявление о нормативах потерь и прилагаемые к нему документы представлены пользователем недр лично или почтовым отправлением на бумажном носителе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B04B9" w14:paraId="6945B86F" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAA9673" w14:textId="3C89D5F1" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> При отсутствии утвержденных в установленном порядке нормативов потерь все фактические потери полезных ископаемых относятся к сверхнормативным до утверждения нормативов потерь.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="615A88FA" w14:textId="3476C079" w:rsidR="009B04B9" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>27.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> При отсутствии утвержденных в установленном порядке нормативов потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>твердых полезных ископаемых (включая общераспространенные полезные ископаемые) и подземных вод (минеральных, промышленных, термальных), углеводородного сырья</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> все фактические потери полезных ископаемых относятся к сверхнормативным до утверждения нормативов потерь.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004766A3" w14:paraId="1966A5C2" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F80D989" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73569120" w14:textId="77777777" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>28. Исправление описок, опечаток, ошибок, допущенных при внесении сведений в реестр, осуществляется уполномоченным органом по заявлению об исправлении описок, опечаток, ошибок, представленному пользователем недр, которому направлена выписка из реестра, способами, указанными в пункте 16 настоящих Правил, в срок, не превышающий 2 рабочих дней со дня поступления такого заявления, или по инициативе уполномоченного органа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D2617A9" w14:textId="5B0A736E" w:rsidR="004766A3" w:rsidRDefault="004766A3" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>После исправления описок, опечаток, ошибок, допущенных при внесении сведений в реестр, уполномоченный орган не позднее 1 рабочего дня со дня исправления описок, опечаток, ошибок</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> направляет </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>пользователю недр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соответствующее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>уведомление способами, которыми было представлено заявление, указанное в абзаце первом настоящего пункта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002023F8" w14:paraId="51873380" w14:textId="77777777" w:rsidTr="002023F8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5054B0" w14:textId="58CC012D" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="00AA5323">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="П6"/>
+            <w:bookmarkEnd w:id="11"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Нормативы потерь углеводородного сырья рассчитываются по каждому конкретному месту образования потерь на основании принятой схемы и технологии разработки месторождения, проекта обустройства месторождения или плана пробной эксплуатации скважин (если участок недр предоставлен для геологического изучения, разведки и добычи полезных ископаемых, осуществляемых по совмещенной лицензии) и ежегодно утверждаются Министерством энергетики Российской Федерации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25561149" w14:textId="109A4313" w:rsidR="004766A3" w:rsidRDefault="00E23F83" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П5" w:history="1">
+              <w:r w:rsidR="004766A3" w:rsidRPr="004766A3">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> </w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
-              <w:r w:rsidR="009B04B9" w:rsidRPr="009B04B9">
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="67CDAF50" w14:textId="0E04BEFB" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="00AA5323">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="12" w:name="П8"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министерство энергетики Российской Федерации направляет сведения об утвержденных нормативах потерь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> соответствующее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>управление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Федеральной налоговой службы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>по субъекту Российской Федерации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004766A3">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в 10-дневный срок со дня их утверждения.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="671F5AC7" w14:textId="6525243F" w:rsidR="004766A3" w:rsidRPr="004766A3" w:rsidRDefault="00E23F83" w:rsidP="004766A3">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П7" w:history="1">
+              <w:r w:rsidR="004766A3" w:rsidRPr="004766A3">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>в сравниваемом документе</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-        </w:tc>
-[...478 lines deleted...]
-              <w:r w:rsidRPr="004A5D77">
+          <w:p w14:paraId="52AA6C19" w14:textId="77777777" w:rsidR="002023F8" w:rsidRDefault="002023F8" w:rsidP="00AA5323">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="539"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="13" w:name="П10"/>
+            <w:bookmarkEnd w:id="13"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0990">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Для месторождений, которые содержат несколько видов полезных ископаемых, нормативы потерь утверждаются по каждому виду полезных ископаемых, имеющему промышленное значение и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>числящемуся</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED0990">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на государственном балансе запасов полезных ископаемых.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58CB85EC" w14:textId="1C5D3929" w:rsidR="00ED0990" w:rsidRDefault="00E23F83" w:rsidP="00ED0990">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="П9" w:history="1">
+              <w:r w:rsidR="00ED0990" w:rsidRPr="00ED0990">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                 </w:rPr>
-                <w:t>См. схожий</w:t>
-[...1737 lines deleted...]
-                <w:t>кументе</w:t>
+                <w:t>См. схожий фрагмент в сравниваемом документе</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4867CF44" w14:textId="5CCBF1F7" w:rsidR="00ED0990" w:rsidRDefault="00ED0990" w:rsidP="00ED0990">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FD69E51" w14:textId="77777777" w:rsidR="00ED0990" w:rsidRDefault="00ED0990" w:rsidP="00564E2B">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00ED0990" w:rsidSect="005D5D6B">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="851" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
@@ -5850,208 +5438,144 @@
         <w:lastRenderedPageBreak/>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D203688" w14:textId="5A9F28B7" w:rsidR="00ED0990" w:rsidRDefault="00ED0990" w:rsidP="00564E2B">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a6"/>
         <w:tblW w:w="15194" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7597"/>
         <w:gridCol w:w="7597"/>
       </w:tblGrid>
       <w:tr w:rsidR="00ED0990" w14:paraId="633CE32C" w14:textId="77777777" w:rsidTr="00ED0990">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54FE96EF" w14:textId="498BF73E" w:rsidR="00ED0990" w:rsidRPr="00ED0990" w:rsidRDefault="00ED0990" w:rsidP="00ED0990">
+          <w:p w14:paraId="54FE96EF" w14:textId="498BF73E" w:rsidR="00ED0990" w:rsidRPr="00ED0990" w:rsidRDefault="00E23F83" w:rsidP="00ED0990">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Р1_1" w:history="1">
-              <w:r w:rsidRPr="00ED0990">
+              <w:r w:rsidR="00ED0990" w:rsidRPr="00ED0990">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Постанов</w:t>
+                <w:t>Постановление</w:t>
               </w:r>
-              <w:r w:rsidRPr="00ED0990">
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="10329A8A" w14:textId="49AAFBBC" w:rsidR="00ED0990" w:rsidRPr="00ED0990" w:rsidRDefault="00E23F83" w:rsidP="00ED0990">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="Р1_2" w:history="1">
+              <w:r w:rsidR="00ED0990" w:rsidRPr="00ED0990">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>л</w:t>
+                <w:t>Правила утверждения нормативов потерь полезных ископаемых при добыче, технологически связанных с принятой схемой и технологией разработки месторождения</w:t>
               </w:r>
-              <w:r w:rsidRPr="00ED0990">
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1518159E" w14:textId="14022403" w:rsidR="00ED0990" w:rsidRPr="00ED0990" w:rsidRDefault="00E23F83" w:rsidP="00ED0990">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="Р2_1" w:history="1">
+              <w:r w:rsidR="00ED0990" w:rsidRPr="00ED0990">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>ение</w:t>
+                <w:t>Постановление</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="10329A8A" w14:textId="49AAFBBC" w:rsidR="00ED0990" w:rsidRPr="00ED0990" w:rsidRDefault="00ED0990" w:rsidP="00ED0990">
+          <w:p w14:paraId="005F4DEB" w14:textId="23CFF509" w:rsidR="00ED0990" w:rsidRPr="00ED0990" w:rsidRDefault="00E23F83" w:rsidP="00ED0990">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:anchor="Р1_2" w:history="1">
-              <w:r w:rsidRPr="00ED0990">
+            <w:hyperlink w:anchor="Р2_2" w:history="1">
+              <w:r w:rsidR="00ED0990" w:rsidRPr="00ED0990">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Правила утверждения нормативов потерь полезных ископаемых при добыче, технологически связанных с принятой схемой и технологией разработки месторо</w:t>
-[...98 lines deleted...]
-                <w:t>хнологически связанных с принятой схемой и технологией разработки месторождения</w:t>
+                <w:t>Правила утверждения нормативов потерь полезных ископаемых при добыче, технологически связанных с принятой схемой и технологией разработки месторождения</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26E9DE48" w14:textId="77777777" w:rsidR="00ED0990" w:rsidRDefault="00ED0990" w:rsidP="00564E2B">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00ED0990" w:rsidSect="005D5D6B">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="851" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
@@ -6072,88 +5596,89 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002023F8"/>
     <w:rsid w:val="000923FD"/>
     <w:rsid w:val="001334C3"/>
     <w:rsid w:val="001D7DB1"/>
     <w:rsid w:val="002023F8"/>
     <w:rsid w:val="00252FA0"/>
     <w:rsid w:val="002A6C47"/>
     <w:rsid w:val="002D700A"/>
     <w:rsid w:val="0039141E"/>
     <w:rsid w:val="003E2D1A"/>
     <w:rsid w:val="004766A3"/>
     <w:rsid w:val="004A5D77"/>
     <w:rsid w:val="004F1653"/>
     <w:rsid w:val="00554A37"/>
     <w:rsid w:val="00564E2B"/>
     <w:rsid w:val="005F73C7"/>
     <w:rsid w:val="00775A33"/>
     <w:rsid w:val="00924D38"/>
     <w:rsid w:val="00995BD1"/>
     <w:rsid w:val="009B04B9"/>
     <w:rsid w:val="009F7EFA"/>
     <w:rsid w:val="00AA5323"/>
     <w:rsid w:val="00B27FEA"/>
     <w:rsid w:val="00BC143F"/>
     <w:rsid w:val="00C2029A"/>
+    <w:rsid w:val="00E23F83"/>
     <w:rsid w:val="00EC2D48"/>
     <w:rsid w:val="00ED0990"/>
     <w:rsid w:val="00EE32B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -6976,69 +6501,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D1CD83A-8BF3-4FF5-BA95-04FDAEBAE9EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>4942</Words>
-  <Characters>28176</Characters>
+  <Words>4939</Words>
+  <Characters>28153</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>234</Lines>
   <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>КонсультантПлюс</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33052</CharactersWithSpaces>
+  <CharactersWithSpaces>33026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>КонсультантПлюс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>