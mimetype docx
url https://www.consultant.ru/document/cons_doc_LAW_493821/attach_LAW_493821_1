--- v0 (2025-12-08)
+++ v1 (2026-01-22)
@@ -1,56 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="0C2A6D1F" w14:textId="77777777" w:rsidR="00C82403" w:rsidRDefault="00C82403" w:rsidP="00C82403">
       <w:pPr>
         <w:pStyle w:val="ConsPlusTitlePage"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t xml:space="preserve">Документ предоставлен </w:t>
       </w:r>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
           </w:rPr>
           <w:t>КонсультантПлюс</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A904C5" w14:textId="77777777" w:rsidR="00C82403" w:rsidRDefault="00C82403" w:rsidP="00C82403">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3928D07C" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="00C82403" w:rsidRDefault="00C82403" w:rsidP="00C82403">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
@@ -182,188 +180,187 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"Об утверждении Перечня государств (территорий), с которыми осуществляется автоматический обмен финансовой информацией"</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="163CAEF5" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00C82403">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Зарегистрировано в Минюсте России 05.12.2022 N 71361)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3110AEDE" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00C82403">
+          <w:p w14:paraId="3110AEDE" w14:textId="10F6AA29" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00E46FF0" w:rsidP="00C82403">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005D7646">
+            <w:r>
               <w:rPr>
                 <w:noProof/>
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58A958FC" wp14:editId="73C798FB">
-                  <wp:extent cx="190500" cy="171450"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61EAAF6C" wp14:editId="7E2B1FBD">
+                  <wp:extent cx="152400" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Рисунок 2"/>
+                  <wp:docPr id="3" name="Рисунок 3"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2" name="Другие акты.jpg"/>
+                          <pic:cNvPr id="3" name="Рисунок 3"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8">
+                          <a:blip r:embed="rId6">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
-                            <a:ext cx="190500" cy="171450"/>
+                            <a:ext cx="152400" cy="152400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-              <w:r w:rsidRPr="005D7646">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00C82403" w:rsidRPr="005D7646">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Приказ</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="005D7646">
+            <w:r w:rsidR="00C82403" w:rsidRPr="005D7646">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ФНС России от 30.10.2024 N ЕД-7-17/916@</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68114786" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00C82403">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"Об утверждении Перечня государств (территорий), с которыми осуществляется автоматический обмен финансовой информацией"</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79F1C774" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00C82403">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Зарегистрировано в Минюсте России 20.12.2024 N 80649)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00545580" w:rsidRPr="005D7646" w14:paraId="1AE708EA" w14:textId="77777777" w:rsidTr="00E014DC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15194" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFA56F7" w14:textId="77777777" w:rsidR="00545580" w:rsidRPr="005D7646" w:rsidRDefault="00457926" w:rsidP="00545580">
+          <w:p w14:paraId="2CFA56F7" w14:textId="77777777" w:rsidR="00545580" w:rsidRPr="005D7646" w:rsidRDefault="00E46FF0" w:rsidP="00545580">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="Оглавление" w:history="1">
               <w:r w:rsidR="00545580" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>См. Оглавл</w:t>
+                <w:t>См. Ог</w:t>
               </w:r>
               <w:r w:rsidR="00545580" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>е</w:t>
+                <w:t>л</w:t>
               </w:r>
               <w:r w:rsidR="00545580" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>ние</w:t>
+                <w:t>авление</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C82403" w:rsidRPr="005D7646" w14:paraId="507FFB37" w14:textId="77777777" w:rsidTr="00C82403">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C4DC1EA" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Зарегистрировано в Минюсте России </w:t>
             </w:r>
             <w:r w:rsidRPr="005D7646">
@@ -458,52 +455,52 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ФЕДЕРАЛЬНАЯ НАЛОГОВАЯ СЛУЖБА</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0676730C" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="09284C89" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="Р1_1"/>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkStart w:id="0" w:name="Р1_1"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПРИКАЗ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A0CC795" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
@@ -849,52 +846,52 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ФЕДЕРАЛЬНАЯ НАЛОГОВАЯ СЛУЖБА</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7C2A4188" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C20F0AB" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="Р2_1"/>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkStart w:id="1" w:name="Р2_1"/>
+            <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПРИКАЗ</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16BDD07A" w14:textId="77777777" w:rsidR="00C82403" w:rsidRPr="005D7646" w:rsidRDefault="00C82403" w:rsidP="00457926">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
@@ -1305,52 +1302,52 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7EFB1E89" w14:textId="77777777" w:rsidR="005D7646" w:rsidRPr="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="02CF5F37" w14:textId="77777777" w:rsidR="005D7646" w:rsidRPr="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="Р1_2"/>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkStart w:id="2" w:name="Р1_2"/>
+            <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="688474C1" w14:textId="77777777" w:rsidR="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>к приказу ФНС России</w:t>
             </w:r>
           </w:p>
@@ -2726,77 +2723,52 @@
                     </w:rPr>
                     <w:t>10.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3173" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="4AD427BB" w14:textId="77777777" w:rsidR="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Острова </w:t>
-[...25 lines deleted...]
-                  <w:proofErr w:type="spellEnd"/>
+                    <w:t>Острова Теркс и Кайкос</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="005D7646" w14:paraId="1B5A90C0" w14:textId="77777777" w:rsidTr="005D7646">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="03B7A866" w14:textId="77777777" w:rsidR="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>12.</w:t>
@@ -9528,52 +9500,52 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C9FE92D" w14:textId="77777777" w:rsidR="005D7646" w:rsidRPr="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1DC1552B" w14:textId="77777777" w:rsidR="005D7646" w:rsidRPr="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="Р2_2"/>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkStart w:id="3" w:name="Р2_2"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Приложение</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CED02CD" w14:textId="77777777" w:rsidR="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D7646">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>к приказу ФНС России</w:t>
             </w:r>
           </w:p>
@@ -10976,77 +10948,52 @@
                     </w:rPr>
                     <w:t>11.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3103" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="52D06184" w14:textId="77777777" w:rsidR="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Острова </w:t>
-[...25 lines deleted...]
-                  <w:proofErr w:type="spellEnd"/>
+                    <w:t>Острова Теркс и Кайкос</w:t>
+                  </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="005D7646" w14:paraId="63BE7F0E" w14:textId="77777777" w:rsidTr="005D7646">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="555" w:type="dxa"/>
                 </w:tcPr>
                 <w:p w14:paraId="0BA0525A" w14:textId="77777777" w:rsidR="005D7646" w:rsidRDefault="005D7646" w:rsidP="005D7646">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:cs="Arial"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>12.</w:t>
@@ -16375,321 +16322,286 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E4766E9" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00D50C59" w:rsidP="005D7646">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:sectPr w:rsidR="00D50C59" w:rsidSect="008E433C">
           <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
           <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="851" w:header="397" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2443D110" w14:textId="77777777" w:rsidR="00084A8A" w:rsidRPr="00D50C59" w:rsidRDefault="00D50C59" w:rsidP="00D50C59">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="Оглавление"/>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkStart w:id="4" w:name="Оглавление"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="00D50C59">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>ОГЛАВЛЕНИЕ</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58B8132D" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00D50C59" w:rsidP="005D7646">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a5"/>
         <w:tblW w:w="15194" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7597"/>
         <w:gridCol w:w="7597"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D50C59" w14:paraId="5959136B" w14:textId="77777777" w:rsidTr="00D50C59">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7597" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28C48050" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00457926" w:rsidP="00D50C59">
+          <w:p w14:paraId="28C48050" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00E46FF0" w:rsidP="00D50C59">
             <w:pPr>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink w:anchor="Р1_1" w:history="1">
               <w:r w:rsidR="00D50C59" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                 </w:rPr>
-                <w:t>П</w:t>
-[...11 lines deleted...]
-                <w:t>иказ</w:t>
+                <w:t>Приказ</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="157B442C" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00457926" w:rsidP="00D50C59">
+          <w:p w14:paraId="157B442C" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00E46FF0" w:rsidP="00D50C59">
             <w:pPr>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:hyperlink w:anchor="Р1_2" w:history="1">
               <w:r w:rsidR="00D50C59" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                 </w:rPr>
-                <w:t>Приложение. Перечень государств (терри</w:t>
+                <w:t>Приложение. Перечень государств (территорий), с которыми осуществляется автоматический обмен финансовой информацией</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7597" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F30DEC" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00E46FF0" w:rsidP="00D50C59">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="Р2_1" w:history="1">
+              <w:r w:rsidR="00D50C59" w:rsidRPr="00545580">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>Приказ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="6B69EA94" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00E46FF0" w:rsidP="00D50C59">
+            <w:pPr>
+              <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:hyperlink w:anchor="Р2_2" w:history="1">
+              <w:r w:rsidR="00D50C59" w:rsidRPr="00545580">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                </w:rPr>
+                <w:t>Приложение. Перечень государств (территорий), с которыми осуществляется автома</w:t>
               </w:r>
               <w:r w:rsidR="00D50C59" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                 </w:rPr>
                 <w:t>т</w:t>
               </w:r>
               <w:r w:rsidR="00D50C59" w:rsidRPr="00545580">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                 </w:rPr>
-                <w:t>орий), с которыми осуществляется автоматический обмен финансовой информацией</w:t>
-[...56 lines deleted...]
-                <w:t>иложение. Перечень государств (территорий), с которыми осуществляется автоматический обмен финансовой информацией</w:t>
+                <w:t>ический обмен финансовой информацией</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="494AE030" w14:textId="77777777" w:rsidR="00D50C59" w:rsidRDefault="00D50C59" w:rsidP="005D7646">
       <w:pPr>
         <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D50C59" w:rsidSect="008E433C">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1701" w:bottom="1134" w:left="851" w:header="397" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C82403"/>
     <w:rsid w:val="000923FD"/>
     <w:rsid w:val="001334C3"/>
     <w:rsid w:val="001D7DB1"/>
     <w:rsid w:val="00252FA0"/>
     <w:rsid w:val="002D700A"/>
     <w:rsid w:val="0039141E"/>
     <w:rsid w:val="003E2D1A"/>
     <w:rsid w:val="00457926"/>
     <w:rsid w:val="004F1653"/>
     <w:rsid w:val="00545580"/>
     <w:rsid w:val="00554A37"/>
     <w:rsid w:val="00564E2B"/>
     <w:rsid w:val="005D7646"/>
     <w:rsid w:val="00775A33"/>
     <w:rsid w:val="00924D38"/>
     <w:rsid w:val="00995BD1"/>
     <w:rsid w:val="009F7EFA"/>
     <w:rsid w:val="00B27FEA"/>
     <w:rsid w:val="00BC143F"/>
     <w:rsid w:val="00C82403"/>
     <w:rsid w:val="00D50C59"/>
+    <w:rsid w:val="00E46FF0"/>
     <w:rsid w:val="00EC2D48"/>
     <w:rsid w:val="00EE32B7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="27E3C982"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{60240CEA-3BFB-4E35-A340-234E07EB0A21}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -17151,58 +17063,58 @@
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00545580"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00545580"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=218E3D00FDA9F403B9FDA13E4FD45ACEBD74DF5203216882BC67CA33A93557011796A8F7B2Z7o6R" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=2A9FD7B6D4BB067E9636C555326786191946A318B1B417B653CC78005501EA159B8DCDCCF608o5R" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=2A9FD7B6D4BB067E9636C555326786191946A318B1B417B653CC78005501EA159B8DCDCCF608o5R" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=218E3D00FDA9F403B9FDA13E4FD45ACEBD74DF5203216882BC67CA33A93557011796A8F7B2Z7o6R" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>