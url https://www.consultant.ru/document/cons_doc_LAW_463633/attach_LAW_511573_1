--- v0 (2025-12-31)
+++ v1 (2026-03-25)
@@ -2,69 +2,69 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\PROF-RyabkovaEV\Desktop\1751615 507874red 511416изм Прав-во\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\PROF-RyabkovaEV\Desktop\511573 511502red 523029изм частич\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0174E428-ED11-4917-B971-09AA41F20324}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9C6EB75-1AF0-4A9D-A21B-3E9FE5EAF8B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="660" yWindow="705" windowWidth="25065" windowHeight="14175" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="825" yWindow="1155" windowWidth="22890" windowHeight="13455" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="стр.1_4" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">стр.1_4!$A$1:$FK$110</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">стр.1_4!$A$1:$FK$108</definedName>
   </definedNames>
   <calcPr calcId="80000"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="89">
   <si>
     <t>№
 п/п</t>
   </si>
   <si>
     <t>Приложение № 1</t>
   </si>
   <si>
     <t>Предложения по уменьшению бюджетных ассигнований</t>
   </si>
   <si>
     <t>ПР</t>
   </si>
   <si>
     <t>ЦСР</t>
   </si>
   <si>
     <t>ВР</t>
   </si>
   <si>
     <t>Предложения по увеличению бюджетных ассигнований</t>
   </si>
   <si>
     <t>к Правилам принятия решений 
 об изменении сводной бюджетной росписи федерального бюджета, лимитов бюджетных обязательств, а также информации 
@@ -90,53 +90,50 @@
     <t>Вид изменения</t>
   </si>
   <si>
     <t>2.</t>
   </si>
   <si>
     <t>Изменяемые параметры:</t>
   </si>
   <si>
     <t>Бюджетные ассигнования</t>
   </si>
   <si>
     <t>Лимиты бюджетных обязательств</t>
   </si>
   <si>
     <t>Мероприятия (результаты)</t>
   </si>
   <si>
     <t>Характеристика мероприятий (результатов)</t>
   </si>
   <si>
     <t>Объекты капитального строительства, мероприятия (укрупненные инвестиционные проекты), объекты недвижимого имущества</t>
   </si>
   <si>
     <t>Показатели</t>
-  </si>
-[...1 lines deleted...]
-    <t>Инициативы социально-экономического развития Российской Федерации</t>
   </si>
   <si>
     <t>ГРБС</t>
   </si>
   <si>
     <t>РЗ</t>
   </si>
   <si>
     <t xml:space="preserve">Направление расходов </t>
   </si>
   <si>
     <t>Вид расходов</t>
   </si>
   <si>
     <t xml:space="preserve">Основание для внесения изменений </t>
   </si>
   <si>
     <t xml:space="preserve">Дополнительная информация (по вопросу) </t>
   </si>
   <si>
     <t xml:space="preserve">Заместитель Председателя Правительства Российской Федерации </t>
   </si>
   <si>
     <t>на 20__ г.</t>
   </si>
@@ -166,54 +163,50 @@
     <t>Информация об объекте капитального строительства, мероприятии 
 (укрупненном инвестиционном проекте), объекте недвижимого имущества</t>
   </si>
   <si>
     <t>согласно действующему 
 акту (решению)</t>
   </si>
   <si>
     <t>предлагаемые изменения</t>
   </si>
   <si>
     <t>Уровень показателя</t>
   </si>
   <si>
     <t>Единица 
 измерения</t>
   </si>
   <si>
     <t>Значения по годам</t>
   </si>
   <si>
     <t>согласно паспорту</t>
   </si>
   <si>
     <t>N.</t>
-  </si>
-[...2 lines deleted...]
-от 02.08.2025 № 1158)</t>
   </si>
   <si>
     <t>на изменение сводной бюджетной росписи федерального бюджета, лимитов бюджетных обязательств, 
 а также информации об объектах капитального строительства, мероприятиях (укрупненных инвестиционных 
 проектах) и объектах недвижимого имущества, находящихся на территории Российской Федерации</t>
   </si>
   <si>
     <t>Раздел I. Общие сведения об изменениях</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Опережающее финансирование объектов капитального строительства </t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
@@ -545,50 +538,54 @@
   </si>
   <si>
     <r>
       <t>6</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color indexed="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>_</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>Указывается информация, содержащаяся в акте (решении) об осуществлении (софинансировании) капитальных вложений и подлежащая корректировке.</t>
     </r>
   </si>
+  <si>
+    <t>(в ред. Постановлений Правительства РФ 
+от 02.08.2025 № 1158, от 26.12.2025 № 2163)</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
@@ -1041,412 +1038,412 @@
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="9" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...51 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...133 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...94 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...28 lines deleted...]
-      <alignment horizontal="justify" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1726,834 +1723,834 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:FK110"/>
+  <dimension ref="A1:FK108"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="110" zoomScaleNormal="100" zoomScaleSheetLayoutView="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="16384" width="0.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:167" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="DT1" s="178" t="s">
+      <c r="DT1" s="103" t="s">
         <v>1</v>
       </c>
-      <c r="DU1" s="178"/>
-[...41 lines deleted...]
-      <c r="FK1" s="178"/>
+      <c r="DU1" s="103"/>
+      <c r="DV1" s="103"/>
+      <c r="DW1" s="103"/>
+      <c r="DX1" s="103"/>
+      <c r="DY1" s="103"/>
+      <c r="DZ1" s="103"/>
+      <c r="EA1" s="103"/>
+      <c r="EB1" s="103"/>
+      <c r="EC1" s="103"/>
+      <c r="ED1" s="103"/>
+      <c r="EE1" s="103"/>
+      <c r="EF1" s="103"/>
+      <c r="EG1" s="103"/>
+      <c r="EH1" s="103"/>
+      <c r="EI1" s="103"/>
+      <c r="EJ1" s="103"/>
+      <c r="EK1" s="103"/>
+      <c r="EL1" s="103"/>
+      <c r="EM1" s="103"/>
+      <c r="EN1" s="103"/>
+      <c r="EO1" s="103"/>
+      <c r="EP1" s="103"/>
+      <c r="EQ1" s="103"/>
+      <c r="ER1" s="103"/>
+      <c r="ES1" s="103"/>
+      <c r="ET1" s="103"/>
+      <c r="EU1" s="103"/>
+      <c r="EV1" s="103"/>
+      <c r="EW1" s="103"/>
+      <c r="EX1" s="103"/>
+      <c r="EY1" s="103"/>
+      <c r="EZ1" s="103"/>
+      <c r="FA1" s="103"/>
+      <c r="FB1" s="103"/>
+      <c r="FC1" s="103"/>
+      <c r="FD1" s="103"/>
+      <c r="FE1" s="103"/>
+      <c r="FF1" s="103"/>
+      <c r="FG1" s="103"/>
+      <c r="FH1" s="103"/>
+      <c r="FI1" s="103"/>
+      <c r="FJ1" s="103"/>
+      <c r="FK1" s="103"/>
     </row>
     <row r="2" spans="1:167" ht="81" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="DT2" s="179" t="s">
+      <c r="DT2" s="104" t="s">
         <v>7</v>
       </c>
-      <c r="DU2" s="179"/>
-[...41 lines deleted...]
-      <c r="FK2" s="179"/>
+      <c r="DU2" s="104"/>
+      <c r="DV2" s="104"/>
+      <c r="DW2" s="104"/>
+      <c r="DX2" s="104"/>
+      <c r="DY2" s="104"/>
+      <c r="DZ2" s="104"/>
+      <c r="EA2" s="104"/>
+      <c r="EB2" s="104"/>
+      <c r="EC2" s="104"/>
+      <c r="ED2" s="104"/>
+      <c r="EE2" s="104"/>
+      <c r="EF2" s="104"/>
+      <c r="EG2" s="104"/>
+      <c r="EH2" s="104"/>
+      <c r="EI2" s="104"/>
+      <c r="EJ2" s="104"/>
+      <c r="EK2" s="104"/>
+      <c r="EL2" s="104"/>
+      <c r="EM2" s="104"/>
+      <c r="EN2" s="104"/>
+      <c r="EO2" s="104"/>
+      <c r="EP2" s="104"/>
+      <c r="EQ2" s="104"/>
+      <c r="ER2" s="104"/>
+      <c r="ES2" s="104"/>
+      <c r="ET2" s="104"/>
+      <c r="EU2" s="104"/>
+      <c r="EV2" s="104"/>
+      <c r="EW2" s="104"/>
+      <c r="EX2" s="104"/>
+      <c r="EY2" s="104"/>
+      <c r="EZ2" s="104"/>
+      <c r="FA2" s="104"/>
+      <c r="FB2" s="104"/>
+      <c r="FC2" s="104"/>
+      <c r="FD2" s="104"/>
+      <c r="FE2" s="104"/>
+      <c r="FF2" s="104"/>
+      <c r="FG2" s="104"/>
+      <c r="FH2" s="104"/>
+      <c r="FI2" s="104"/>
+      <c r="FJ2" s="104"/>
+      <c r="FK2" s="104"/>
     </row>
     <row r="3" spans="1:167" s="20" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="DT3" s="186" t="s">
-[...44 lines deleted...]
-      <c r="FK3" s="187"/>
+      <c r="DT3" s="111" t="s">
+        <v>88</v>
+      </c>
+      <c r="DU3" s="112"/>
+      <c r="DV3" s="112"/>
+      <c r="DW3" s="112"/>
+      <c r="DX3" s="112"/>
+      <c r="DY3" s="112"/>
+      <c r="DZ3" s="112"/>
+      <c r="EA3" s="112"/>
+      <c r="EB3" s="112"/>
+      <c r="EC3" s="112"/>
+      <c r="ED3" s="112"/>
+      <c r="EE3" s="112"/>
+      <c r="EF3" s="112"/>
+      <c r="EG3" s="112"/>
+      <c r="EH3" s="112"/>
+      <c r="EI3" s="112"/>
+      <c r="EJ3" s="112"/>
+      <c r="EK3" s="112"/>
+      <c r="EL3" s="112"/>
+      <c r="EM3" s="112"/>
+      <c r="EN3" s="112"/>
+      <c r="EO3" s="112"/>
+      <c r="EP3" s="112"/>
+      <c r="EQ3" s="112"/>
+      <c r="ER3" s="112"/>
+      <c r="ES3" s="112"/>
+      <c r="ET3" s="112"/>
+      <c r="EU3" s="112"/>
+      <c r="EV3" s="112"/>
+      <c r="EW3" s="112"/>
+      <c r="EX3" s="112"/>
+      <c r="EY3" s="112"/>
+      <c r="EZ3" s="112"/>
+      <c r="FA3" s="112"/>
+      <c r="FB3" s="112"/>
+      <c r="FC3" s="112"/>
+      <c r="FD3" s="112"/>
+      <c r="FE3" s="112"/>
+      <c r="FF3" s="112"/>
+      <c r="FG3" s="112"/>
+      <c r="FH3" s="112"/>
+      <c r="FI3" s="112"/>
+      <c r="FJ3" s="112"/>
+      <c r="FK3" s="112"/>
     </row>
     <row r="4" spans="1:167" s="2" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="FK4" s="4"/>
     </row>
     <row r="5" spans="1:167" s="4" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="FK5" s="4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:167" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="FK6" s="4"/>
     </row>
     <row r="7" spans="1:167" s="3" customFormat="1" ht="16.5" x14ac:dyDescent="0.25">
-      <c r="A7" s="180" t="s">
+      <c r="A7" s="105" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="180"/>
-[...164 lines deleted...]
-      <c r="FK7" s="180"/>
+      <c r="B7" s="105"/>
+      <c r="C7" s="105"/>
+      <c r="D7" s="105"/>
+      <c r="E7" s="105"/>
+      <c r="F7" s="105"/>
+      <c r="G7" s="105"/>
+      <c r="H7" s="105"/>
+      <c r="I7" s="105"/>
+      <c r="J7" s="105"/>
+      <c r="K7" s="105"/>
+      <c r="L7" s="105"/>
+      <c r="M7" s="105"/>
+      <c r="N7" s="105"/>
+      <c r="O7" s="105"/>
+      <c r="P7" s="105"/>
+      <c r="Q7" s="105"/>
+      <c r="R7" s="105"/>
+      <c r="S7" s="105"/>
+      <c r="T7" s="105"/>
+      <c r="U7" s="105"/>
+      <c r="V7" s="105"/>
+      <c r="W7" s="105"/>
+      <c r="X7" s="105"/>
+      <c r="Y7" s="105"/>
+      <c r="Z7" s="105"/>
+      <c r="AA7" s="105"/>
+      <c r="AB7" s="105"/>
+      <c r="AC7" s="105"/>
+      <c r="AD7" s="105"/>
+      <c r="AE7" s="105"/>
+      <c r="AF7" s="105"/>
+      <c r="AG7" s="105"/>
+      <c r="AH7" s="105"/>
+      <c r="AI7" s="105"/>
+      <c r="AJ7" s="105"/>
+      <c r="AK7" s="105"/>
+      <c r="AL7" s="105"/>
+      <c r="AM7" s="105"/>
+      <c r="AN7" s="105"/>
+      <c r="AO7" s="105"/>
+      <c r="AP7" s="105"/>
+      <c r="AQ7" s="105"/>
+      <c r="AR7" s="105"/>
+      <c r="AS7" s="105"/>
+      <c r="AT7" s="105"/>
+      <c r="AU7" s="105"/>
+      <c r="AV7" s="105"/>
+      <c r="AW7" s="105"/>
+      <c r="AX7" s="105"/>
+      <c r="AY7" s="105"/>
+      <c r="AZ7" s="105"/>
+      <c r="BA7" s="105"/>
+      <c r="BB7" s="105"/>
+      <c r="BC7" s="105"/>
+      <c r="BD7" s="105"/>
+      <c r="BE7" s="105"/>
+      <c r="BF7" s="105"/>
+      <c r="BG7" s="105"/>
+      <c r="BH7" s="105"/>
+      <c r="BI7" s="105"/>
+      <c r="BJ7" s="105"/>
+      <c r="BK7" s="105"/>
+      <c r="BL7" s="105"/>
+      <c r="BM7" s="105"/>
+      <c r="BN7" s="105"/>
+      <c r="BO7" s="105"/>
+      <c r="BP7" s="105"/>
+      <c r="BQ7" s="105"/>
+      <c r="BR7" s="105"/>
+      <c r="BS7" s="105"/>
+      <c r="BT7" s="105"/>
+      <c r="BU7" s="105"/>
+      <c r="BV7" s="105"/>
+      <c r="BW7" s="105"/>
+      <c r="BX7" s="105"/>
+      <c r="BY7" s="105"/>
+      <c r="BZ7" s="105"/>
+      <c r="CA7" s="105"/>
+      <c r="CB7" s="105"/>
+      <c r="CC7" s="105"/>
+      <c r="CD7" s="105"/>
+      <c r="CE7" s="105"/>
+      <c r="CF7" s="105"/>
+      <c r="CG7" s="105"/>
+      <c r="CH7" s="105"/>
+      <c r="CI7" s="105"/>
+      <c r="CJ7" s="105"/>
+      <c r="CK7" s="105"/>
+      <c r="CL7" s="105"/>
+      <c r="CM7" s="105"/>
+      <c r="CN7" s="105"/>
+      <c r="CO7" s="105"/>
+      <c r="CP7" s="105"/>
+      <c r="CQ7" s="105"/>
+      <c r="CR7" s="105"/>
+      <c r="CS7" s="105"/>
+      <c r="CT7" s="105"/>
+      <c r="CU7" s="105"/>
+      <c r="CV7" s="105"/>
+      <c r="CW7" s="105"/>
+      <c r="CX7" s="105"/>
+      <c r="CY7" s="105"/>
+      <c r="CZ7" s="105"/>
+      <c r="DA7" s="105"/>
+      <c r="DB7" s="105"/>
+      <c r="DC7" s="105"/>
+      <c r="DD7" s="105"/>
+      <c r="DE7" s="105"/>
+      <c r="DF7" s="105"/>
+      <c r="DG7" s="105"/>
+      <c r="DH7" s="105"/>
+      <c r="DI7" s="105"/>
+      <c r="DJ7" s="105"/>
+      <c r="DK7" s="105"/>
+      <c r="DL7" s="105"/>
+      <c r="DM7" s="105"/>
+      <c r="DN7" s="105"/>
+      <c r="DO7" s="105"/>
+      <c r="DP7" s="105"/>
+      <c r="DQ7" s="105"/>
+      <c r="DR7" s="105"/>
+      <c r="DS7" s="105"/>
+      <c r="DT7" s="105"/>
+      <c r="DU7" s="105"/>
+      <c r="DV7" s="105"/>
+      <c r="DW7" s="105"/>
+      <c r="DX7" s="105"/>
+      <c r="DY7" s="105"/>
+      <c r="DZ7" s="105"/>
+      <c r="EA7" s="105"/>
+      <c r="EB7" s="105"/>
+      <c r="EC7" s="105"/>
+      <c r="ED7" s="105"/>
+      <c r="EE7" s="105"/>
+      <c r="EF7" s="105"/>
+      <c r="EG7" s="105"/>
+      <c r="EH7" s="105"/>
+      <c r="EI7" s="105"/>
+      <c r="EJ7" s="105"/>
+      <c r="EK7" s="105"/>
+      <c r="EL7" s="105"/>
+      <c r="EM7" s="105"/>
+      <c r="EN7" s="105"/>
+      <c r="EO7" s="105"/>
+      <c r="EP7" s="105"/>
+      <c r="EQ7" s="105"/>
+      <c r="ER7" s="105"/>
+      <c r="ES7" s="105"/>
+      <c r="ET7" s="105"/>
+      <c r="EU7" s="105"/>
+      <c r="EV7" s="105"/>
+      <c r="EW7" s="105"/>
+      <c r="EX7" s="105"/>
+      <c r="EY7" s="105"/>
+      <c r="EZ7" s="105"/>
+      <c r="FA7" s="105"/>
+      <c r="FB7" s="105"/>
+      <c r="FC7" s="105"/>
+      <c r="FD7" s="105"/>
+      <c r="FE7" s="105"/>
+      <c r="FF7" s="105"/>
+      <c r="FG7" s="105"/>
+      <c r="FH7" s="105"/>
+      <c r="FI7" s="105"/>
+      <c r="FJ7" s="105"/>
+      <c r="FK7" s="105"/>
     </row>
     <row r="8" spans="1:167" s="5" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="181" t="s">
-[...167 lines deleted...]
-      <c r="FK8" s="182"/>
+      <c r="A8" s="106" t="s">
+        <v>44</v>
+      </c>
+      <c r="B8" s="107"/>
+      <c r="C8" s="107"/>
+      <c r="D8" s="107"/>
+      <c r="E8" s="107"/>
+      <c r="F8" s="107"/>
+      <c r="G8" s="107"/>
+      <c r="H8" s="107"/>
+      <c r="I8" s="107"/>
+      <c r="J8" s="107"/>
+      <c r="K8" s="107"/>
+      <c r="L8" s="107"/>
+      <c r="M8" s="107"/>
+      <c r="N8" s="107"/>
+      <c r="O8" s="107"/>
+      <c r="P8" s="107"/>
+      <c r="Q8" s="107"/>
+      <c r="R8" s="107"/>
+      <c r="S8" s="107"/>
+      <c r="T8" s="107"/>
+      <c r="U8" s="107"/>
+      <c r="V8" s="107"/>
+      <c r="W8" s="107"/>
+      <c r="X8" s="107"/>
+      <c r="Y8" s="107"/>
+      <c r="Z8" s="107"/>
+      <c r="AA8" s="107"/>
+      <c r="AB8" s="107"/>
+      <c r="AC8" s="107"/>
+      <c r="AD8" s="107"/>
+      <c r="AE8" s="107"/>
+      <c r="AF8" s="107"/>
+      <c r="AG8" s="107"/>
+      <c r="AH8" s="107"/>
+      <c r="AI8" s="107"/>
+      <c r="AJ8" s="107"/>
+      <c r="AK8" s="107"/>
+      <c r="AL8" s="107"/>
+      <c r="AM8" s="107"/>
+      <c r="AN8" s="107"/>
+      <c r="AO8" s="107"/>
+      <c r="AP8" s="107"/>
+      <c r="AQ8" s="107"/>
+      <c r="AR8" s="107"/>
+      <c r="AS8" s="107"/>
+      <c r="AT8" s="107"/>
+      <c r="AU8" s="107"/>
+      <c r="AV8" s="107"/>
+      <c r="AW8" s="107"/>
+      <c r="AX8" s="107"/>
+      <c r="AY8" s="107"/>
+      <c r="AZ8" s="107"/>
+      <c r="BA8" s="107"/>
+      <c r="BB8" s="107"/>
+      <c r="BC8" s="107"/>
+      <c r="BD8" s="107"/>
+      <c r="BE8" s="107"/>
+      <c r="BF8" s="107"/>
+      <c r="BG8" s="107"/>
+      <c r="BH8" s="107"/>
+      <c r="BI8" s="107"/>
+      <c r="BJ8" s="107"/>
+      <c r="BK8" s="107"/>
+      <c r="BL8" s="107"/>
+      <c r="BM8" s="107"/>
+      <c r="BN8" s="107"/>
+      <c r="BO8" s="107"/>
+      <c r="BP8" s="107"/>
+      <c r="BQ8" s="107"/>
+      <c r="BR8" s="107"/>
+      <c r="BS8" s="107"/>
+      <c r="BT8" s="107"/>
+      <c r="BU8" s="107"/>
+      <c r="BV8" s="107"/>
+      <c r="BW8" s="107"/>
+      <c r="BX8" s="107"/>
+      <c r="BY8" s="107"/>
+      <c r="BZ8" s="107"/>
+      <c r="CA8" s="107"/>
+      <c r="CB8" s="107"/>
+      <c r="CC8" s="107"/>
+      <c r="CD8" s="107"/>
+      <c r="CE8" s="107"/>
+      <c r="CF8" s="107"/>
+      <c r="CG8" s="107"/>
+      <c r="CH8" s="107"/>
+      <c r="CI8" s="107"/>
+      <c r="CJ8" s="107"/>
+      <c r="CK8" s="107"/>
+      <c r="CL8" s="107"/>
+      <c r="CM8" s="107"/>
+      <c r="CN8" s="107"/>
+      <c r="CO8" s="107"/>
+      <c r="CP8" s="107"/>
+      <c r="CQ8" s="107"/>
+      <c r="CR8" s="107"/>
+      <c r="CS8" s="107"/>
+      <c r="CT8" s="107"/>
+      <c r="CU8" s="107"/>
+      <c r="CV8" s="107"/>
+      <c r="CW8" s="107"/>
+      <c r="CX8" s="107"/>
+      <c r="CY8" s="107"/>
+      <c r="CZ8" s="107"/>
+      <c r="DA8" s="107"/>
+      <c r="DB8" s="107"/>
+      <c r="DC8" s="107"/>
+      <c r="DD8" s="107"/>
+      <c r="DE8" s="107"/>
+      <c r="DF8" s="107"/>
+      <c r="DG8" s="107"/>
+      <c r="DH8" s="107"/>
+      <c r="DI8" s="107"/>
+      <c r="DJ8" s="107"/>
+      <c r="DK8" s="107"/>
+      <c r="DL8" s="107"/>
+      <c r="DM8" s="107"/>
+      <c r="DN8" s="107"/>
+      <c r="DO8" s="107"/>
+      <c r="DP8" s="107"/>
+      <c r="DQ8" s="107"/>
+      <c r="DR8" s="107"/>
+      <c r="DS8" s="107"/>
+      <c r="DT8" s="107"/>
+      <c r="DU8" s="107"/>
+      <c r="DV8" s="107"/>
+      <c r="DW8" s="107"/>
+      <c r="DX8" s="107"/>
+      <c r="DY8" s="107"/>
+      <c r="DZ8" s="107"/>
+      <c r="EA8" s="107"/>
+      <c r="EB8" s="107"/>
+      <c r="EC8" s="107"/>
+      <c r="ED8" s="107"/>
+      <c r="EE8" s="107"/>
+      <c r="EF8" s="107"/>
+      <c r="EG8" s="107"/>
+      <c r="EH8" s="107"/>
+      <c r="EI8" s="107"/>
+      <c r="EJ8" s="107"/>
+      <c r="EK8" s="107"/>
+      <c r="EL8" s="107"/>
+      <c r="EM8" s="107"/>
+      <c r="EN8" s="107"/>
+      <c r="EO8" s="107"/>
+      <c r="EP8" s="107"/>
+      <c r="EQ8" s="107"/>
+      <c r="ER8" s="107"/>
+      <c r="ES8" s="107"/>
+      <c r="ET8" s="107"/>
+      <c r="EU8" s="107"/>
+      <c r="EV8" s="107"/>
+      <c r="EW8" s="107"/>
+      <c r="EX8" s="107"/>
+      <c r="EY8" s="107"/>
+      <c r="EZ8" s="107"/>
+      <c r="FA8" s="107"/>
+      <c r="FB8" s="107"/>
+      <c r="FC8" s="107"/>
+      <c r="FD8" s="107"/>
+      <c r="FE8" s="107"/>
+      <c r="FF8" s="107"/>
+      <c r="FG8" s="107"/>
+      <c r="FH8" s="107"/>
+      <c r="FI8" s="107"/>
+      <c r="FJ8" s="107"/>
+      <c r="FK8" s="107"/>
     </row>
     <row r="9" spans="1:167" s="9" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="BE9" s="184" t="s">
+      <c r="BE9" s="109" t="s">
         <v>10</v>
       </c>
-      <c r="BF9" s="184"/>
-[...33 lines deleted...]
-      <c r="CN9" s="183" t="s">
+      <c r="BF9" s="109"/>
+      <c r="BG9" s="109"/>
+      <c r="BH9" s="109"/>
+      <c r="BI9" s="109"/>
+      <c r="BJ9" s="110"/>
+      <c r="BK9" s="110"/>
+      <c r="BL9" s="110"/>
+      <c r="BM9" s="110"/>
+      <c r="BN9" s="110"/>
+      <c r="BO9" s="110"/>
+      <c r="BP9" s="110"/>
+      <c r="BQ9" s="110"/>
+      <c r="BR9" s="110"/>
+      <c r="BS9" s="110"/>
+      <c r="BT9" s="110"/>
+      <c r="BU9" s="110"/>
+      <c r="BV9" s="110"/>
+      <c r="BW9" s="110"/>
+      <c r="BX9" s="110"/>
+      <c r="BY9" s="110"/>
+      <c r="BZ9" s="110"/>
+      <c r="CA9" s="110"/>
+      <c r="CB9" s="110"/>
+      <c r="CC9" s="110"/>
+      <c r="CD9" s="110"/>
+      <c r="CE9" s="110"/>
+      <c r="CF9" s="110"/>
+      <c r="CG9" s="110"/>
+      <c r="CH9" s="110"/>
+      <c r="CI9" s="110"/>
+      <c r="CJ9" s="110"/>
+      <c r="CK9" s="110"/>
+      <c r="CL9" s="110"/>
+      <c r="CM9" s="110"/>
+      <c r="CN9" s="108" t="s">
         <v>11</v>
       </c>
-      <c r="CO9" s="183"/>
-[...16 lines deleted...]
-      <c r="DF9" s="185"/>
+      <c r="CO9" s="108"/>
+      <c r="CP9" s="108"/>
+      <c r="CQ9" s="108"/>
+      <c r="CR9" s="108"/>
+      <c r="CS9" s="110"/>
+      <c r="CT9" s="110"/>
+      <c r="CU9" s="110"/>
+      <c r="CV9" s="110"/>
+      <c r="CW9" s="110"/>
+      <c r="CX9" s="110"/>
+      <c r="CY9" s="110"/>
+      <c r="CZ9" s="110"/>
+      <c r="DA9" s="110"/>
+      <c r="DB9" s="110"/>
+      <c r="DC9" s="110"/>
+      <c r="DD9" s="110"/>
+      <c r="DE9" s="110"/>
+      <c r="DF9" s="110"/>
     </row>
     <row r="10" spans="1:167" s="19" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="BI10" s="7"/>
       <c r="BJ10" s="7"/>
       <c r="BK10" s="7"/>
       <c r="BL10" s="7"/>
       <c r="BM10" s="7"/>
       <c r="BN10" s="8"/>
       <c r="BO10" s="8"/>
       <c r="BP10" s="8"/>
       <c r="BQ10" s="8"/>
       <c r="BR10" s="8"/>
       <c r="BS10" s="8"/>
       <c r="BT10" s="8"/>
       <c r="BU10" s="8"/>
       <c r="BV10" s="8"/>
       <c r="BW10" s="8"/>
       <c r="BX10" s="8"/>
       <c r="BY10" s="8"/>
       <c r="BZ10" s="8"/>
       <c r="CA10" s="8"/>
       <c r="CB10" s="8"/>
       <c r="CC10" s="8"/>
       <c r="CD10" s="8"/>
       <c r="CE10" s="8"/>
       <c r="CF10" s="8"/>
       <c r="CG10" s="8"/>
       <c r="CH10" s="8"/>
       <c r="CI10" s="8"/>
       <c r="CJ10" s="8"/>
       <c r="CK10" s="8"/>
       <c r="CL10" s="8"/>
       <c r="CM10" s="76"/>
       <c r="CN10" s="76"/>
       <c r="CO10" s="76"/>
       <c r="CP10" s="76"/>
       <c r="CQ10" s="8"/>
       <c r="CR10" s="8"/>
       <c r="CS10" s="8"/>
       <c r="CT10" s="8"/>
       <c r="CU10" s="8"/>
       <c r="CV10" s="8"/>
       <c r="CW10" s="8"/>
       <c r="CX10" s="8"/>
       <c r="CY10" s="8"/>
       <c r="CZ10" s="8"/>
       <c r="DA10" s="8"/>
       <c r="DB10" s="8"/>
     </row>
     <row r="11" spans="1:167" s="76" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A11" s="122" t="s">
-[...167 lines deleted...]
-      <c r="FK11" s="122"/>
+      <c r="A11" s="101" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="101"/>
+      <c r="C11" s="101"/>
+      <c r="D11" s="101"/>
+      <c r="E11" s="101"/>
+      <c r="F11" s="101"/>
+      <c r="G11" s="101"/>
+      <c r="H11" s="101"/>
+      <c r="I11" s="101"/>
+      <c r="J11" s="101"/>
+      <c r="K11" s="101"/>
+      <c r="L11" s="101"/>
+      <c r="M11" s="101"/>
+      <c r="N11" s="101"/>
+      <c r="O11" s="101"/>
+      <c r="P11" s="101"/>
+      <c r="Q11" s="101"/>
+      <c r="R11" s="101"/>
+      <c r="S11" s="101"/>
+      <c r="T11" s="101"/>
+      <c r="U11" s="101"/>
+      <c r="V11" s="101"/>
+      <c r="W11" s="101"/>
+      <c r="X11" s="101"/>
+      <c r="Y11" s="101"/>
+      <c r="Z11" s="101"/>
+      <c r="AA11" s="101"/>
+      <c r="AB11" s="101"/>
+      <c r="AC11" s="101"/>
+      <c r="AD11" s="101"/>
+      <c r="AE11" s="101"/>
+      <c r="AF11" s="101"/>
+      <c r="AG11" s="101"/>
+      <c r="AH11" s="101"/>
+      <c r="AI11" s="101"/>
+      <c r="AJ11" s="101"/>
+      <c r="AK11" s="101"/>
+      <c r="AL11" s="101"/>
+      <c r="AM11" s="101"/>
+      <c r="AN11" s="101"/>
+      <c r="AO11" s="101"/>
+      <c r="AP11" s="101"/>
+      <c r="AQ11" s="101"/>
+      <c r="AR11" s="101"/>
+      <c r="AS11" s="101"/>
+      <c r="AT11" s="101"/>
+      <c r="AU11" s="101"/>
+      <c r="AV11" s="101"/>
+      <c r="AW11" s="101"/>
+      <c r="AX11" s="101"/>
+      <c r="AY11" s="101"/>
+      <c r="AZ11" s="101"/>
+      <c r="BA11" s="101"/>
+      <c r="BB11" s="101"/>
+      <c r="BC11" s="101"/>
+      <c r="BD11" s="101"/>
+      <c r="BE11" s="101"/>
+      <c r="BF11" s="101"/>
+      <c r="BG11" s="101"/>
+      <c r="BH11" s="101"/>
+      <c r="BI11" s="101"/>
+      <c r="BJ11" s="101"/>
+      <c r="BK11" s="101"/>
+      <c r="BL11" s="101"/>
+      <c r="BM11" s="101"/>
+      <c r="BN11" s="101"/>
+      <c r="BO11" s="101"/>
+      <c r="BP11" s="101"/>
+      <c r="BQ11" s="101"/>
+      <c r="BR11" s="101"/>
+      <c r="BS11" s="101"/>
+      <c r="BT11" s="101"/>
+      <c r="BU11" s="101"/>
+      <c r="BV11" s="101"/>
+      <c r="BW11" s="101"/>
+      <c r="BX11" s="101"/>
+      <c r="BY11" s="101"/>
+      <c r="BZ11" s="101"/>
+      <c r="CA11" s="101"/>
+      <c r="CB11" s="101"/>
+      <c r="CC11" s="101"/>
+      <c r="CD11" s="101"/>
+      <c r="CE11" s="101"/>
+      <c r="CF11" s="101"/>
+      <c r="CG11" s="101"/>
+      <c r="CH11" s="101"/>
+      <c r="CI11" s="101"/>
+      <c r="CJ11" s="101"/>
+      <c r="CK11" s="101"/>
+      <c r="CL11" s="101"/>
+      <c r="CM11" s="101"/>
+      <c r="CN11" s="101"/>
+      <c r="CO11" s="101"/>
+      <c r="CP11" s="101"/>
+      <c r="CQ11" s="101"/>
+      <c r="CR11" s="101"/>
+      <c r="CS11" s="101"/>
+      <c r="CT11" s="101"/>
+      <c r="CU11" s="101"/>
+      <c r="CV11" s="101"/>
+      <c r="CW11" s="101"/>
+      <c r="CX11" s="101"/>
+      <c r="CY11" s="101"/>
+      <c r="CZ11" s="101"/>
+      <c r="DA11" s="101"/>
+      <c r="DB11" s="101"/>
+      <c r="DC11" s="101"/>
+      <c r="DD11" s="101"/>
+      <c r="DE11" s="101"/>
+      <c r="DF11" s="101"/>
+      <c r="DG11" s="101"/>
+      <c r="DH11" s="101"/>
+      <c r="DI11" s="101"/>
+      <c r="DJ11" s="101"/>
+      <c r="DK11" s="101"/>
+      <c r="DL11" s="101"/>
+      <c r="DM11" s="101"/>
+      <c r="DN11" s="101"/>
+      <c r="DO11" s="101"/>
+      <c r="DP11" s="101"/>
+      <c r="DQ11" s="101"/>
+      <c r="DR11" s="101"/>
+      <c r="DS11" s="101"/>
+      <c r="DT11" s="101"/>
+      <c r="DU11" s="101"/>
+      <c r="DV11" s="101"/>
+      <c r="DW11" s="101"/>
+      <c r="DX11" s="101"/>
+      <c r="DY11" s="101"/>
+      <c r="DZ11" s="101"/>
+      <c r="EA11" s="101"/>
+      <c r="EB11" s="101"/>
+      <c r="EC11" s="101"/>
+      <c r="ED11" s="101"/>
+      <c r="EE11" s="101"/>
+      <c r="EF11" s="101"/>
+      <c r="EG11" s="101"/>
+      <c r="EH11" s="101"/>
+      <c r="EI11" s="101"/>
+      <c r="EJ11" s="101"/>
+      <c r="EK11" s="101"/>
+      <c r="EL11" s="101"/>
+      <c r="EM11" s="101"/>
+      <c r="EN11" s="101"/>
+      <c r="EO11" s="101"/>
+      <c r="EP11" s="101"/>
+      <c r="EQ11" s="101"/>
+      <c r="ER11" s="101"/>
+      <c r="ES11" s="101"/>
+      <c r="ET11" s="101"/>
+      <c r="EU11" s="101"/>
+      <c r="EV11" s="101"/>
+      <c r="EW11" s="101"/>
+      <c r="EX11" s="101"/>
+      <c r="EY11" s="101"/>
+      <c r="EZ11" s="101"/>
+      <c r="FA11" s="101"/>
+      <c r="FB11" s="101"/>
+      <c r="FC11" s="101"/>
+      <c r="FD11" s="101"/>
+      <c r="FE11" s="101"/>
+      <c r="FF11" s="101"/>
+      <c r="FG11" s="101"/>
+      <c r="FH11" s="101"/>
+      <c r="FI11" s="101"/>
+      <c r="FJ11" s="101"/>
+      <c r="FK11" s="101"/>
     </row>
     <row r="12" spans="1:167" s="19" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="6"/>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
       <c r="T12" s="6"/>
       <c r="U12" s="6"/>
       <c r="V12" s="6"/>
       <c r="W12" s="6"/>
@@ -2806,11572 +2803,11487 @@
       <c r="EP13" s="26"/>
       <c r="EQ13" s="26"/>
       <c r="ER13" s="26"/>
       <c r="ES13" s="26"/>
       <c r="ET13" s="26"/>
       <c r="EU13" s="26"/>
       <c r="EV13" s="26"/>
       <c r="EW13" s="26"/>
       <c r="EX13" s="26"/>
       <c r="EY13" s="26"/>
       <c r="EZ13" s="26"/>
       <c r="FA13" s="26"/>
       <c r="FB13" s="26"/>
       <c r="FC13" s="26"/>
       <c r="FD13" s="26"/>
       <c r="FE13" s="26"/>
       <c r="FF13" s="26"/>
       <c r="FG13" s="26"/>
       <c r="FH13" s="26"/>
       <c r="FI13" s="26"/>
       <c r="FJ13" s="26"/>
       <c r="FK13" s="27"/>
     </row>
     <row r="14" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A14" s="23"/>
-      <c r="D14" s="175" t="s">
+      <c r="D14" s="102" t="s">
         <v>12</v>
       </c>
-      <c r="E14" s="175"/>
-[...2 lines deleted...]
-      <c r="H14" s="175" t="s">
+      <c r="E14" s="102"/>
+      <c r="F14" s="102"/>
+      <c r="G14" s="102"/>
+      <c r="H14" s="102" t="s">
         <v>13</v>
       </c>
-      <c r="I14" s="175"/>
-[...34 lines deleted...]
-      <c r="AR14" s="188"/>
+      <c r="I14" s="102"/>
+      <c r="J14" s="102"/>
+      <c r="K14" s="102"/>
+      <c r="L14" s="102"/>
+      <c r="M14" s="102"/>
+      <c r="N14" s="102"/>
+      <c r="O14" s="102"/>
+      <c r="P14" s="102"/>
+      <c r="Q14" s="102"/>
+      <c r="R14" s="102"/>
+      <c r="S14" s="102"/>
+      <c r="T14" s="102"/>
+      <c r="U14" s="102"/>
+      <c r="V14" s="102"/>
+      <c r="W14" s="113"/>
+      <c r="X14" s="113"/>
+      <c r="Y14" s="113"/>
+      <c r="Z14" s="113"/>
+      <c r="AA14" s="113"/>
+      <c r="AB14" s="113"/>
+      <c r="AC14" s="113"/>
+      <c r="AD14" s="113"/>
+      <c r="AE14" s="113"/>
+      <c r="AF14" s="113"/>
+      <c r="AG14" s="113"/>
+      <c r="AH14" s="113"/>
+      <c r="AI14" s="113"/>
+      <c r="AJ14" s="113"/>
+      <c r="AK14" s="113"/>
+      <c r="AL14" s="113"/>
+      <c r="AM14" s="113"/>
+      <c r="AN14" s="113"/>
+      <c r="AO14" s="113"/>
+      <c r="AP14" s="113"/>
+      <c r="AQ14" s="113"/>
+      <c r="AR14" s="113"/>
       <c r="FK14" s="24"/>
     </row>
     <row r="15" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="23"/>
       <c r="FK15" s="24"/>
     </row>
     <row r="16" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="23"/>
-      <c r="D16" s="175" t="s">
+      <c r="D16" s="102" t="s">
         <v>14</v>
       </c>
-      <c r="E16" s="175"/>
-[...2 lines deleted...]
-      <c r="H16" s="175" t="s">
+      <c r="E16" s="102"/>
+      <c r="F16" s="102"/>
+      <c r="G16" s="102"/>
+      <c r="H16" s="102" t="s">
         <v>15</v>
       </c>
-      <c r="I16" s="175"/>
-[...22 lines deleted...]
-      <c r="AF16" s="175"/>
+      <c r="I16" s="102"/>
+      <c r="J16" s="102"/>
+      <c r="K16" s="102"/>
+      <c r="L16" s="102"/>
+      <c r="M16" s="102"/>
+      <c r="N16" s="102"/>
+      <c r="O16" s="102"/>
+      <c r="P16" s="102"/>
+      <c r="Q16" s="102"/>
+      <c r="R16" s="102"/>
+      <c r="S16" s="102"/>
+      <c r="T16" s="102"/>
+      <c r="U16" s="102"/>
+      <c r="V16" s="102"/>
+      <c r="W16" s="102"/>
+      <c r="X16" s="102"/>
+      <c r="Y16" s="102"/>
+      <c r="Z16" s="102"/>
+      <c r="AA16" s="102"/>
+      <c r="AB16" s="102"/>
+      <c r="AC16" s="102"/>
+      <c r="AD16" s="102"/>
+      <c r="AE16" s="102"/>
+      <c r="AF16" s="102"/>
       <c r="FK16" s="24"/>
     </row>
     <row r="17" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="23"/>
       <c r="FK17" s="24"/>
     </row>
     <row r="18" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="23"/>
-      <c r="I18" s="172"/>
-[...1 lines deleted...]
-      <c r="K18" s="174"/>
+      <c r="I18" s="94"/>
+      <c r="J18" s="95"/>
+      <c r="K18" s="96"/>
       <c r="N18" s="77" t="s">
         <v>16</v>
       </c>
       <c r="FK18" s="24"/>
     </row>
     <row r="19" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="23"/>
       <c r="FK19" s="24"/>
     </row>
     <row r="20" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
-      <c r="I20" s="172"/>
-[...1 lines deleted...]
-      <c r="K20" s="174"/>
+      <c r="I20" s="94"/>
+      <c r="J20" s="95"/>
+      <c r="K20" s="96"/>
       <c r="N20" s="77" t="s">
         <v>17</v>
       </c>
       <c r="FK20" s="24"/>
     </row>
     <row r="21" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="23"/>
       <c r="FK21" s="24"/>
     </row>
     <row r="22" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A22" s="23"/>
-      <c r="I22" s="172"/>
-[...1 lines deleted...]
-      <c r="K22" s="174"/>
+      <c r="I22" s="94"/>
+      <c r="J22" s="95"/>
+      <c r="K22" s="96"/>
       <c r="N22" s="77" t="s">
         <v>18</v>
       </c>
       <c r="FK22" s="24"/>
     </row>
     <row r="23" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="23"/>
       <c r="FK23" s="24"/>
     </row>
     <row r="24" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A24" s="23"/>
-      <c r="I24" s="172"/>
-[...1 lines deleted...]
-      <c r="K24" s="174"/>
+      <c r="I24" s="94"/>
+      <c r="J24" s="95"/>
+      <c r="K24" s="96"/>
       <c r="N24" s="77" t="s">
         <v>19</v>
       </c>
       <c r="FK24" s="24"/>
     </row>
     <row r="25" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="23"/>
       <c r="FK25" s="24"/>
     </row>
     <row r="26" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="23"/>
-      <c r="I26" s="172"/>
-[...1 lines deleted...]
-      <c r="K26" s="174"/>
+      <c r="I26" s="94"/>
+      <c r="J26" s="95"/>
+      <c r="K26" s="96"/>
       <c r="N26" s="77" t="s">
         <v>20</v>
       </c>
       <c r="FK26" s="24"/>
     </row>
     <row r="27" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="23"/>
       <c r="FK27" s="24"/>
     </row>
     <row r="28" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23"/>
-      <c r="I28" s="172"/>
-[...1 lines deleted...]
-      <c r="K28" s="174"/>
+      <c r="I28" s="94"/>
+      <c r="J28" s="95"/>
+      <c r="K28" s="96"/>
       <c r="N28" s="77" t="s">
         <v>21</v>
       </c>
       <c r="FK28" s="24"/>
     </row>
     <row r="29" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="23"/>
+      <c r="N29" s="102" t="s">
+        <v>46</v>
+      </c>
+      <c r="O29" s="102"/>
+      <c r="P29" s="102"/>
+      <c r="Q29" s="102"/>
+      <c r="R29" s="102"/>
+      <c r="S29" s="102"/>
+      <c r="T29" s="102"/>
+      <c r="U29" s="102"/>
+      <c r="V29" s="102"/>
+      <c r="W29" s="102"/>
+      <c r="X29" s="102"/>
+      <c r="Y29" s="102"/>
+      <c r="Z29" s="102"/>
+      <c r="AA29" s="102"/>
+      <c r="AB29" s="102"/>
+      <c r="AC29" s="102"/>
+      <c r="AD29" s="102"/>
+      <c r="AE29" s="102"/>
+      <c r="AF29" s="102"/>
+      <c r="AG29" s="102"/>
+      <c r="AH29" s="102"/>
+      <c r="AI29" s="102"/>
+      <c r="AJ29" s="102"/>
+      <c r="AK29" s="102"/>
+      <c r="AL29" s="102"/>
+      <c r="AM29" s="102"/>
+      <c r="AN29" s="102"/>
+      <c r="AO29" s="102"/>
+      <c r="AP29" s="102"/>
+      <c r="AQ29" s="102"/>
+      <c r="AR29" s="102"/>
+      <c r="AS29" s="102"/>
+      <c r="AT29" s="102"/>
+      <c r="AU29" s="102"/>
+      <c r="AV29" s="102"/>
+      <c r="AW29" s="102"/>
+      <c r="AX29" s="102"/>
+      <c r="AY29" s="102"/>
+      <c r="AZ29" s="102"/>
+      <c r="BA29" s="102"/>
+      <c r="BB29" s="102"/>
+      <c r="BC29" s="102"/>
+      <c r="BD29" s="102"/>
+      <c r="BE29" s="102"/>
+      <c r="BF29" s="102"/>
+      <c r="BG29" s="102"/>
+      <c r="BH29" s="102"/>
+      <c r="BI29" s="102"/>
+      <c r="BJ29" s="102"/>
+      <c r="BK29" s="102"/>
+      <c r="BL29" s="102"/>
+      <c r="BM29" s="102"/>
+      <c r="BN29" s="102"/>
+      <c r="BO29" s="102"/>
+      <c r="BP29" s="102"/>
+      <c r="BQ29" s="102"/>
+      <c r="BR29" s="102"/>
+      <c r="BS29" s="102"/>
+      <c r="BT29" s="102"/>
+      <c r="BU29" s="102"/>
+      <c r="BV29" s="102"/>
+      <c r="BW29" s="102"/>
+      <c r="BX29" s="102"/>
+      <c r="BY29" s="102"/>
+      <c r="BZ29" s="102"/>
+      <c r="CA29" s="102"/>
+      <c r="CB29" s="102"/>
+      <c r="CC29" s="102"/>
+      <c r="CD29" s="102"/>
+      <c r="CE29" s="102"/>
       <c r="FK29" s="24"/>
     </row>
-    <row r="30" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:167" s="77" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="23"/>
-      <c r="I30" s="172"/>
-[...73 lines deleted...]
-      <c r="CE30" s="175"/>
+      <c r="I30" s="94"/>
+      <c r="J30" s="95"/>
+      <c r="K30" s="96"/>
+      <c r="N30" s="102"/>
+      <c r="O30" s="102"/>
+      <c r="P30" s="102"/>
+      <c r="Q30" s="102"/>
+      <c r="R30" s="102"/>
+      <c r="S30" s="102"/>
+      <c r="T30" s="102"/>
+      <c r="U30" s="102"/>
+      <c r="V30" s="102"/>
+      <c r="W30" s="102"/>
+      <c r="X30" s="102"/>
+      <c r="Y30" s="102"/>
+      <c r="Z30" s="102"/>
+      <c r="AA30" s="102"/>
+      <c r="AB30" s="102"/>
+      <c r="AC30" s="102"/>
+      <c r="AD30" s="102"/>
+      <c r="AE30" s="102"/>
+      <c r="AF30" s="102"/>
+      <c r="AG30" s="102"/>
+      <c r="AH30" s="102"/>
+      <c r="AI30" s="102"/>
+      <c r="AJ30" s="102"/>
+      <c r="AK30" s="102"/>
+      <c r="AL30" s="102"/>
+      <c r="AM30" s="102"/>
+      <c r="AN30" s="102"/>
+      <c r="AO30" s="102"/>
+      <c r="AP30" s="102"/>
+      <c r="AQ30" s="102"/>
+      <c r="AR30" s="102"/>
+      <c r="AS30" s="102"/>
+      <c r="AT30" s="102"/>
+      <c r="AU30" s="102"/>
+      <c r="AV30" s="102"/>
+      <c r="AW30" s="102"/>
+      <c r="AX30" s="102"/>
+      <c r="AY30" s="102"/>
+      <c r="AZ30" s="102"/>
+      <c r="BA30" s="102"/>
+      <c r="BB30" s="102"/>
+      <c r="BC30" s="102"/>
+      <c r="BD30" s="102"/>
+      <c r="BE30" s="102"/>
+      <c r="BF30" s="102"/>
+      <c r="BG30" s="102"/>
+      <c r="BH30" s="102"/>
+      <c r="BI30" s="102"/>
+      <c r="BJ30" s="102"/>
+      <c r="BK30" s="102"/>
+      <c r="BL30" s="102"/>
+      <c r="BM30" s="102"/>
+      <c r="BN30" s="102"/>
+      <c r="BO30" s="102"/>
+      <c r="BP30" s="102"/>
+      <c r="BQ30" s="102"/>
+      <c r="BR30" s="102"/>
+      <c r="BS30" s="102"/>
+      <c r="BT30" s="102"/>
+      <c r="BU30" s="102"/>
+      <c r="BV30" s="102"/>
+      <c r="BW30" s="102"/>
+      <c r="BX30" s="102"/>
+      <c r="BY30" s="102"/>
+      <c r="BZ30" s="102"/>
+      <c r="CA30" s="102"/>
+      <c r="CB30" s="102"/>
+      <c r="CC30" s="102"/>
+      <c r="CD30" s="102"/>
+      <c r="CE30" s="102"/>
       <c r="FK30" s="24"/>
     </row>
     <row r="31" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="23"/>
-      <c r="N31" s="175" t="s">
-[...70 lines deleted...]
-      <c r="CE31" s="175"/>
       <c r="FK31" s="24"/>
     </row>
-    <row r="32" spans="1:167" s="77" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23"/>
-      <c r="I32" s="172"/>
-[...71 lines deleted...]
-      <c r="CE32" s="175"/>
+      <c r="I32" s="94"/>
+      <c r="J32" s="95"/>
+      <c r="K32" s="96"/>
+      <c r="N32" s="77" t="s">
+        <v>47</v>
+      </c>
       <c r="FK32" s="24"/>
     </row>
     <row r="33" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="23"/>
       <c r="FK33" s="24"/>
     </row>
     <row r="34" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="23"/>
-      <c r="I34" s="172"/>
-[...1 lines deleted...]
-      <c r="K34" s="174"/>
+      <c r="I34" s="94"/>
+      <c r="J34" s="95"/>
+      <c r="K34" s="96"/>
       <c r="N34" s="77" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="FK34" s="24"/>
     </row>
     <row r="35" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="23"/>
       <c r="FK35" s="24"/>
     </row>
     <row r="36" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
-      <c r="I36" s="172"/>
-[...1 lines deleted...]
-      <c r="K36" s="174"/>
+      <c r="I36" s="94"/>
+      <c r="J36" s="95"/>
+      <c r="K36" s="96"/>
       <c r="N36" s="77" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="FK36" s="24"/>
     </row>
-    <row r="37" spans="1:167" s="77" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="FK37" s="24"/>
+    <row r="37" spans="1:167" s="77" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A37" s="28"/>
+      <c r="B37" s="78"/>
+      <c r="C37" s="78"/>
+      <c r="D37" s="78"/>
+      <c r="E37" s="78"/>
+      <c r="F37" s="78"/>
+      <c r="G37" s="78"/>
+      <c r="H37" s="78"/>
+      <c r="I37" s="78"/>
+      <c r="J37" s="78"/>
+      <c r="K37" s="78"/>
+      <c r="L37" s="78"/>
+      <c r="M37" s="78"/>
+      <c r="N37" s="78"/>
+      <c r="O37" s="78"/>
+      <c r="P37" s="78"/>
+      <c r="Q37" s="78"/>
+      <c r="R37" s="78"/>
+      <c r="S37" s="78"/>
+      <c r="T37" s="78"/>
+      <c r="U37" s="78"/>
+      <c r="V37" s="78"/>
+      <c r="W37" s="78"/>
+      <c r="X37" s="78"/>
+      <c r="Y37" s="78"/>
+      <c r="Z37" s="78"/>
+      <c r="AA37" s="78"/>
+      <c r="AB37" s="78"/>
+      <c r="AC37" s="78"/>
+      <c r="AD37" s="78"/>
+      <c r="AE37" s="78"/>
+      <c r="AF37" s="78"/>
+      <c r="AG37" s="78"/>
+      <c r="AH37" s="78"/>
+      <c r="AI37" s="78"/>
+      <c r="AJ37" s="78"/>
+      <c r="AK37" s="78"/>
+      <c r="AL37" s="78"/>
+      <c r="AM37" s="78"/>
+      <c r="AN37" s="78"/>
+      <c r="AO37" s="78"/>
+      <c r="AP37" s="78"/>
+      <c r="AQ37" s="78"/>
+      <c r="AR37" s="78"/>
+      <c r="AS37" s="78"/>
+      <c r="AT37" s="78"/>
+      <c r="AU37" s="78"/>
+      <c r="AV37" s="78"/>
+      <c r="AW37" s="78"/>
+      <c r="AX37" s="78"/>
+      <c r="AY37" s="78"/>
+      <c r="AZ37" s="78"/>
+      <c r="BA37" s="78"/>
+      <c r="BB37" s="78"/>
+      <c r="BC37" s="78"/>
+      <c r="BD37" s="78"/>
+      <c r="BE37" s="78"/>
+      <c r="BF37" s="78"/>
+      <c r="BG37" s="78"/>
+      <c r="BH37" s="78"/>
+      <c r="BI37" s="78"/>
+      <c r="BJ37" s="78"/>
+      <c r="BK37" s="78"/>
+      <c r="BL37" s="78"/>
+      <c r="BM37" s="78"/>
+      <c r="BN37" s="78"/>
+      <c r="BO37" s="78"/>
+      <c r="BP37" s="78"/>
+      <c r="BQ37" s="78"/>
+      <c r="BR37" s="78"/>
+      <c r="BS37" s="78"/>
+      <c r="BT37" s="78"/>
+      <c r="BU37" s="78"/>
+      <c r="BV37" s="78"/>
+      <c r="BW37" s="78"/>
+      <c r="BX37" s="78"/>
+      <c r="BY37" s="78"/>
+      <c r="BZ37" s="78"/>
+      <c r="CA37" s="78"/>
+      <c r="CB37" s="78"/>
+      <c r="CC37" s="78"/>
+      <c r="CD37" s="78"/>
+      <c r="CE37" s="78"/>
+      <c r="CF37" s="78"/>
+      <c r="CG37" s="78"/>
+      <c r="CH37" s="78"/>
+      <c r="CI37" s="78"/>
+      <c r="CJ37" s="78"/>
+      <c r="CK37" s="78"/>
+      <c r="CL37" s="78"/>
+      <c r="CM37" s="78"/>
+      <c r="CN37" s="78"/>
+      <c r="CO37" s="78"/>
+      <c r="CP37" s="78"/>
+      <c r="CQ37" s="78"/>
+      <c r="CR37" s="78"/>
+      <c r="CS37" s="78"/>
+      <c r="CT37" s="78"/>
+      <c r="CU37" s="78"/>
+      <c r="CV37" s="78"/>
+      <c r="CW37" s="78"/>
+      <c r="CX37" s="78"/>
+      <c r="CY37" s="78"/>
+      <c r="CZ37" s="78"/>
+      <c r="DA37" s="78"/>
+      <c r="DB37" s="78"/>
+      <c r="DC37" s="78"/>
+      <c r="DD37" s="78"/>
+      <c r="DE37" s="78"/>
+      <c r="DF37" s="78"/>
+      <c r="DG37" s="78"/>
+      <c r="DH37" s="78"/>
+      <c r="DI37" s="78"/>
+      <c r="DJ37" s="78"/>
+      <c r="DK37" s="78"/>
+      <c r="DL37" s="78"/>
+      <c r="DM37" s="78"/>
+      <c r="DN37" s="78"/>
+      <c r="DO37" s="78"/>
+      <c r="DP37" s="78"/>
+      <c r="DQ37" s="78"/>
+      <c r="DR37" s="78"/>
+      <c r="DS37" s="78"/>
+      <c r="DT37" s="78"/>
+      <c r="DU37" s="78"/>
+      <c r="DV37" s="78"/>
+      <c r="DW37" s="78"/>
+      <c r="DX37" s="78"/>
+      <c r="DY37" s="78"/>
+      <c r="DZ37" s="78"/>
+      <c r="EA37" s="78"/>
+      <c r="EB37" s="78"/>
+      <c r="EC37" s="78"/>
+      <c r="ED37" s="78"/>
+      <c r="EE37" s="78"/>
+      <c r="EF37" s="78"/>
+      <c r="EG37" s="78"/>
+      <c r="EH37" s="78"/>
+      <c r="EI37" s="78"/>
+      <c r="EJ37" s="78"/>
+      <c r="EK37" s="78"/>
+      <c r="EL37" s="78"/>
+      <c r="EM37" s="78"/>
+      <c r="EN37" s="78"/>
+      <c r="EO37" s="78"/>
+      <c r="EP37" s="78"/>
+      <c r="EQ37" s="78"/>
+      <c r="ER37" s="78"/>
+      <c r="ES37" s="78"/>
+      <c r="ET37" s="78"/>
+      <c r="EU37" s="78"/>
+      <c r="EV37" s="78"/>
+      <c r="EW37" s="78"/>
+      <c r="EX37" s="78"/>
+      <c r="EY37" s="78"/>
+      <c r="EZ37" s="78"/>
+      <c r="FA37" s="78"/>
+      <c r="FB37" s="78"/>
+      <c r="FC37" s="78"/>
+      <c r="FD37" s="78"/>
+      <c r="FE37" s="78"/>
+      <c r="FF37" s="78"/>
+      <c r="FG37" s="78"/>
+      <c r="FH37" s="78"/>
+      <c r="FI37" s="78"/>
+      <c r="FJ37" s="78"/>
+      <c r="FK37" s="29"/>
     </row>
-    <row r="38" spans="1:167" s="77" customFormat="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="N38" s="77" t="s">
+    <row r="38" spans="1:167" s="83" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="39" spans="1:167" s="19" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="100" t="s">
+        <v>50</v>
+      </c>
+      <c r="B39" s="101"/>
+      <c r="C39" s="101"/>
+      <c r="D39" s="101"/>
+      <c r="E39" s="101"/>
+      <c r="F39" s="101"/>
+      <c r="G39" s="101"/>
+      <c r="H39" s="101"/>
+      <c r="I39" s="101"/>
+      <c r="J39" s="101"/>
+      <c r="K39" s="101"/>
+      <c r="L39" s="101"/>
+      <c r="M39" s="101"/>
+      <c r="N39" s="101"/>
+      <c r="O39" s="101"/>
+      <c r="P39" s="101"/>
+      <c r="Q39" s="101"/>
+      <c r="R39" s="101"/>
+      <c r="S39" s="101"/>
+      <c r="T39" s="101"/>
+      <c r="U39" s="101"/>
+      <c r="V39" s="101"/>
+      <c r="W39" s="101"/>
+      <c r="X39" s="101"/>
+      <c r="Y39" s="101"/>
+      <c r="Z39" s="101"/>
+      <c r="AA39" s="101"/>
+      <c r="AB39" s="101"/>
+      <c r="AC39" s="101"/>
+      <c r="AD39" s="101"/>
+      <c r="AE39" s="101"/>
+      <c r="AF39" s="101"/>
+      <c r="AG39" s="101"/>
+      <c r="AH39" s="101"/>
+      <c r="AI39" s="101"/>
+      <c r="AJ39" s="101"/>
+      <c r="AK39" s="101"/>
+      <c r="AL39" s="101"/>
+      <c r="AM39" s="101"/>
+      <c r="AN39" s="101"/>
+      <c r="AO39" s="101"/>
+      <c r="AP39" s="101"/>
+      <c r="AQ39" s="101"/>
+      <c r="AR39" s="101"/>
+      <c r="AS39" s="101"/>
+      <c r="AT39" s="101"/>
+      <c r="AU39" s="101"/>
+      <c r="AV39" s="101"/>
+      <c r="AW39" s="101"/>
+      <c r="AX39" s="101"/>
+      <c r="AY39" s="101"/>
+      <c r="AZ39" s="101"/>
+      <c r="BA39" s="101"/>
+      <c r="BB39" s="101"/>
+      <c r="BC39" s="101"/>
+      <c r="BD39" s="101"/>
+      <c r="BE39" s="101"/>
+      <c r="BF39" s="101"/>
+      <c r="BG39" s="101"/>
+      <c r="BH39" s="101"/>
+      <c r="BI39" s="101"/>
+      <c r="BJ39" s="101"/>
+      <c r="BK39" s="101"/>
+      <c r="BL39" s="101"/>
+      <c r="BM39" s="101"/>
+      <c r="BN39" s="101"/>
+      <c r="BO39" s="101"/>
+      <c r="BP39" s="101"/>
+      <c r="BQ39" s="101"/>
+      <c r="BR39" s="101"/>
+      <c r="BS39" s="101"/>
+      <c r="BT39" s="101"/>
+      <c r="BU39" s="101"/>
+      <c r="BV39" s="101"/>
+      <c r="BW39" s="101"/>
+      <c r="BX39" s="101"/>
+      <c r="BY39" s="101"/>
+      <c r="BZ39" s="101"/>
+      <c r="CA39" s="101"/>
+      <c r="CB39" s="101"/>
+      <c r="CC39" s="101"/>
+      <c r="CD39" s="101"/>
+      <c r="CE39" s="101"/>
+      <c r="CF39" s="101"/>
+      <c r="CG39" s="101"/>
+      <c r="CH39" s="101"/>
+      <c r="CI39" s="101"/>
+      <c r="CJ39" s="101"/>
+      <c r="CK39" s="101"/>
+      <c r="CL39" s="101"/>
+      <c r="CM39" s="101"/>
+      <c r="CN39" s="101"/>
+      <c r="CO39" s="101"/>
+      <c r="CP39" s="101"/>
+      <c r="CQ39" s="101"/>
+      <c r="CR39" s="101"/>
+      <c r="CS39" s="101"/>
+      <c r="CT39" s="101"/>
+      <c r="CU39" s="101"/>
+      <c r="CV39" s="101"/>
+      <c r="CW39" s="101"/>
+      <c r="CX39" s="101"/>
+      <c r="CY39" s="101"/>
+      <c r="CZ39" s="101"/>
+      <c r="DA39" s="101"/>
+      <c r="DB39" s="101"/>
+      <c r="DC39" s="101"/>
+      <c r="DD39" s="101"/>
+      <c r="DE39" s="101"/>
+      <c r="DF39" s="101"/>
+      <c r="DG39" s="101"/>
+      <c r="DH39" s="101"/>
+      <c r="DI39" s="101"/>
+      <c r="DJ39" s="101"/>
+      <c r="DK39" s="101"/>
+      <c r="DL39" s="101"/>
+      <c r="DM39" s="101"/>
+      <c r="DN39" s="101"/>
+      <c r="DO39" s="101"/>
+      <c r="DP39" s="101"/>
+      <c r="DQ39" s="101"/>
+      <c r="DR39" s="101"/>
+      <c r="DS39" s="101"/>
+      <c r="DT39" s="101"/>
+      <c r="DU39" s="101"/>
+      <c r="DV39" s="101"/>
+      <c r="DW39" s="101"/>
+      <c r="DX39" s="101"/>
+      <c r="DY39" s="101"/>
+      <c r="DZ39" s="101"/>
+      <c r="EA39" s="101"/>
+      <c r="EB39" s="101"/>
+      <c r="EC39" s="101"/>
+      <c r="ED39" s="101"/>
+      <c r="EE39" s="101"/>
+      <c r="EF39" s="101"/>
+      <c r="EG39" s="101"/>
+      <c r="EH39" s="101"/>
+      <c r="EI39" s="101"/>
+      <c r="EJ39" s="101"/>
+      <c r="EK39" s="101"/>
+      <c r="EL39" s="101"/>
+      <c r="EM39" s="101"/>
+      <c r="EN39" s="101"/>
+      <c r="EO39" s="101"/>
+      <c r="EP39" s="101"/>
+      <c r="EQ39" s="101"/>
+      <c r="ER39" s="101"/>
+      <c r="ES39" s="101"/>
+      <c r="ET39" s="101"/>
+      <c r="EU39" s="101"/>
+      <c r="EV39" s="101"/>
+      <c r="EW39" s="101"/>
+      <c r="EX39" s="101"/>
+      <c r="EY39" s="101"/>
+      <c r="EZ39" s="101"/>
+      <c r="FA39" s="101"/>
+      <c r="FB39" s="101"/>
+      <c r="FC39" s="101"/>
+      <c r="FD39" s="101"/>
+      <c r="FE39" s="101"/>
+      <c r="FF39" s="101"/>
+      <c r="FG39" s="101"/>
+      <c r="FH39" s="101"/>
+      <c r="FI39" s="101"/>
+      <c r="FJ39" s="101"/>
+      <c r="FK39" s="101"/>
+    </row>
+    <row r="40" spans="1:167" s="2" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="51"/>
+      <c r="B40" s="51"/>
+      <c r="C40" s="51"/>
+      <c r="D40" s="51"/>
+      <c r="E40" s="51"/>
+      <c r="F40" s="51"/>
+      <c r="G40" s="51"/>
+      <c r="H40" s="51"/>
+      <c r="I40" s="51"/>
+      <c r="J40" s="51"/>
+      <c r="K40" s="51"/>
+      <c r="L40" s="51"/>
+      <c r="M40" s="51"/>
+      <c r="N40" s="51"/>
+      <c r="O40" s="51"/>
+      <c r="P40" s="51"/>
+      <c r="Q40" s="51"/>
+      <c r="R40" s="51"/>
+      <c r="S40" s="51"/>
+      <c r="T40" s="51"/>
+      <c r="U40" s="51"/>
+      <c r="V40" s="51"/>
+      <c r="W40" s="51"/>
+      <c r="X40" s="51"/>
+      <c r="Y40" s="51"/>
+      <c r="Z40" s="51"/>
+      <c r="AA40" s="51"/>
+      <c r="AB40" s="51"/>
+      <c r="AC40" s="51"/>
+      <c r="AD40" s="51"/>
+      <c r="AE40" s="51"/>
+      <c r="AF40" s="51"/>
+      <c r="AG40" s="51"/>
+      <c r="AH40" s="51"/>
+      <c r="AI40" s="51"/>
+      <c r="AJ40" s="51"/>
+      <c r="AK40" s="51"/>
+      <c r="AL40" s="51"/>
+      <c r="AM40" s="51"/>
+      <c r="AN40" s="51"/>
+      <c r="AO40" s="51"/>
+      <c r="AP40" s="51"/>
+      <c r="AQ40" s="51"/>
+      <c r="AR40" s="51"/>
+      <c r="AS40" s="51"/>
+      <c r="AT40" s="51"/>
+      <c r="AU40" s="51"/>
+      <c r="AV40" s="51"/>
+      <c r="AW40" s="51"/>
+      <c r="AX40" s="51"/>
+      <c r="AY40" s="51"/>
+      <c r="AZ40" s="51"/>
+      <c r="BA40" s="51"/>
+      <c r="BB40" s="51"/>
+      <c r="BC40" s="51"/>
+      <c r="BD40" s="51"/>
+      <c r="BE40" s="51"/>
+      <c r="BF40" s="51"/>
+      <c r="BG40" s="51"/>
+      <c r="BH40" s="51"/>
+      <c r="BI40" s="51"/>
+      <c r="BJ40" s="51"/>
+      <c r="BK40" s="51"/>
+      <c r="BL40" s="51"/>
+      <c r="BM40" s="51"/>
+      <c r="BN40" s="51"/>
+      <c r="BO40" s="51"/>
+      <c r="BP40" s="51"/>
+      <c r="BQ40" s="51"/>
+      <c r="BR40" s="51"/>
+      <c r="BS40" s="51"/>
+      <c r="BT40" s="51"/>
+      <c r="BU40" s="51"/>
+      <c r="BV40" s="51"/>
+      <c r="BW40" s="51"/>
+      <c r="BX40" s="51"/>
+      <c r="BY40" s="51"/>
+      <c r="BZ40" s="51"/>
+      <c r="CA40" s="51"/>
+      <c r="CB40" s="51"/>
+      <c r="CC40" s="51"/>
+      <c r="CD40" s="51"/>
+      <c r="CE40" s="51"/>
+      <c r="CF40" s="51"/>
+      <c r="CG40" s="51"/>
+      <c r="CH40" s="51"/>
+      <c r="CI40" s="51"/>
+      <c r="CJ40" s="51"/>
+      <c r="CK40" s="51"/>
+      <c r="CL40" s="51"/>
+      <c r="CM40" s="51"/>
+      <c r="CN40" s="51"/>
+      <c r="CO40" s="51"/>
+      <c r="CP40" s="51"/>
+      <c r="CQ40" s="51"/>
+      <c r="CR40" s="51"/>
+      <c r="CS40" s="51"/>
+      <c r="CT40" s="51"/>
+      <c r="CU40" s="51"/>
+      <c r="CV40" s="51"/>
+      <c r="CW40" s="51"/>
+      <c r="CX40" s="51"/>
+      <c r="CY40" s="51"/>
+      <c r="CZ40" s="51"/>
+      <c r="DA40" s="51"/>
+      <c r="DB40" s="51"/>
+      <c r="DC40" s="51"/>
+      <c r="DD40" s="51"/>
+      <c r="DE40" s="51"/>
+      <c r="DF40" s="51"/>
+      <c r="DG40" s="51"/>
+      <c r="DH40" s="51"/>
+      <c r="DI40" s="51"/>
+      <c r="DJ40" s="51"/>
+      <c r="DK40" s="51"/>
+      <c r="DL40" s="51"/>
+      <c r="DM40" s="51"/>
+      <c r="DN40" s="51"/>
+      <c r="DO40" s="51"/>
+      <c r="DP40" s="51"/>
+      <c r="DQ40" s="51"/>
+      <c r="DR40" s="51"/>
+      <c r="DS40" s="51"/>
+      <c r="DT40" s="51"/>
+      <c r="DU40" s="51"/>
+      <c r="DV40" s="51"/>
+      <c r="DW40" s="51"/>
+      <c r="DX40" s="51"/>
+      <c r="DY40" s="51"/>
+      <c r="DZ40" s="51"/>
+      <c r="EA40" s="51"/>
+      <c r="EB40" s="51"/>
+      <c r="EC40" s="51"/>
+      <c r="ED40" s="51"/>
+      <c r="EE40" s="51"/>
+      <c r="EF40" s="51"/>
+      <c r="EG40" s="51"/>
+      <c r="EH40" s="51"/>
+      <c r="EI40" s="51"/>
+      <c r="EJ40" s="51"/>
+      <c r="EK40" s="51"/>
+      <c r="EL40" s="51"/>
+      <c r="EM40" s="51"/>
+      <c r="EN40" s="51"/>
+      <c r="EO40" s="51"/>
+      <c r="EP40" s="51"/>
+      <c r="EQ40" s="51"/>
+      <c r="ER40" s="51"/>
+      <c r="ES40" s="51"/>
+      <c r="ET40" s="51"/>
+      <c r="EU40" s="51"/>
+      <c r="EV40" s="51"/>
+      <c r="EW40" s="51"/>
+      <c r="EX40" s="51"/>
+      <c r="EY40" s="51"/>
+      <c r="EZ40" s="51"/>
+      <c r="FA40" s="51"/>
+      <c r="FB40" s="64"/>
+      <c r="FC40" s="64"/>
+      <c r="FD40" s="64"/>
+      <c r="FE40" s="64"/>
+      <c r="FF40" s="64"/>
+      <c r="FG40" s="64"/>
+      <c r="FH40" s="64"/>
+      <c r="FI40" s="64"/>
+      <c r="FJ40" s="64"/>
+      <c r="FK40" s="65"/>
+    </row>
+    <row r="41" spans="1:167" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="97" t="s">
+        <v>2</v>
+      </c>
+      <c r="B41" s="98"/>
+      <c r="C41" s="98"/>
+      <c r="D41" s="98"/>
+      <c r="E41" s="98"/>
+      <c r="F41" s="98"/>
+      <c r="G41" s="98"/>
+      <c r="H41" s="98"/>
+      <c r="I41" s="98"/>
+      <c r="J41" s="98"/>
+      <c r="K41" s="98"/>
+      <c r="L41" s="98"/>
+      <c r="M41" s="98"/>
+      <c r="N41" s="98"/>
+      <c r="O41" s="98"/>
+      <c r="P41" s="98"/>
+      <c r="Q41" s="98"/>
+      <c r="R41" s="98"/>
+      <c r="S41" s="98"/>
+      <c r="T41" s="98"/>
+      <c r="U41" s="98"/>
+      <c r="V41" s="98"/>
+      <c r="W41" s="98"/>
+      <c r="X41" s="98"/>
+      <c r="Y41" s="98"/>
+      <c r="Z41" s="98"/>
+      <c r="AA41" s="98"/>
+      <c r="AB41" s="98"/>
+      <c r="AC41" s="98"/>
+      <c r="AD41" s="98"/>
+      <c r="AE41" s="98"/>
+      <c r="AF41" s="98"/>
+      <c r="AG41" s="98"/>
+      <c r="AH41" s="98"/>
+      <c r="AI41" s="98"/>
+      <c r="AJ41" s="98"/>
+      <c r="AK41" s="98"/>
+      <c r="AL41" s="98"/>
+      <c r="AM41" s="98"/>
+      <c r="AN41" s="98"/>
+      <c r="AO41" s="98"/>
+      <c r="AP41" s="98"/>
+      <c r="AQ41" s="98"/>
+      <c r="AR41" s="98"/>
+      <c r="AS41" s="98"/>
+      <c r="AT41" s="98"/>
+      <c r="AU41" s="98"/>
+      <c r="AV41" s="98"/>
+      <c r="AW41" s="98"/>
+      <c r="AX41" s="98"/>
+      <c r="AY41" s="98"/>
+      <c r="AZ41" s="98"/>
+      <c r="BA41" s="98"/>
+      <c r="BB41" s="98"/>
+      <c r="BC41" s="98"/>
+      <c r="BD41" s="98"/>
+      <c r="BE41" s="98"/>
+      <c r="BF41" s="98"/>
+      <c r="BG41" s="98"/>
+      <c r="BH41" s="98"/>
+      <c r="BI41" s="98"/>
+      <c r="BJ41" s="98"/>
+      <c r="BK41" s="98"/>
+      <c r="BL41" s="98"/>
+      <c r="BM41" s="98"/>
+      <c r="BN41" s="98"/>
+      <c r="BO41" s="98"/>
+      <c r="BP41" s="98"/>
+      <c r="BQ41" s="98"/>
+      <c r="BR41" s="98"/>
+      <c r="BS41" s="98"/>
+      <c r="BT41" s="98"/>
+      <c r="BU41" s="98"/>
+      <c r="BV41" s="98"/>
+      <c r="BW41" s="98"/>
+      <c r="BX41" s="98"/>
+      <c r="BY41" s="98"/>
+      <c r="BZ41" s="98"/>
+      <c r="CA41" s="98"/>
+      <c r="CB41" s="98"/>
+      <c r="CC41" s="98"/>
+      <c r="CD41" s="98"/>
+      <c r="CE41" s="99"/>
+      <c r="CF41" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="CG41" s="98"/>
+      <c r="CH41" s="98"/>
+      <c r="CI41" s="98"/>
+      <c r="CJ41" s="98"/>
+      <c r="CK41" s="98"/>
+      <c r="CL41" s="98"/>
+      <c r="CM41" s="98"/>
+      <c r="CN41" s="98"/>
+      <c r="CO41" s="98"/>
+      <c r="CP41" s="98"/>
+      <c r="CQ41" s="98"/>
+      <c r="CR41" s="98"/>
+      <c r="CS41" s="98"/>
+      <c r="CT41" s="98"/>
+      <c r="CU41" s="98"/>
+      <c r="CV41" s="98"/>
+      <c r="CW41" s="98"/>
+      <c r="CX41" s="98"/>
+      <c r="CY41" s="98"/>
+      <c r="CZ41" s="98"/>
+      <c r="DA41" s="98"/>
+      <c r="DB41" s="98"/>
+      <c r="DC41" s="98"/>
+      <c r="DD41" s="98"/>
+      <c r="DE41" s="98"/>
+      <c r="DF41" s="98"/>
+      <c r="DG41" s="98"/>
+      <c r="DH41" s="98"/>
+      <c r="DI41" s="98"/>
+      <c r="DJ41" s="98"/>
+      <c r="DK41" s="98"/>
+      <c r="DL41" s="98"/>
+      <c r="DM41" s="98"/>
+      <c r="DN41" s="98"/>
+      <c r="DO41" s="98"/>
+      <c r="DP41" s="98"/>
+      <c r="DQ41" s="98"/>
+      <c r="DR41" s="98"/>
+      <c r="DS41" s="98"/>
+      <c r="DT41" s="98"/>
+      <c r="DU41" s="98"/>
+      <c r="DV41" s="98"/>
+      <c r="DW41" s="98"/>
+      <c r="DX41" s="98"/>
+      <c r="DY41" s="98"/>
+      <c r="DZ41" s="98"/>
+      <c r="EA41" s="98"/>
+      <c r="EB41" s="98"/>
+      <c r="EC41" s="98"/>
+      <c r="ED41" s="98"/>
+      <c r="EE41" s="98"/>
+      <c r="EF41" s="98"/>
+      <c r="EG41" s="98"/>
+      <c r="EH41" s="98"/>
+      <c r="EI41" s="98"/>
+      <c r="EJ41" s="98"/>
+      <c r="EK41" s="98"/>
+      <c r="EL41" s="98"/>
+      <c r="EM41" s="98"/>
+      <c r="EN41" s="98"/>
+      <c r="EO41" s="98"/>
+      <c r="EP41" s="98"/>
+      <c r="EQ41" s="98"/>
+      <c r="ER41" s="98"/>
+      <c r="ES41" s="98"/>
+      <c r="ET41" s="98"/>
+      <c r="EU41" s="98"/>
+      <c r="EV41" s="98"/>
+      <c r="EW41" s="98"/>
+      <c r="EX41" s="98"/>
+      <c r="EY41" s="98"/>
+      <c r="EZ41" s="98"/>
+      <c r="FA41" s="98"/>
+      <c r="FB41" s="98"/>
+      <c r="FC41" s="98"/>
+      <c r="FD41" s="98"/>
+      <c r="FE41" s="98"/>
+      <c r="FF41" s="98"/>
+      <c r="FG41" s="98"/>
+      <c r="FH41" s="98"/>
+      <c r="FI41" s="98"/>
+      <c r="FJ41" s="98"/>
+      <c r="FK41" s="99"/>
+    </row>
+    <row r="42" spans="1:167" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A42" s="158" t="s">
         <v>51</v>
       </c>
-      <c r="FK38" s="24"/>
+      <c r="B42" s="159"/>
+      <c r="C42" s="159"/>
+      <c r="D42" s="159"/>
+      <c r="E42" s="159"/>
+      <c r="F42" s="159"/>
+      <c r="G42" s="159"/>
+      <c r="H42" s="159"/>
+      <c r="I42" s="159"/>
+      <c r="J42" s="159"/>
+      <c r="K42" s="159"/>
+      <c r="L42" s="159"/>
+      <c r="M42" s="159"/>
+      <c r="N42" s="159"/>
+      <c r="O42" s="159"/>
+      <c r="P42" s="159"/>
+      <c r="Q42" s="159"/>
+      <c r="R42" s="159"/>
+      <c r="S42" s="159"/>
+      <c r="T42" s="159"/>
+      <c r="U42" s="159"/>
+      <c r="V42" s="159"/>
+      <c r="W42" s="159"/>
+      <c r="X42" s="159"/>
+      <c r="Y42" s="159"/>
+      <c r="Z42" s="159"/>
+      <c r="AA42" s="159"/>
+      <c r="AB42" s="159"/>
+      <c r="AC42" s="159"/>
+      <c r="AD42" s="159"/>
+      <c r="AE42" s="159"/>
+      <c r="AF42" s="159"/>
+      <c r="AG42" s="159"/>
+      <c r="AH42" s="159"/>
+      <c r="AI42" s="159"/>
+      <c r="AJ42" s="159"/>
+      <c r="AK42" s="159"/>
+      <c r="AL42" s="159"/>
+      <c r="AM42" s="159"/>
+      <c r="AN42" s="159"/>
+      <c r="AO42" s="159"/>
+      <c r="AP42" s="159"/>
+      <c r="AQ42" s="159"/>
+      <c r="AR42" s="159"/>
+      <c r="AS42" s="159"/>
+      <c r="AT42" s="159"/>
+      <c r="AU42" s="159"/>
+      <c r="AV42" s="159"/>
+      <c r="AW42" s="159"/>
+      <c r="AX42" s="159"/>
+      <c r="AY42" s="159"/>
+      <c r="AZ42" s="159"/>
+      <c r="BA42" s="159"/>
+      <c r="BB42" s="159"/>
+      <c r="BC42" s="159"/>
+      <c r="BD42" s="159"/>
+      <c r="BE42" s="159"/>
+      <c r="BF42" s="159"/>
+      <c r="BG42" s="159"/>
+      <c r="BH42" s="159"/>
+      <c r="BI42" s="159"/>
+      <c r="BJ42" s="159"/>
+      <c r="BK42" s="159"/>
+      <c r="BL42" s="159"/>
+      <c r="BM42" s="159"/>
+      <c r="BN42" s="159"/>
+      <c r="BO42" s="159"/>
+      <c r="BP42" s="159"/>
+      <c r="BQ42" s="159"/>
+      <c r="BR42" s="159"/>
+      <c r="BS42" s="159"/>
+      <c r="BT42" s="159"/>
+      <c r="BU42" s="159"/>
+      <c r="BV42" s="159"/>
+      <c r="BW42" s="159"/>
+      <c r="BX42" s="159"/>
+      <c r="BY42" s="159"/>
+      <c r="BZ42" s="159"/>
+      <c r="CA42" s="159"/>
+      <c r="CB42" s="159"/>
+      <c r="CC42" s="159"/>
+      <c r="CD42" s="159"/>
+      <c r="CE42" s="159"/>
+      <c r="CF42" s="159"/>
+      <c r="CG42" s="159"/>
+      <c r="CH42" s="159"/>
+      <c r="CI42" s="159"/>
+      <c r="CJ42" s="159"/>
+      <c r="CK42" s="159"/>
+      <c r="CL42" s="159"/>
+      <c r="CM42" s="159"/>
+      <c r="CN42" s="159"/>
+      <c r="CO42" s="159"/>
+      <c r="CP42" s="159"/>
+      <c r="CQ42" s="159"/>
+      <c r="CR42" s="159"/>
+      <c r="CS42" s="159"/>
+      <c r="CT42" s="159"/>
+      <c r="CU42" s="159"/>
+      <c r="CV42" s="159"/>
+      <c r="CW42" s="159"/>
+      <c r="CX42" s="159"/>
+      <c r="CY42" s="159"/>
+      <c r="CZ42" s="159"/>
+      <c r="DA42" s="159"/>
+      <c r="DB42" s="159"/>
+      <c r="DC42" s="159"/>
+      <c r="DD42" s="159"/>
+      <c r="DE42" s="159"/>
+      <c r="DF42" s="159"/>
+      <c r="DG42" s="159"/>
+      <c r="DH42" s="159"/>
+      <c r="DI42" s="159"/>
+      <c r="DJ42" s="159"/>
+      <c r="DK42" s="124"/>
+      <c r="DL42" s="124"/>
+      <c r="DM42" s="124"/>
+      <c r="DN42" s="124"/>
+      <c r="DO42" s="124"/>
+      <c r="DP42" s="124"/>
+      <c r="DQ42" s="124"/>
+      <c r="DR42" s="124"/>
+      <c r="DS42" s="124"/>
+      <c r="DT42" s="124"/>
+      <c r="DU42" s="124"/>
+      <c r="DV42" s="124"/>
+      <c r="DW42" s="124"/>
+      <c r="DX42" s="124"/>
+      <c r="DY42" s="124"/>
+      <c r="DZ42" s="124"/>
+      <c r="EA42" s="124"/>
+      <c r="EB42" s="124"/>
+      <c r="EC42" s="124"/>
+      <c r="ED42" s="124"/>
+      <c r="EE42" s="124"/>
+      <c r="EF42" s="124"/>
+      <c r="EG42" s="124"/>
+      <c r="EH42" s="124"/>
+      <c r="EI42" s="32"/>
+      <c r="EJ42" s="32"/>
+      <c r="EK42" s="32"/>
+      <c r="EL42" s="32"/>
+      <c r="EM42" s="32"/>
+      <c r="EN42" s="32"/>
+      <c r="EO42" s="32"/>
+      <c r="EP42" s="32"/>
+      <c r="EQ42" s="32"/>
+      <c r="ER42" s="32"/>
+      <c r="ES42" s="32"/>
+      <c r="ET42" s="32"/>
+      <c r="EU42" s="32"/>
+      <c r="EV42" s="32"/>
+      <c r="EW42" s="32"/>
+      <c r="EX42" s="32"/>
+      <c r="EY42" s="32"/>
+      <c r="EZ42" s="32"/>
+      <c r="FA42" s="32"/>
+      <c r="FB42" s="32"/>
+      <c r="FC42" s="32"/>
+      <c r="FD42" s="52"/>
+      <c r="FE42" s="52"/>
+      <c r="FF42" s="52"/>
+      <c r="FG42" s="52"/>
+      <c r="FH42" s="52"/>
+      <c r="FI42" s="52"/>
+      <c r="FJ42" s="52"/>
+      <c r="FK42" s="53"/>
     </row>
-    <row r="39" spans="1:167" s="77" customFormat="1" ht="3.75" customHeight="1" x14ac:dyDescent="0.2">
-[...166 lines deleted...]
-      <c r="FK39" s="29"/>
+    <row r="43" spans="1:167" s="13" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="54"/>
+      <c r="B43" s="55"/>
+      <c r="C43" s="55"/>
+      <c r="D43" s="55"/>
+      <c r="E43" s="55"/>
+      <c r="F43" s="55"/>
+      <c r="G43" s="55"/>
+      <c r="H43" s="55"/>
+      <c r="I43" s="55"/>
+      <c r="J43" s="55"/>
+      <c r="K43" s="55"/>
+      <c r="L43" s="55"/>
+      <c r="M43" s="55"/>
+      <c r="N43" s="55"/>
+      <c r="O43" s="55"/>
+      <c r="P43" s="55"/>
+      <c r="Q43" s="55"/>
+      <c r="R43" s="55"/>
+      <c r="S43" s="55"/>
+      <c r="T43" s="55"/>
+      <c r="U43" s="55"/>
+      <c r="V43" s="55"/>
+      <c r="W43" s="55"/>
+      <c r="X43" s="55"/>
+      <c r="Y43" s="55"/>
+      <c r="Z43" s="56"/>
+      <c r="AA43" s="56"/>
+      <c r="AB43" s="56"/>
+      <c r="AC43" s="56"/>
+      <c r="AD43" s="56"/>
+      <c r="AE43" s="56"/>
+      <c r="AF43" s="56"/>
+      <c r="AG43" s="56"/>
+      <c r="AH43" s="56"/>
+      <c r="AI43" s="56"/>
+      <c r="AJ43" s="56"/>
+      <c r="AK43" s="56"/>
+      <c r="AL43" s="56"/>
+      <c r="AM43" s="56"/>
+      <c r="AN43" s="56"/>
+      <c r="AO43" s="56"/>
+      <c r="AP43" s="56"/>
+      <c r="AQ43" s="56"/>
+      <c r="AR43" s="56"/>
+      <c r="AS43" s="56"/>
+      <c r="AT43" s="56"/>
+      <c r="AU43" s="56"/>
+      <c r="AV43" s="56"/>
+      <c r="AW43" s="56"/>
+      <c r="AX43" s="56"/>
+      <c r="AY43" s="56"/>
+      <c r="AZ43" s="56"/>
+      <c r="BA43" s="56"/>
+      <c r="BB43" s="56"/>
+      <c r="BC43" s="56"/>
+      <c r="BD43" s="56"/>
+      <c r="BE43" s="56"/>
+      <c r="BF43" s="56"/>
+      <c r="BG43" s="56"/>
+      <c r="BH43" s="56"/>
+      <c r="BI43" s="56"/>
+      <c r="BJ43" s="56"/>
+      <c r="BK43" s="56"/>
+      <c r="BL43" s="56"/>
+      <c r="BM43" s="56"/>
+      <c r="BN43" s="56"/>
+      <c r="BO43" s="56"/>
+      <c r="BP43" s="56"/>
+      <c r="BQ43" s="56"/>
+      <c r="BR43" s="56"/>
+      <c r="BS43" s="56"/>
+      <c r="BT43" s="56"/>
+      <c r="BU43" s="56"/>
+      <c r="BV43" s="56"/>
+      <c r="BW43" s="56"/>
+      <c r="BX43" s="56"/>
+      <c r="BY43" s="56"/>
+      <c r="BZ43" s="56"/>
+      <c r="CA43" s="56"/>
+      <c r="CB43" s="56"/>
+      <c r="CC43" s="56"/>
+      <c r="CD43" s="56"/>
+      <c r="CE43" s="56"/>
+      <c r="CF43" s="56"/>
+      <c r="CG43" s="56"/>
+      <c r="CH43" s="56"/>
+      <c r="CI43" s="56"/>
+      <c r="CJ43" s="56"/>
+      <c r="CK43" s="56"/>
+      <c r="CL43" s="56"/>
+      <c r="CM43" s="56"/>
+      <c r="CN43" s="56"/>
+      <c r="CO43" s="56"/>
+      <c r="CP43" s="56"/>
+      <c r="CQ43" s="56"/>
+      <c r="CR43" s="56"/>
+      <c r="CS43" s="56"/>
+      <c r="CT43" s="56"/>
+      <c r="CU43" s="56"/>
+      <c r="CV43" s="56"/>
+      <c r="CW43" s="56"/>
+      <c r="CX43" s="56"/>
+      <c r="CY43" s="56"/>
+      <c r="CZ43" s="56"/>
+      <c r="DA43" s="56"/>
+      <c r="DB43" s="56"/>
+      <c r="DC43" s="56"/>
+      <c r="DD43" s="56"/>
+      <c r="DE43" s="56"/>
+      <c r="DF43" s="56"/>
+      <c r="DG43" s="56"/>
+      <c r="DH43" s="56"/>
+      <c r="DI43" s="56"/>
+      <c r="DJ43" s="56"/>
+      <c r="DK43" s="125" t="s">
+        <v>59</v>
+      </c>
+      <c r="DL43" s="125"/>
+      <c r="DM43" s="125"/>
+      <c r="DN43" s="125"/>
+      <c r="DO43" s="125"/>
+      <c r="DP43" s="125"/>
+      <c r="DQ43" s="125"/>
+      <c r="DR43" s="125"/>
+      <c r="DS43" s="125"/>
+      <c r="DT43" s="125"/>
+      <c r="DU43" s="125"/>
+      <c r="DV43" s="125"/>
+      <c r="DW43" s="125"/>
+      <c r="DX43" s="125"/>
+      <c r="DY43" s="125"/>
+      <c r="DZ43" s="125"/>
+      <c r="EA43" s="125"/>
+      <c r="EB43" s="125"/>
+      <c r="EC43" s="125"/>
+      <c r="ED43" s="125"/>
+      <c r="EE43" s="125"/>
+      <c r="EF43" s="125"/>
+      <c r="EG43" s="125"/>
+      <c r="EH43" s="125"/>
+      <c r="EI43" s="55"/>
+      <c r="EJ43" s="55"/>
+      <c r="EK43" s="55"/>
+      <c r="EL43" s="55"/>
+      <c r="EM43" s="55"/>
+      <c r="EN43" s="55"/>
+      <c r="EO43" s="55"/>
+      <c r="EP43" s="55"/>
+      <c r="EQ43" s="55"/>
+      <c r="ER43" s="55"/>
+      <c r="ES43" s="55"/>
+      <c r="ET43" s="55"/>
+      <c r="EU43" s="55"/>
+      <c r="EV43" s="55"/>
+      <c r="EW43" s="55"/>
+      <c r="EX43" s="55"/>
+      <c r="EY43" s="55"/>
+      <c r="EZ43" s="55"/>
+      <c r="FA43" s="55"/>
+      <c r="FB43" s="55"/>
+      <c r="FC43" s="55"/>
+      <c r="FD43" s="56"/>
+      <c r="FE43" s="56"/>
+      <c r="FF43" s="56"/>
+      <c r="FG43" s="56"/>
+      <c r="FH43" s="56"/>
+      <c r="FI43" s="56"/>
+      <c r="FJ43" s="56"/>
+      <c r="FK43" s="57"/>
     </row>
-    <row r="40" spans="1:167" s="83" customFormat="1" x14ac:dyDescent="0.2"/>
-[...169 lines deleted...]
-      <c r="FK41" s="122"/>
+    <row r="44" spans="1:167" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="123" t="s">
+        <v>0</v>
+      </c>
+      <c r="B44" s="123"/>
+      <c r="C44" s="123"/>
+      <c r="D44" s="123"/>
+      <c r="E44" s="123"/>
+      <c r="F44" s="135" t="s">
+        <v>60</v>
+      </c>
+      <c r="G44" s="135"/>
+      <c r="H44" s="135"/>
+      <c r="I44" s="135"/>
+      <c r="J44" s="135"/>
+      <c r="K44" s="135"/>
+      <c r="L44" s="135"/>
+      <c r="M44" s="135"/>
+      <c r="N44" s="135"/>
+      <c r="O44" s="135"/>
+      <c r="P44" s="135"/>
+      <c r="Q44" s="135"/>
+      <c r="R44" s="135"/>
+      <c r="S44" s="135"/>
+      <c r="T44" s="135"/>
+      <c r="U44" s="135"/>
+      <c r="V44" s="135"/>
+      <c r="W44" s="135"/>
+      <c r="X44" s="135"/>
+      <c r="Y44" s="135"/>
+      <c r="Z44" s="135"/>
+      <c r="AA44" s="135"/>
+      <c r="AB44" s="135"/>
+      <c r="AC44" s="135"/>
+      <c r="AD44" s="135"/>
+      <c r="AE44" s="135"/>
+      <c r="AF44" s="135"/>
+      <c r="AG44" s="135"/>
+      <c r="AH44" s="135"/>
+      <c r="AI44" s="135"/>
+      <c r="AJ44" s="135"/>
+      <c r="AK44" s="135"/>
+      <c r="AL44" s="135"/>
+      <c r="AM44" s="135"/>
+      <c r="AN44" s="135"/>
+      <c r="AO44" s="135"/>
+      <c r="AP44" s="135"/>
+      <c r="AQ44" s="135"/>
+      <c r="AR44" s="135"/>
+      <c r="AS44" s="135"/>
+      <c r="AT44" s="135"/>
+      <c r="AU44" s="135"/>
+      <c r="AV44" s="135"/>
+      <c r="AW44" s="135"/>
+      <c r="AX44" s="135"/>
+      <c r="AY44" s="135"/>
+      <c r="AZ44" s="135"/>
+      <c r="BA44" s="135"/>
+      <c r="BB44" s="135"/>
+      <c r="BC44" s="135"/>
+      <c r="BD44" s="135"/>
+      <c r="BE44" s="135"/>
+      <c r="BF44" s="123" t="s">
+        <v>61</v>
+      </c>
+      <c r="BG44" s="135"/>
+      <c r="BH44" s="135"/>
+      <c r="BI44" s="135"/>
+      <c r="BJ44" s="135"/>
+      <c r="BK44" s="135"/>
+      <c r="BL44" s="135"/>
+      <c r="BM44" s="135"/>
+      <c r="BN44" s="135"/>
+      <c r="BO44" s="135"/>
+      <c r="BP44" s="135"/>
+      <c r="BQ44" s="135"/>
+      <c r="BR44" s="135"/>
+      <c r="BS44" s="135"/>
+      <c r="BT44" s="135"/>
+      <c r="BU44" s="135"/>
+      <c r="BV44" s="135"/>
+      <c r="BW44" s="135"/>
+      <c r="BX44" s="135"/>
+      <c r="BY44" s="135"/>
+      <c r="BZ44" s="135"/>
+      <c r="CA44" s="135"/>
+      <c r="CB44" s="135"/>
+      <c r="CC44" s="135"/>
+      <c r="CD44" s="135"/>
+      <c r="CE44" s="135"/>
+      <c r="CF44" s="123" t="s">
+        <v>0</v>
+      </c>
+      <c r="CG44" s="123"/>
+      <c r="CH44" s="123"/>
+      <c r="CI44" s="123"/>
+      <c r="CJ44" s="123"/>
+      <c r="CK44" s="132" t="s">
+        <v>60</v>
+      </c>
+      <c r="CL44" s="133"/>
+      <c r="CM44" s="133"/>
+      <c r="CN44" s="133"/>
+      <c r="CO44" s="133"/>
+      <c r="CP44" s="133"/>
+      <c r="CQ44" s="133"/>
+      <c r="CR44" s="133"/>
+      <c r="CS44" s="133"/>
+      <c r="CT44" s="133"/>
+      <c r="CU44" s="133"/>
+      <c r="CV44" s="133"/>
+      <c r="CW44" s="133"/>
+      <c r="CX44" s="133"/>
+      <c r="CY44" s="133"/>
+      <c r="CZ44" s="133"/>
+      <c r="DA44" s="133"/>
+      <c r="DB44" s="133"/>
+      <c r="DC44" s="133"/>
+      <c r="DD44" s="133"/>
+      <c r="DE44" s="133"/>
+      <c r="DF44" s="133"/>
+      <c r="DG44" s="133"/>
+      <c r="DH44" s="133"/>
+      <c r="DI44" s="133"/>
+      <c r="DJ44" s="133"/>
+      <c r="DK44" s="133"/>
+      <c r="DL44" s="133"/>
+      <c r="DM44" s="133"/>
+      <c r="DN44" s="133"/>
+      <c r="DO44" s="133"/>
+      <c r="DP44" s="133"/>
+      <c r="DQ44" s="133"/>
+      <c r="DR44" s="133"/>
+      <c r="DS44" s="133"/>
+      <c r="DT44" s="133"/>
+      <c r="DU44" s="133"/>
+      <c r="DV44" s="133"/>
+      <c r="DW44" s="133"/>
+      <c r="DX44" s="133"/>
+      <c r="DY44" s="133"/>
+      <c r="DZ44" s="133"/>
+      <c r="EA44" s="133"/>
+      <c r="EB44" s="133"/>
+      <c r="EC44" s="133"/>
+      <c r="ED44" s="133"/>
+      <c r="EE44" s="133"/>
+      <c r="EF44" s="133"/>
+      <c r="EG44" s="134"/>
+      <c r="EH44" s="114" t="s">
+        <v>61</v>
+      </c>
+      <c r="EI44" s="115"/>
+      <c r="EJ44" s="115"/>
+      <c r="EK44" s="115"/>
+      <c r="EL44" s="115"/>
+      <c r="EM44" s="115"/>
+      <c r="EN44" s="115"/>
+      <c r="EO44" s="115"/>
+      <c r="EP44" s="115"/>
+      <c r="EQ44" s="115"/>
+      <c r="ER44" s="115"/>
+      <c r="ES44" s="115"/>
+      <c r="ET44" s="115"/>
+      <c r="EU44" s="115"/>
+      <c r="EV44" s="115"/>
+      <c r="EW44" s="115"/>
+      <c r="EX44" s="115"/>
+      <c r="EY44" s="115"/>
+      <c r="EZ44" s="115"/>
+      <c r="FA44" s="115"/>
+      <c r="FB44" s="115"/>
+      <c r="FC44" s="115"/>
+      <c r="FD44" s="115"/>
+      <c r="FE44" s="115"/>
+      <c r="FF44" s="115"/>
+      <c r="FG44" s="115"/>
+      <c r="FH44" s="115"/>
+      <c r="FI44" s="115"/>
+      <c r="FJ44" s="115"/>
+      <c r="FK44" s="116"/>
     </row>
-    <row r="42" spans="1:167" s="2" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
-[...166 lines deleted...]
-      <c r="FK42" s="65"/>
+    <row r="45" spans="1:167" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="123"/>
+      <c r="B45" s="123"/>
+      <c r="C45" s="123"/>
+      <c r="D45" s="123"/>
+      <c r="E45" s="123"/>
+      <c r="F45" s="135" t="s">
+        <v>22</v>
+      </c>
+      <c r="G45" s="135"/>
+      <c r="H45" s="135"/>
+      <c r="I45" s="135"/>
+      <c r="J45" s="135"/>
+      <c r="K45" s="135"/>
+      <c r="L45" s="135"/>
+      <c r="M45" s="135"/>
+      <c r="N45" s="135"/>
+      <c r="O45" s="135"/>
+      <c r="P45" s="135"/>
+      <c r="Q45" s="135"/>
+      <c r="R45" s="135"/>
+      <c r="S45" s="135" t="s">
+        <v>23</v>
+      </c>
+      <c r="T45" s="135"/>
+      <c r="U45" s="135"/>
+      <c r="V45" s="135"/>
+      <c r="W45" s="135"/>
+      <c r="X45" s="135"/>
+      <c r="Y45" s="135"/>
+      <c r="Z45" s="135" t="s">
+        <v>3</v>
+      </c>
+      <c r="AA45" s="135"/>
+      <c r="AB45" s="135"/>
+      <c r="AC45" s="135"/>
+      <c r="AD45" s="135"/>
+      <c r="AE45" s="135"/>
+      <c r="AF45" s="135"/>
+      <c r="AG45" s="135" t="s">
+        <v>4</v>
+      </c>
+      <c r="AH45" s="135"/>
+      <c r="AI45" s="135"/>
+      <c r="AJ45" s="135"/>
+      <c r="AK45" s="135"/>
+      <c r="AL45" s="135"/>
+      <c r="AM45" s="135"/>
+      <c r="AN45" s="135"/>
+      <c r="AO45" s="135"/>
+      <c r="AP45" s="135"/>
+      <c r="AQ45" s="135"/>
+      <c r="AR45" s="135"/>
+      <c r="AS45" s="135"/>
+      <c r="AT45" s="135"/>
+      <c r="AU45" s="135"/>
+      <c r="AV45" s="135"/>
+      <c r="AW45" s="135" t="s">
+        <v>5</v>
+      </c>
+      <c r="AX45" s="135"/>
+      <c r="AY45" s="135"/>
+      <c r="AZ45" s="135"/>
+      <c r="BA45" s="135"/>
+      <c r="BB45" s="135"/>
+      <c r="BC45" s="135"/>
+      <c r="BD45" s="135"/>
+      <c r="BE45" s="135"/>
+      <c r="BF45" s="135"/>
+      <c r="BG45" s="135"/>
+      <c r="BH45" s="135"/>
+      <c r="BI45" s="135"/>
+      <c r="BJ45" s="135"/>
+      <c r="BK45" s="135"/>
+      <c r="BL45" s="135"/>
+      <c r="BM45" s="135"/>
+      <c r="BN45" s="135"/>
+      <c r="BO45" s="135"/>
+      <c r="BP45" s="135"/>
+      <c r="BQ45" s="135"/>
+      <c r="BR45" s="135"/>
+      <c r="BS45" s="135"/>
+      <c r="BT45" s="135"/>
+      <c r="BU45" s="135"/>
+      <c r="BV45" s="135"/>
+      <c r="BW45" s="135"/>
+      <c r="BX45" s="135"/>
+      <c r="BY45" s="135"/>
+      <c r="BZ45" s="135"/>
+      <c r="CA45" s="135"/>
+      <c r="CB45" s="135"/>
+      <c r="CC45" s="135"/>
+      <c r="CD45" s="135"/>
+      <c r="CE45" s="135"/>
+      <c r="CF45" s="123"/>
+      <c r="CG45" s="123"/>
+      <c r="CH45" s="123"/>
+      <c r="CI45" s="123"/>
+      <c r="CJ45" s="123"/>
+      <c r="CK45" s="151" t="s">
+        <v>22</v>
+      </c>
+      <c r="CL45" s="151"/>
+      <c r="CM45" s="151"/>
+      <c r="CN45" s="151"/>
+      <c r="CO45" s="151"/>
+      <c r="CP45" s="151"/>
+      <c r="CQ45" s="151"/>
+      <c r="CR45" s="151"/>
+      <c r="CS45" s="151"/>
+      <c r="CT45" s="151"/>
+      <c r="CU45" s="151"/>
+      <c r="CV45" s="151"/>
+      <c r="CW45" s="151"/>
+      <c r="CX45" s="151" t="s">
+        <v>23</v>
+      </c>
+      <c r="CY45" s="151"/>
+      <c r="CZ45" s="151"/>
+      <c r="DA45" s="151"/>
+      <c r="DB45" s="151"/>
+      <c r="DC45" s="151"/>
+      <c r="DD45" s="151" t="s">
+        <v>3</v>
+      </c>
+      <c r="DE45" s="151"/>
+      <c r="DF45" s="151"/>
+      <c r="DG45" s="151"/>
+      <c r="DH45" s="151"/>
+      <c r="DI45" s="151"/>
+      <c r="DJ45" s="151" t="s">
+        <v>4</v>
+      </c>
+      <c r="DK45" s="151"/>
+      <c r="DL45" s="151"/>
+      <c r="DM45" s="151"/>
+      <c r="DN45" s="151"/>
+      <c r="DO45" s="151"/>
+      <c r="DP45" s="151"/>
+      <c r="DQ45" s="151"/>
+      <c r="DR45" s="151"/>
+      <c r="DS45" s="151"/>
+      <c r="DT45" s="151"/>
+      <c r="DU45" s="151"/>
+      <c r="DV45" s="151"/>
+      <c r="DW45" s="151"/>
+      <c r="DX45" s="151"/>
+      <c r="DY45" s="132" t="s">
+        <v>5</v>
+      </c>
+      <c r="DZ45" s="133"/>
+      <c r="EA45" s="133"/>
+      <c r="EB45" s="133"/>
+      <c r="EC45" s="133"/>
+      <c r="ED45" s="133"/>
+      <c r="EE45" s="133"/>
+      <c r="EF45" s="133"/>
+      <c r="EG45" s="134"/>
+      <c r="EH45" s="120"/>
+      <c r="EI45" s="121"/>
+      <c r="EJ45" s="121"/>
+      <c r="EK45" s="121"/>
+      <c r="EL45" s="121"/>
+      <c r="EM45" s="121"/>
+      <c r="EN45" s="121"/>
+      <c r="EO45" s="121"/>
+      <c r="EP45" s="121"/>
+      <c r="EQ45" s="121"/>
+      <c r="ER45" s="121"/>
+      <c r="ES45" s="121"/>
+      <c r="ET45" s="121"/>
+      <c r="EU45" s="121"/>
+      <c r="EV45" s="121"/>
+      <c r="EW45" s="121"/>
+      <c r="EX45" s="121"/>
+      <c r="EY45" s="121"/>
+      <c r="EZ45" s="121"/>
+      <c r="FA45" s="121"/>
+      <c r="FB45" s="121"/>
+      <c r="FC45" s="121"/>
+      <c r="FD45" s="121"/>
+      <c r="FE45" s="121"/>
+      <c r="FF45" s="121"/>
+      <c r="FG45" s="121"/>
+      <c r="FH45" s="121"/>
+      <c r="FI45" s="121"/>
+      <c r="FJ45" s="121"/>
+      <c r="FK45" s="122"/>
     </row>
-    <row r="43" spans="1:167" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK43" s="120"/>
+    <row r="46" spans="1:167" s="37" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A46" s="152" t="s">
+        <v>12</v>
+      </c>
+      <c r="B46" s="152"/>
+      <c r="C46" s="152"/>
+      <c r="D46" s="152"/>
+      <c r="E46" s="152"/>
+      <c r="F46" s="152"/>
+      <c r="G46" s="152"/>
+      <c r="H46" s="152"/>
+      <c r="I46" s="152"/>
+      <c r="J46" s="152"/>
+      <c r="K46" s="152"/>
+      <c r="L46" s="152"/>
+      <c r="M46" s="152"/>
+      <c r="N46" s="152"/>
+      <c r="O46" s="152"/>
+      <c r="P46" s="152"/>
+      <c r="Q46" s="152"/>
+      <c r="R46" s="152"/>
+      <c r="S46" s="152"/>
+      <c r="T46" s="152"/>
+      <c r="U46" s="152"/>
+      <c r="V46" s="152"/>
+      <c r="W46" s="152"/>
+      <c r="X46" s="152"/>
+      <c r="Y46" s="152"/>
+      <c r="Z46" s="152"/>
+      <c r="AA46" s="152"/>
+      <c r="AB46" s="152"/>
+      <c r="AC46" s="152"/>
+      <c r="AD46" s="152"/>
+      <c r="AE46" s="152"/>
+      <c r="AF46" s="152"/>
+      <c r="AG46" s="152"/>
+      <c r="AH46" s="152"/>
+      <c r="AI46" s="152"/>
+      <c r="AJ46" s="152"/>
+      <c r="AK46" s="152"/>
+      <c r="AL46" s="152"/>
+      <c r="AM46" s="152"/>
+      <c r="AN46" s="152"/>
+      <c r="AO46" s="152"/>
+      <c r="AP46" s="152"/>
+      <c r="AQ46" s="152"/>
+      <c r="AR46" s="152"/>
+      <c r="AS46" s="152"/>
+      <c r="AT46" s="152"/>
+      <c r="AU46" s="152"/>
+      <c r="AV46" s="152"/>
+      <c r="AW46" s="152"/>
+      <c r="AX46" s="152"/>
+      <c r="AY46" s="152"/>
+      <c r="AZ46" s="152"/>
+      <c r="BA46" s="152"/>
+      <c r="BB46" s="152"/>
+      <c r="BC46" s="152"/>
+      <c r="BD46" s="152"/>
+      <c r="BE46" s="152"/>
+      <c r="BF46" s="153"/>
+      <c r="BG46" s="153"/>
+      <c r="BH46" s="153"/>
+      <c r="BI46" s="153"/>
+      <c r="BJ46" s="153"/>
+      <c r="BK46" s="153"/>
+      <c r="BL46" s="153"/>
+      <c r="BM46" s="153"/>
+      <c r="BN46" s="153"/>
+      <c r="BO46" s="153"/>
+      <c r="BP46" s="153"/>
+      <c r="BQ46" s="153"/>
+      <c r="BR46" s="153"/>
+      <c r="BS46" s="153"/>
+      <c r="BT46" s="153"/>
+      <c r="BU46" s="153"/>
+      <c r="BV46" s="153"/>
+      <c r="BW46" s="153"/>
+      <c r="BX46" s="153"/>
+      <c r="BY46" s="153"/>
+      <c r="BZ46" s="153"/>
+      <c r="CA46" s="153"/>
+      <c r="CB46" s="153"/>
+      <c r="CC46" s="153"/>
+      <c r="CD46" s="153"/>
+      <c r="CE46" s="153"/>
+      <c r="CF46" s="152" t="s">
+        <v>12</v>
+      </c>
+      <c r="CG46" s="152"/>
+      <c r="CH46" s="152"/>
+      <c r="CI46" s="152"/>
+      <c r="CJ46" s="152"/>
+      <c r="CK46" s="152"/>
+      <c r="CL46" s="152"/>
+      <c r="CM46" s="152"/>
+      <c r="CN46" s="152"/>
+      <c r="CO46" s="152"/>
+      <c r="CP46" s="152"/>
+      <c r="CQ46" s="152"/>
+      <c r="CR46" s="152"/>
+      <c r="CS46" s="152"/>
+      <c r="CT46" s="152"/>
+      <c r="CU46" s="152"/>
+      <c r="CV46" s="152"/>
+      <c r="CW46" s="152"/>
+      <c r="CX46" s="152"/>
+      <c r="CY46" s="152"/>
+      <c r="CZ46" s="152"/>
+      <c r="DA46" s="152"/>
+      <c r="DB46" s="152"/>
+      <c r="DC46" s="152"/>
+      <c r="DD46" s="152"/>
+      <c r="DE46" s="152"/>
+      <c r="DF46" s="152"/>
+      <c r="DG46" s="152"/>
+      <c r="DH46" s="152"/>
+      <c r="DI46" s="152"/>
+      <c r="DJ46" s="152"/>
+      <c r="DK46" s="152"/>
+      <c r="DL46" s="152"/>
+      <c r="DM46" s="152"/>
+      <c r="DN46" s="152"/>
+      <c r="DO46" s="152"/>
+      <c r="DP46" s="152"/>
+      <c r="DQ46" s="152"/>
+      <c r="DR46" s="152"/>
+      <c r="DS46" s="152"/>
+      <c r="DT46" s="152"/>
+      <c r="DU46" s="152"/>
+      <c r="DV46" s="152"/>
+      <c r="DW46" s="152"/>
+      <c r="DX46" s="152"/>
+      <c r="DY46" s="162"/>
+      <c r="DZ46" s="163"/>
+      <c r="EA46" s="163"/>
+      <c r="EB46" s="163"/>
+      <c r="EC46" s="163"/>
+      <c r="ED46" s="163"/>
+      <c r="EE46" s="163"/>
+      <c r="EF46" s="163"/>
+      <c r="EG46" s="164"/>
+      <c r="EH46" s="165"/>
+      <c r="EI46" s="166"/>
+      <c r="EJ46" s="166"/>
+      <c r="EK46" s="166"/>
+      <c r="EL46" s="166"/>
+      <c r="EM46" s="166"/>
+      <c r="EN46" s="166"/>
+      <c r="EO46" s="166"/>
+      <c r="EP46" s="166"/>
+      <c r="EQ46" s="166"/>
+      <c r="ER46" s="166"/>
+      <c r="ES46" s="166"/>
+      <c r="ET46" s="166"/>
+      <c r="EU46" s="166"/>
+      <c r="EV46" s="166"/>
+      <c r="EW46" s="166"/>
+      <c r="EX46" s="166"/>
+      <c r="EY46" s="166"/>
+      <c r="EZ46" s="166"/>
+      <c r="FA46" s="166"/>
+      <c r="FB46" s="166"/>
+      <c r="FC46" s="166"/>
+      <c r="FD46" s="166"/>
+      <c r="FE46" s="166"/>
+      <c r="FF46" s="166"/>
+      <c r="FG46" s="166"/>
+      <c r="FH46" s="166"/>
+      <c r="FI46" s="166"/>
+      <c r="FJ46" s="166"/>
+      <c r="FK46" s="167"/>
     </row>
-    <row r="44" spans="1:167" s="31" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...168 lines deleted...]
-      <c r="FK44" s="53"/>
+    <row r="47" spans="1:167" s="34" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A47" s="68"/>
+      <c r="B47" s="69"/>
+      <c r="C47" s="69"/>
+      <c r="D47" s="69"/>
+      <c r="E47" s="69"/>
+      <c r="BC47" s="41"/>
+      <c r="BD47" s="41"/>
+      <c r="BE47" s="41"/>
+      <c r="BF47" s="41"/>
+      <c r="BG47" s="41"/>
+      <c r="BH47" s="41"/>
+      <c r="BI47" s="41"/>
+      <c r="BJ47" s="69"/>
+      <c r="BK47" s="69"/>
+      <c r="BL47" s="69"/>
+      <c r="BM47" s="69"/>
+      <c r="BN47" s="69"/>
+      <c r="BO47" s="69"/>
+      <c r="BP47" s="69"/>
+      <c r="BQ47" s="69"/>
+      <c r="BR47" s="69"/>
+      <c r="BS47" s="69"/>
+      <c r="BT47" s="69"/>
+      <c r="BU47" s="69"/>
+      <c r="BV47" s="69"/>
+      <c r="BW47" s="69"/>
+      <c r="BX47" s="69"/>
+      <c r="BY47" s="69"/>
+      <c r="BZ47" s="69"/>
+      <c r="CA47" s="69"/>
+      <c r="CB47" s="69"/>
+      <c r="CC47" s="69"/>
+      <c r="CD47" s="69"/>
+      <c r="CE47" s="69"/>
+      <c r="CF47" s="68"/>
+      <c r="CG47" s="69"/>
+      <c r="CH47" s="69"/>
+      <c r="CI47" s="69"/>
+      <c r="CJ47" s="69"/>
+      <c r="CK47" s="69"/>
+      <c r="CL47" s="69"/>
+      <c r="CM47" s="69"/>
+      <c r="CN47" s="69"/>
+      <c r="CO47" s="69"/>
+      <c r="CP47" s="69"/>
+      <c r="CQ47" s="69"/>
+      <c r="CR47" s="69"/>
+      <c r="CS47" s="69"/>
+      <c r="CT47" s="69"/>
+      <c r="CU47" s="69"/>
+      <c r="CV47" s="69"/>
+      <c r="CW47" s="69"/>
+      <c r="CX47" s="69"/>
+      <c r="CY47" s="69"/>
+      <c r="CZ47" s="69"/>
+      <c r="DA47" s="69"/>
+      <c r="DB47" s="69"/>
+      <c r="DC47" s="69"/>
+      <c r="DD47" s="69"/>
+      <c r="DE47" s="69"/>
+      <c r="DF47" s="69"/>
+      <c r="DG47" s="69"/>
+      <c r="DH47" s="69"/>
+      <c r="DI47" s="69"/>
+      <c r="DJ47" s="69"/>
+      <c r="DK47" s="69"/>
+      <c r="DL47" s="69"/>
+      <c r="DM47" s="69"/>
+      <c r="DN47" s="69"/>
+      <c r="DO47" s="69"/>
+      <c r="DP47" s="69"/>
+      <c r="DQ47" s="69"/>
+      <c r="DR47" s="69"/>
+      <c r="DS47" s="69"/>
+      <c r="DT47" s="69"/>
+      <c r="DU47" s="69"/>
+      <c r="DV47" s="38"/>
+      <c r="DW47" s="39"/>
+      <c r="DX47" s="39"/>
+      <c r="DY47" s="40"/>
+      <c r="DZ47" s="41"/>
+      <c r="EA47" s="41"/>
+      <c r="EB47" s="41"/>
+      <c r="EC47" s="41"/>
+      <c r="ED47" s="41"/>
+      <c r="EE47" s="41"/>
+      <c r="EF47" s="41"/>
+      <c r="EG47" s="41"/>
+      <c r="EH47" s="41"/>
+      <c r="EI47" s="41"/>
+      <c r="EJ47" s="41"/>
+      <c r="EK47" s="69"/>
+      <c r="EL47" s="69"/>
+      <c r="EM47" s="69"/>
+      <c r="EN47" s="69"/>
+      <c r="EO47" s="69"/>
+      <c r="EP47" s="69"/>
+      <c r="EQ47" s="69"/>
+      <c r="ER47" s="69"/>
+      <c r="ES47" s="69"/>
+      <c r="ET47" s="69"/>
+      <c r="EU47" s="69"/>
+      <c r="EV47" s="69"/>
+      <c r="EW47" s="69"/>
+      <c r="EX47" s="69"/>
+      <c r="EY47" s="69"/>
+      <c r="EZ47" s="69"/>
+      <c r="FA47" s="69"/>
+      <c r="FB47" s="69"/>
+      <c r="FC47" s="69"/>
+      <c r="FD47" s="69"/>
+      <c r="FE47" s="69"/>
+      <c r="FF47" s="69"/>
+      <c r="FG47" s="69"/>
+      <c r="FH47" s="69"/>
+      <c r="FI47" s="69"/>
+      <c r="FJ47" s="69"/>
+      <c r="FK47" s="70"/>
     </row>
-    <row r="45" spans="1:167" s="13" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-[...168 lines deleted...]
-      <c r="FK45" s="57"/>
+    <row r="48" spans="1:167" s="73" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A48" s="42"/>
+      <c r="F48" s="91" t="s">
+        <v>22</v>
+      </c>
+      <c r="G48" s="91"/>
+      <c r="H48" s="91"/>
+      <c r="I48" s="91"/>
+      <c r="J48" s="91"/>
+      <c r="K48" s="160"/>
+      <c r="L48" s="160"/>
+      <c r="M48" s="160"/>
+      <c r="N48" s="160"/>
+      <c r="O48" s="160"/>
+      <c r="P48" s="160"/>
+      <c r="Q48" s="160"/>
+      <c r="R48" s="160"/>
+      <c r="S48" s="160"/>
+      <c r="T48" s="160"/>
+      <c r="U48" s="160"/>
+      <c r="V48" s="160"/>
+      <c r="W48" s="160"/>
+      <c r="X48" s="160"/>
+      <c r="Y48" s="160"/>
+      <c r="Z48" s="160"/>
+      <c r="AA48" s="160"/>
+      <c r="AB48" s="160"/>
+      <c r="AC48" s="160"/>
+      <c r="AD48" s="50"/>
+      <c r="AE48" s="50"/>
+      <c r="AF48" s="50"/>
+      <c r="AG48" s="50"/>
+      <c r="CF48" s="42"/>
+      <c r="CK48" s="91" t="s">
+        <v>22</v>
+      </c>
+      <c r="CL48" s="91"/>
+      <c r="CM48" s="91"/>
+      <c r="CN48" s="91"/>
+      <c r="CO48" s="91"/>
+      <c r="CP48" s="160"/>
+      <c r="CQ48" s="160"/>
+      <c r="CR48" s="160"/>
+      <c r="CS48" s="160"/>
+      <c r="CT48" s="160"/>
+      <c r="CU48" s="160"/>
+      <c r="CV48" s="160"/>
+      <c r="CW48" s="160"/>
+      <c r="CX48" s="160"/>
+      <c r="CY48" s="160"/>
+      <c r="CZ48" s="160"/>
+      <c r="DA48" s="160"/>
+      <c r="DB48" s="160"/>
+      <c r="DC48" s="160"/>
+      <c r="DD48" s="160"/>
+      <c r="DE48" s="160"/>
+      <c r="DF48" s="160"/>
+      <c r="DG48" s="160"/>
+      <c r="DH48" s="160"/>
+      <c r="DI48" s="50"/>
+      <c r="DJ48" s="50"/>
+      <c r="DK48" s="50"/>
+      <c r="DL48" s="50"/>
+      <c r="FK48" s="74"/>
     </row>
-    <row r="46" spans="1:167" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...7 lines deleted...]
-      <c r="F46" s="167" t="s">
+    <row r="49" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="35"/>
+      <c r="B49" s="34"/>
+      <c r="C49" s="34"/>
+      <c r="D49" s="34"/>
+      <c r="E49" s="34"/>
+      <c r="F49" s="161" t="s">
         <v>62</v>
       </c>
-      <c r="G46" s="167"/>
-[...85 lines deleted...]
-      <c r="CK46" s="115" t="s">
+      <c r="G49" s="161"/>
+      <c r="H49" s="161"/>
+      <c r="I49" s="161"/>
+      <c r="J49" s="161"/>
+      <c r="K49" s="161"/>
+      <c r="L49" s="161"/>
+      <c r="M49" s="161"/>
+      <c r="N49" s="161"/>
+      <c r="O49" s="161"/>
+      <c r="P49" s="161"/>
+      <c r="Q49" s="161"/>
+      <c r="R49" s="161"/>
+      <c r="S49" s="161"/>
+      <c r="T49" s="161"/>
+      <c r="U49" s="161"/>
+      <c r="V49" s="161"/>
+      <c r="W49" s="161"/>
+      <c r="X49" s="161"/>
+      <c r="Y49" s="161"/>
+      <c r="Z49" s="161"/>
+      <c r="AA49" s="161"/>
+      <c r="AB49" s="161"/>
+      <c r="AC49" s="161"/>
+      <c r="AD49" s="161"/>
+      <c r="AE49" s="161"/>
+      <c r="AF49" s="161"/>
+      <c r="AG49" s="161"/>
+      <c r="AH49" s="161"/>
+      <c r="AI49" s="161"/>
+      <c r="AJ49" s="161"/>
+      <c r="AK49" s="161"/>
+      <c r="AL49" s="161"/>
+      <c r="AM49" s="161"/>
+      <c r="AN49" s="161"/>
+      <c r="AO49" s="161"/>
+      <c r="AP49" s="161"/>
+      <c r="AQ49" s="161"/>
+      <c r="AR49" s="161"/>
+      <c r="AS49" s="161"/>
+      <c r="AT49" s="161"/>
+      <c r="AU49" s="161"/>
+      <c r="AV49" s="161"/>
+      <c r="AW49" s="161"/>
+      <c r="AX49" s="161"/>
+      <c r="AY49" s="161"/>
+      <c r="AZ49" s="161"/>
+      <c r="BA49" s="161"/>
+      <c r="BB49" s="161"/>
+      <c r="BC49" s="161"/>
+      <c r="BD49" s="161"/>
+      <c r="BE49" s="161"/>
+      <c r="BF49" s="161"/>
+      <c r="BG49" s="161"/>
+      <c r="BH49" s="161"/>
+      <c r="BI49" s="161"/>
+      <c r="BJ49" s="161"/>
+      <c r="BK49" s="161"/>
+      <c r="BL49" s="161"/>
+      <c r="BM49" s="161"/>
+      <c r="BN49" s="161"/>
+      <c r="BO49" s="161"/>
+      <c r="BP49" s="161"/>
+      <c r="BQ49" s="161"/>
+      <c r="BR49" s="161"/>
+      <c r="BS49" s="161"/>
+      <c r="BT49" s="161"/>
+      <c r="BU49" s="161"/>
+      <c r="BV49" s="161"/>
+      <c r="BW49" s="161"/>
+      <c r="BX49" s="161"/>
+      <c r="BY49" s="161"/>
+      <c r="BZ49" s="161"/>
+      <c r="CA49" s="161"/>
+      <c r="CB49" s="161"/>
+      <c r="CC49" s="161"/>
+      <c r="CD49" s="161"/>
+      <c r="CE49" s="34"/>
+      <c r="CF49" s="35"/>
+      <c r="CG49" s="34"/>
+      <c r="CH49" s="34"/>
+      <c r="CI49" s="34"/>
+      <c r="CJ49" s="34"/>
+      <c r="CK49" s="161" t="s">
         <v>62</v>
       </c>
-      <c r="CL46" s="116"/>
-[...78 lines deleted...]
-      <c r="FK46" s="99"/>
+      <c r="CL49" s="161"/>
+      <c r="CM49" s="161"/>
+      <c r="CN49" s="161"/>
+      <c r="CO49" s="161"/>
+      <c r="CP49" s="161"/>
+      <c r="CQ49" s="161"/>
+      <c r="CR49" s="161"/>
+      <c r="CS49" s="161"/>
+      <c r="CT49" s="161"/>
+      <c r="CU49" s="161"/>
+      <c r="CV49" s="161"/>
+      <c r="CW49" s="161"/>
+      <c r="CX49" s="161"/>
+      <c r="CY49" s="161"/>
+      <c r="CZ49" s="161"/>
+      <c r="DA49" s="161"/>
+      <c r="DB49" s="161"/>
+      <c r="DC49" s="161"/>
+      <c r="DD49" s="161"/>
+      <c r="DE49" s="161"/>
+      <c r="DF49" s="161"/>
+      <c r="DG49" s="161"/>
+      <c r="DH49" s="161"/>
+      <c r="DI49" s="161"/>
+      <c r="DJ49" s="161"/>
+      <c r="DK49" s="161"/>
+      <c r="DL49" s="161"/>
+      <c r="DM49" s="161"/>
+      <c r="DN49" s="161"/>
+      <c r="DO49" s="161"/>
+      <c r="DP49" s="161"/>
+      <c r="DQ49" s="161"/>
+      <c r="DR49" s="161"/>
+      <c r="DS49" s="161"/>
+      <c r="DT49" s="161"/>
+      <c r="DU49" s="161"/>
+      <c r="DV49" s="161"/>
+      <c r="DW49" s="161"/>
+      <c r="DX49" s="161"/>
+      <c r="DY49" s="161"/>
+      <c r="DZ49" s="161"/>
+      <c r="EA49" s="161"/>
+      <c r="EB49" s="161"/>
+      <c r="EC49" s="161"/>
+      <c r="ED49" s="161"/>
+      <c r="EE49" s="161"/>
+      <c r="EF49" s="161"/>
+      <c r="EG49" s="161"/>
+      <c r="EH49" s="161"/>
+      <c r="EI49" s="161"/>
+      <c r="EJ49" s="161"/>
+      <c r="EK49" s="161"/>
+      <c r="EL49" s="161"/>
+      <c r="EM49" s="161"/>
+      <c r="EN49" s="161"/>
+      <c r="EO49" s="161"/>
+      <c r="EP49" s="161"/>
+      <c r="EQ49" s="161"/>
+      <c r="ER49" s="161"/>
+      <c r="ES49" s="161"/>
+      <c r="ET49" s="161"/>
+      <c r="EU49" s="161"/>
+      <c r="EV49" s="161"/>
+      <c r="EW49" s="161"/>
+      <c r="EX49" s="161"/>
+      <c r="EY49" s="161"/>
+      <c r="EZ49" s="161"/>
+      <c r="FA49" s="161"/>
+      <c r="FB49" s="161"/>
+      <c r="FC49" s="161"/>
+      <c r="FD49" s="161"/>
+      <c r="FE49" s="161"/>
+      <c r="FF49" s="161"/>
+      <c r="FG49" s="161"/>
+      <c r="FH49" s="161"/>
+      <c r="FI49" s="161"/>
+      <c r="FJ49" s="161"/>
+      <c r="FK49" s="43"/>
     </row>
-    <row r="47" spans="1:167" s="34" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
-[...544 lines deleted...]
-      <c r="FK50" s="74"/>
+    <row r="50" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A50" s="35"/>
+      <c r="B50" s="34"/>
+      <c r="C50" s="34"/>
+      <c r="D50" s="34"/>
+      <c r="E50" s="34"/>
+      <c r="F50" s="155"/>
+      <c r="G50" s="155"/>
+      <c r="H50" s="155"/>
+      <c r="I50" s="155"/>
+      <c r="J50" s="155"/>
+      <c r="K50" s="155"/>
+      <c r="L50" s="155"/>
+      <c r="M50" s="155"/>
+      <c r="N50" s="155"/>
+      <c r="O50" s="155"/>
+      <c r="P50" s="155"/>
+      <c r="Q50" s="155"/>
+      <c r="R50" s="155"/>
+      <c r="S50" s="155"/>
+      <c r="T50" s="155"/>
+      <c r="U50" s="155"/>
+      <c r="V50" s="155"/>
+      <c r="AT50" s="34"/>
+      <c r="AU50" s="34"/>
+      <c r="AV50" s="34"/>
+      <c r="AW50" s="34"/>
+      <c r="AX50" s="34"/>
+      <c r="AY50" s="34"/>
+      <c r="AZ50" s="34"/>
+      <c r="BA50" s="34"/>
+      <c r="BB50" s="34"/>
+      <c r="BC50" s="34"/>
+      <c r="BD50" s="34"/>
+      <c r="BE50" s="34"/>
+      <c r="BF50" s="34"/>
+      <c r="BG50" s="34"/>
+      <c r="BH50" s="34"/>
+      <c r="BI50" s="34"/>
+      <c r="BJ50" s="34"/>
+      <c r="BK50" s="34"/>
+      <c r="BL50" s="34"/>
+      <c r="BM50" s="34"/>
+      <c r="BN50" s="34"/>
+      <c r="BO50" s="34"/>
+      <c r="BP50" s="34"/>
+      <c r="BQ50" s="34"/>
+      <c r="BR50" s="34"/>
+      <c r="BS50" s="34"/>
+      <c r="BT50" s="34"/>
+      <c r="BU50" s="34"/>
+      <c r="BV50" s="34"/>
+      <c r="BW50" s="34"/>
+      <c r="BX50" s="34"/>
+      <c r="BY50" s="34"/>
+      <c r="BZ50" s="34"/>
+      <c r="CA50" s="34"/>
+      <c r="CB50" s="34"/>
+      <c r="CC50" s="34"/>
+      <c r="CD50" s="34"/>
+      <c r="CE50" s="34"/>
+      <c r="CF50" s="35"/>
+      <c r="CG50" s="34"/>
+      <c r="CH50" s="34"/>
+      <c r="CI50" s="34"/>
+      <c r="CJ50" s="34"/>
+      <c r="CK50" s="155"/>
+      <c r="CL50" s="155"/>
+      <c r="CM50" s="155"/>
+      <c r="CN50" s="155"/>
+      <c r="CO50" s="155"/>
+      <c r="CP50" s="155"/>
+      <c r="CQ50" s="155"/>
+      <c r="CR50" s="155"/>
+      <c r="CS50" s="155"/>
+      <c r="CT50" s="155"/>
+      <c r="CU50" s="155"/>
+      <c r="CV50" s="155"/>
+      <c r="CW50" s="155"/>
+      <c r="CX50" s="155"/>
+      <c r="CY50" s="155"/>
+      <c r="CZ50" s="155"/>
+      <c r="DA50" s="155"/>
+      <c r="DY50" s="34"/>
+      <c r="DZ50" s="34"/>
+      <c r="EA50" s="34"/>
+      <c r="EB50" s="34"/>
+      <c r="EC50" s="34"/>
+      <c r="ED50" s="34"/>
+      <c r="EE50" s="34"/>
+      <c r="EF50" s="34"/>
+      <c r="EG50" s="34"/>
+      <c r="EH50" s="34"/>
+      <c r="EI50" s="34"/>
+      <c r="EJ50" s="34"/>
+      <c r="EK50" s="34"/>
+      <c r="EL50" s="34"/>
+      <c r="EM50" s="34"/>
+      <c r="EN50" s="34"/>
+      <c r="EO50" s="34"/>
+      <c r="EP50" s="34"/>
+      <c r="EQ50" s="34"/>
+      <c r="ER50" s="34"/>
+      <c r="ES50" s="34"/>
+      <c r="ET50" s="34"/>
+      <c r="EU50" s="34"/>
+      <c r="EV50" s="34"/>
+      <c r="EW50" s="34"/>
+      <c r="EX50" s="34"/>
+      <c r="EY50" s="34"/>
+      <c r="EZ50" s="34"/>
+      <c r="FA50" s="34"/>
+      <c r="FB50" s="34"/>
+      <c r="FC50" s="34"/>
+      <c r="FD50" s="34"/>
+      <c r="FE50" s="34"/>
+      <c r="FF50" s="34"/>
+      <c r="FG50" s="34"/>
+      <c r="FH50" s="34"/>
+      <c r="FI50" s="34"/>
+      <c r="FJ50" s="34"/>
+      <c r="FK50" s="43"/>
     </row>
     <row r="51" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="35"/>
       <c r="B51" s="34"/>
       <c r="C51" s="34"/>
       <c r="D51" s="34"/>
       <c r="E51" s="34"/>
-      <c r="F51" s="155" t="s">
-[...18 lines deleted...]
-      <c r="W51" s="155"/>
+      <c r="F51" s="91" t="s">
+        <v>24</v>
+      </c>
+      <c r="G51" s="91"/>
+      <c r="H51" s="91"/>
+      <c r="I51" s="91"/>
+      <c r="J51" s="91"/>
+      <c r="K51" s="91"/>
+      <c r="L51" s="91"/>
+      <c r="M51" s="91"/>
+      <c r="N51" s="91"/>
+      <c r="O51" s="91"/>
+      <c r="P51" s="91"/>
+      <c r="Q51" s="91"/>
+      <c r="R51" s="91"/>
+      <c r="S51" s="91"/>
+      <c r="T51" s="91"/>
+      <c r="U51" s="91"/>
+      <c r="V51" s="91"/>
+      <c r="W51" s="91"/>
       <c r="X51" s="155"/>
       <c r="Y51" s="155"/>
       <c r="Z51" s="155"/>
       <c r="AA51" s="155"/>
       <c r="AB51" s="155"/>
       <c r="AC51" s="155"/>
       <c r="AD51" s="155"/>
       <c r="AE51" s="155"/>
       <c r="AF51" s="155"/>
       <c r="AG51" s="155"/>
       <c r="AH51" s="155"/>
       <c r="AI51" s="155"/>
       <c r="AJ51" s="155"/>
       <c r="AK51" s="155"/>
       <c r="AL51" s="155"/>
       <c r="AM51" s="155"/>
       <c r="AN51" s="155"/>
       <c r="AO51" s="155"/>
-      <c r="AP51" s="155"/>
-[...39 lines deleted...]
-      <c r="CD51" s="155"/>
+      <c r="AP51" s="34"/>
+      <c r="BY51" s="34"/>
+      <c r="BZ51" s="34"/>
+      <c r="CA51" s="34"/>
+      <c r="CB51" s="34"/>
+      <c r="CC51" s="34"/>
+      <c r="CD51" s="34"/>
       <c r="CE51" s="34"/>
       <c r="CF51" s="35"/>
       <c r="CG51" s="34"/>
       <c r="CH51" s="34"/>
       <c r="CI51" s="34"/>
       <c r="CJ51" s="34"/>
-      <c r="CK51" s="155" t="s">
-[...18 lines deleted...]
-      <c r="DB51" s="155"/>
+      <c r="CK51" s="91" t="s">
+        <v>24</v>
+      </c>
+      <c r="CL51" s="91"/>
+      <c r="CM51" s="91"/>
+      <c r="CN51" s="91"/>
+      <c r="CO51" s="91"/>
+      <c r="CP51" s="91"/>
+      <c r="CQ51" s="91"/>
+      <c r="CR51" s="91"/>
+      <c r="CS51" s="91"/>
+      <c r="CT51" s="91"/>
+      <c r="CU51" s="91"/>
+      <c r="CV51" s="91"/>
+      <c r="CW51" s="91"/>
+      <c r="CX51" s="91"/>
+      <c r="CY51" s="91"/>
+      <c r="CZ51" s="91"/>
+      <c r="DA51" s="91"/>
+      <c r="DB51" s="91"/>
       <c r="DC51" s="155"/>
       <c r="DD51" s="155"/>
       <c r="DE51" s="155"/>
       <c r="DF51" s="155"/>
       <c r="DG51" s="155"/>
       <c r="DH51" s="155"/>
       <c r="DI51" s="155"/>
       <c r="DJ51" s="155"/>
       <c r="DK51" s="155"/>
       <c r="DL51" s="155"/>
       <c r="DM51" s="155"/>
       <c r="DN51" s="155"/>
       <c r="DO51" s="155"/>
       <c r="DP51" s="155"/>
       <c r="DQ51" s="155"/>
       <c r="DR51" s="155"/>
       <c r="DS51" s="155"/>
       <c r="DT51" s="155"/>
-      <c r="DU51" s="155"/>
-[...40 lines deleted...]
-      <c r="FJ51" s="155"/>
+      <c r="DU51" s="34"/>
+      <c r="FD51" s="34"/>
+      <c r="FE51" s="34"/>
+      <c r="FF51" s="34"/>
+      <c r="FG51" s="34"/>
+      <c r="FH51" s="34"/>
+      <c r="FI51" s="34"/>
+      <c r="FJ51" s="34"/>
       <c r="FK51" s="43"/>
     </row>
     <row r="52" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="35"/>
       <c r="B52" s="34"/>
       <c r="C52" s="34"/>
       <c r="D52" s="34"/>
       <c r="E52" s="34"/>
-      <c r="F52" s="126"/>
-[...20 lines deleted...]
-      <c r="AX52" s="34"/>
+      <c r="F52" s="91" t="s">
+        <v>25</v>
+      </c>
+      <c r="G52" s="91"/>
+      <c r="H52" s="91"/>
+      <c r="I52" s="91"/>
+      <c r="J52" s="91"/>
+      <c r="K52" s="91"/>
+      <c r="L52" s="91"/>
+      <c r="M52" s="91"/>
+      <c r="N52" s="91"/>
+      <c r="O52" s="91"/>
+      <c r="P52" s="91"/>
+      <c r="Q52" s="156"/>
+      <c r="R52" s="156"/>
+      <c r="S52" s="156"/>
+      <c r="T52" s="156"/>
+      <c r="U52" s="156"/>
+      <c r="V52" s="156"/>
+      <c r="W52" s="156"/>
+      <c r="X52" s="156"/>
+      <c r="Y52" s="156"/>
+      <c r="Z52" s="156"/>
+      <c r="AA52" s="156"/>
+      <c r="AB52" s="156"/>
+      <c r="AC52" s="156"/>
+      <c r="AD52" s="156"/>
+      <c r="AE52" s="156"/>
+      <c r="AF52" s="156"/>
+      <c r="AG52" s="58"/>
       <c r="AY52" s="34"/>
       <c r="AZ52" s="34"/>
       <c r="BA52" s="34"/>
       <c r="BB52" s="34"/>
       <c r="BC52" s="34"/>
       <c r="BD52" s="34"/>
       <c r="BE52" s="34"/>
       <c r="BF52" s="34"/>
       <c r="BG52" s="34"/>
       <c r="BH52" s="34"/>
       <c r="BI52" s="34"/>
       <c r="BJ52" s="34"/>
       <c r="BK52" s="34"/>
       <c r="BL52" s="34"/>
       <c r="BM52" s="34"/>
       <c r="BN52" s="34"/>
       <c r="BO52" s="34"/>
       <c r="BP52" s="34"/>
       <c r="BQ52" s="34"/>
       <c r="BR52" s="34"/>
       <c r="BS52" s="34"/>
       <c r="BT52" s="34"/>
       <c r="BU52" s="34"/>
       <c r="BV52" s="34"/>
       <c r="BW52" s="34"/>
       <c r="BX52" s="34"/>
       <c r="BY52" s="34"/>
       <c r="BZ52" s="34"/>
       <c r="CA52" s="34"/>
       <c r="CB52" s="34"/>
       <c r="CC52" s="34"/>
       <c r="CD52" s="34"/>
       <c r="CE52" s="34"/>
       <c r="CF52" s="35"/>
       <c r="CG52" s="34"/>
       <c r="CH52" s="34"/>
       <c r="CI52" s="34"/>
       <c r="CJ52" s="34"/>
-      <c r="CK52" s="126"/>
-[...20 lines deleted...]
-      <c r="EC52" s="34"/>
+      <c r="CK52" s="91" t="s">
+        <v>25</v>
+      </c>
+      <c r="CL52" s="91"/>
+      <c r="CM52" s="91"/>
+      <c r="CN52" s="91"/>
+      <c r="CO52" s="91"/>
+      <c r="CP52" s="91"/>
+      <c r="CQ52" s="91"/>
+      <c r="CR52" s="91"/>
+      <c r="CS52" s="91"/>
+      <c r="CT52" s="91"/>
+      <c r="CU52" s="91"/>
+      <c r="CV52" s="156"/>
+      <c r="CW52" s="156"/>
+      <c r="CX52" s="156"/>
+      <c r="CY52" s="156"/>
+      <c r="CZ52" s="156"/>
+      <c r="DA52" s="156"/>
+      <c r="DB52" s="156"/>
+      <c r="DC52" s="156"/>
+      <c r="DD52" s="156"/>
+      <c r="DE52" s="156"/>
+      <c r="DF52" s="156"/>
+      <c r="DG52" s="156"/>
+      <c r="DH52" s="156"/>
+      <c r="DI52" s="156"/>
+      <c r="DJ52" s="156"/>
+      <c r="DK52" s="156"/>
+      <c r="DL52" s="58"/>
       <c r="ED52" s="34"/>
       <c r="EE52" s="34"/>
       <c r="EF52" s="34"/>
       <c r="EG52" s="34"/>
       <c r="EH52" s="34"/>
       <c r="EI52" s="34"/>
       <c r="EJ52" s="34"/>
       <c r="EK52" s="34"/>
       <c r="EL52" s="34"/>
       <c r="EM52" s="34"/>
       <c r="EN52" s="34"/>
       <c r="EO52" s="34"/>
       <c r="EP52" s="34"/>
       <c r="EQ52" s="34"/>
       <c r="ER52" s="34"/>
       <c r="ES52" s="34"/>
       <c r="ET52" s="34"/>
       <c r="EU52" s="34"/>
       <c r="EV52" s="34"/>
       <c r="EW52" s="34"/>
       <c r="EX52" s="34"/>
       <c r="EY52" s="34"/>
       <c r="EZ52" s="34"/>
       <c r="FA52" s="34"/>
       <c r="FB52" s="34"/>
       <c r="FC52" s="34"/>
       <c r="FD52" s="34"/>
       <c r="FE52" s="34"/>
       <c r="FF52" s="34"/>
       <c r="FG52" s="34"/>
       <c r="FH52" s="34"/>
       <c r="FI52" s="34"/>
       <c r="FJ52" s="34"/>
       <c r="FK52" s="43"/>
     </row>
     <row r="53" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="35"/>
       <c r="B53" s="34"/>
       <c r="C53" s="34"/>
       <c r="D53" s="34"/>
       <c r="E53" s="34"/>
-      <c r="F53" s="148" t="s">
-[...37 lines deleted...]
-      <c r="AP53" s="34"/>
+      <c r="F53" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="G53" s="91"/>
+      <c r="H53" s="91"/>
+      <c r="I53" s="91"/>
+      <c r="J53" s="91"/>
+      <c r="K53" s="91"/>
+      <c r="L53" s="91"/>
+      <c r="M53" s="91"/>
+      <c r="N53" s="91"/>
+      <c r="O53" s="91"/>
+      <c r="P53" s="91"/>
+      <c r="Q53" s="91"/>
+      <c r="R53" s="91"/>
+      <c r="S53" s="91"/>
+      <c r="T53" s="91"/>
+      <c r="U53" s="91"/>
+      <c r="V53" s="91"/>
+      <c r="W53" s="91"/>
+      <c r="X53" s="91"/>
+      <c r="Y53" s="91"/>
+      <c r="Z53" s="91"/>
+      <c r="AA53" s="91"/>
+      <c r="AB53" s="91"/>
+      <c r="AC53" s="91"/>
+      <c r="AD53" s="91"/>
+      <c r="AE53" s="91"/>
+      <c r="AF53" s="91"/>
+      <c r="AG53" s="91"/>
+      <c r="AH53" s="155"/>
+      <c r="AI53" s="155"/>
+      <c r="AJ53" s="155"/>
+      <c r="AK53" s="155"/>
+      <c r="AL53" s="155"/>
+      <c r="AM53" s="155"/>
+      <c r="AN53" s="155"/>
+      <c r="AO53" s="155"/>
+      <c r="AP53" s="155"/>
+      <c r="AQ53" s="155"/>
+      <c r="AR53" s="155"/>
+      <c r="AS53" s="155"/>
+      <c r="AT53" s="155"/>
+      <c r="AU53" s="155"/>
+      <c r="AV53" s="155"/>
+      <c r="AW53" s="155"/>
+      <c r="AX53" s="155"/>
+      <c r="AY53" s="155"/>
+      <c r="AZ53" s="34"/>
+      <c r="BA53" s="34"/>
+      <c r="BB53" s="34"/>
+      <c r="BC53" s="34"/>
+      <c r="BD53" s="34"/>
+      <c r="BE53" s="34"/>
+      <c r="BF53" s="34"/>
+      <c r="BG53" s="34"/>
+      <c r="BH53" s="34"/>
+      <c r="BI53" s="34"/>
+      <c r="BJ53" s="34"/>
+      <c r="BK53" s="34"/>
+      <c r="BL53" s="34"/>
+      <c r="BM53" s="34"/>
+      <c r="BN53" s="34"/>
+      <c r="BO53" s="34"/>
+      <c r="BP53" s="34"/>
+      <c r="BQ53" s="34"/>
+      <c r="BR53" s="34"/>
+      <c r="BS53" s="34"/>
+      <c r="BT53" s="34"/>
+      <c r="BU53" s="34"/>
+      <c r="BV53" s="34"/>
+      <c r="BW53" s="34"/>
+      <c r="BX53" s="34"/>
       <c r="BY53" s="34"/>
       <c r="BZ53" s="34"/>
       <c r="CA53" s="34"/>
       <c r="CB53" s="34"/>
       <c r="CC53" s="34"/>
       <c r="CD53" s="34"/>
       <c r="CE53" s="34"/>
       <c r="CF53" s="35"/>
       <c r="CG53" s="34"/>
       <c r="CH53" s="34"/>
       <c r="CI53" s="34"/>
       <c r="CJ53" s="34"/>
-      <c r="CK53" s="148" t="s">
-[...37 lines deleted...]
-      <c r="DU53" s="34"/>
+      <c r="CK53" s="91" t="s">
+        <v>26</v>
+      </c>
+      <c r="CL53" s="91"/>
+      <c r="CM53" s="91"/>
+      <c r="CN53" s="91"/>
+      <c r="CO53" s="91"/>
+      <c r="CP53" s="91"/>
+      <c r="CQ53" s="91"/>
+      <c r="CR53" s="91"/>
+      <c r="CS53" s="91"/>
+      <c r="CT53" s="91"/>
+      <c r="CU53" s="91"/>
+      <c r="CV53" s="91"/>
+      <c r="CW53" s="91"/>
+      <c r="CX53" s="91"/>
+      <c r="CY53" s="91"/>
+      <c r="CZ53" s="91"/>
+      <c r="DA53" s="91"/>
+      <c r="DB53" s="91"/>
+      <c r="DC53" s="91"/>
+      <c r="DD53" s="91"/>
+      <c r="DE53" s="91"/>
+      <c r="DF53" s="91"/>
+      <c r="DG53" s="91"/>
+      <c r="DH53" s="91"/>
+      <c r="DI53" s="91"/>
+      <c r="DJ53" s="91"/>
+      <c r="DK53" s="91"/>
+      <c r="DL53" s="91"/>
+      <c r="DM53" s="155"/>
+      <c r="DN53" s="155"/>
+      <c r="DO53" s="155"/>
+      <c r="DP53" s="155"/>
+      <c r="DQ53" s="155"/>
+      <c r="DR53" s="155"/>
+      <c r="DS53" s="155"/>
+      <c r="DT53" s="155"/>
+      <c r="DU53" s="155"/>
+      <c r="DV53" s="155"/>
+      <c r="DW53" s="155"/>
+      <c r="DX53" s="155"/>
+      <c r="DY53" s="155"/>
+      <c r="DZ53" s="155"/>
+      <c r="EA53" s="155"/>
+      <c r="EB53" s="155"/>
+      <c r="EC53" s="155"/>
+      <c r="ED53" s="155"/>
+      <c r="EE53" s="34"/>
+      <c r="EF53" s="34"/>
+      <c r="EG53" s="34"/>
+      <c r="EH53" s="34"/>
+      <c r="EI53" s="34"/>
+      <c r="EJ53" s="34"/>
+      <c r="EK53" s="34"/>
+      <c r="EL53" s="34"/>
+      <c r="EM53" s="34"/>
+      <c r="EN53" s="34"/>
+      <c r="EO53" s="34"/>
+      <c r="EP53" s="34"/>
+      <c r="EQ53" s="34"/>
+      <c r="ER53" s="34"/>
+      <c r="ES53" s="34"/>
+      <c r="ET53" s="34"/>
+      <c r="EU53" s="34"/>
+      <c r="EV53" s="34"/>
+      <c r="EW53" s="34"/>
+      <c r="EX53" s="34"/>
+      <c r="EY53" s="34"/>
+      <c r="EZ53" s="34"/>
+      <c r="FA53" s="34"/>
+      <c r="FB53" s="34"/>
+      <c r="FC53" s="34"/>
       <c r="FD53" s="34"/>
       <c r="FE53" s="34"/>
       <c r="FF53" s="34"/>
       <c r="FG53" s="34"/>
       <c r="FH53" s="34"/>
       <c r="FI53" s="34"/>
       <c r="FJ53" s="34"/>
       <c r="FK53" s="43"/>
     </row>
     <row r="54" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="35"/>
       <c r="B54" s="34"/>
       <c r="C54" s="34"/>
       <c r="D54" s="34"/>
       <c r="E54" s="34"/>
-      <c r="F54" s="148" t="s">
-[...50 lines deleted...]
-      <c r="BT54" s="34"/>
+      <c r="F54" s="91" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54" s="91"/>
+      <c r="H54" s="91"/>
+      <c r="I54" s="91"/>
+      <c r="J54" s="91"/>
+      <c r="K54" s="91"/>
+      <c r="L54" s="91"/>
+      <c r="M54" s="91"/>
+      <c r="N54" s="91"/>
+      <c r="O54" s="91"/>
+      <c r="P54" s="91"/>
+      <c r="Q54" s="91"/>
+      <c r="R54" s="91"/>
+      <c r="S54" s="91"/>
+      <c r="T54" s="91"/>
+      <c r="U54" s="91"/>
+      <c r="V54" s="91"/>
+      <c r="W54" s="91"/>
+      <c r="X54" s="91"/>
+      <c r="Y54" s="91"/>
+      <c r="Z54" s="91"/>
+      <c r="AA54" s="91"/>
+      <c r="AB54" s="91"/>
+      <c r="AC54" s="91"/>
+      <c r="AD54" s="91"/>
+      <c r="AE54" s="91"/>
+      <c r="AF54" s="91"/>
+      <c r="AG54" s="91"/>
+      <c r="AH54" s="91"/>
+      <c r="AI54" s="91"/>
+      <c r="AJ54" s="91"/>
+      <c r="AK54" s="91"/>
+      <c r="AL54" s="91"/>
+      <c r="AM54" s="157"/>
+      <c r="AN54" s="157"/>
+      <c r="AO54" s="157"/>
+      <c r="AP54" s="157"/>
+      <c r="AQ54" s="157"/>
+      <c r="AR54" s="157"/>
+      <c r="AS54" s="157"/>
+      <c r="AT54" s="157"/>
+      <c r="AU54" s="157"/>
+      <c r="AV54" s="157"/>
+      <c r="AW54" s="157"/>
+      <c r="AX54" s="157"/>
+      <c r="AY54" s="157"/>
+      <c r="AZ54" s="157"/>
+      <c r="BA54" s="157"/>
+      <c r="BB54" s="157"/>
+      <c r="BC54" s="157"/>
+      <c r="BD54" s="157"/>
+      <c r="BE54" s="73"/>
+      <c r="BF54" s="73"/>
+      <c r="BG54" s="73"/>
+      <c r="BH54" s="73"/>
+      <c r="BI54" s="73"/>
+      <c r="BJ54" s="73"/>
+      <c r="BK54" s="73"/>
+      <c r="BL54" s="73"/>
+      <c r="BM54" s="73"/>
+      <c r="BN54" s="73"/>
+      <c r="BO54" s="73"/>
+      <c r="BP54" s="73"/>
+      <c r="BQ54" s="73"/>
+      <c r="BR54" s="73"/>
+      <c r="BS54" s="73"/>
+      <c r="BT54" s="73"/>
       <c r="BU54" s="34"/>
       <c r="BV54" s="34"/>
       <c r="BW54" s="34"/>
       <c r="BX54" s="34"/>
       <c r="BY54" s="34"/>
       <c r="BZ54" s="34"/>
       <c r="CA54" s="34"/>
       <c r="CB54" s="34"/>
       <c r="CC54" s="34"/>
       <c r="CD54" s="34"/>
       <c r="CE54" s="34"/>
       <c r="CF54" s="35"/>
       <c r="CG54" s="34"/>
       <c r="CH54" s="34"/>
       <c r="CI54" s="34"/>
       <c r="CJ54" s="34"/>
-      <c r="CK54" s="148" t="s">
-[...50 lines deleted...]
-      <c r="EY54" s="34"/>
+      <c r="CK54" s="91" t="s">
+        <v>27</v>
+      </c>
+      <c r="CL54" s="91"/>
+      <c r="CM54" s="91"/>
+      <c r="CN54" s="91"/>
+      <c r="CO54" s="91"/>
+      <c r="CP54" s="91"/>
+      <c r="CQ54" s="91"/>
+      <c r="CR54" s="91"/>
+      <c r="CS54" s="91"/>
+      <c r="CT54" s="91"/>
+      <c r="CU54" s="91"/>
+      <c r="CV54" s="91"/>
+      <c r="CW54" s="91"/>
+      <c r="CX54" s="91"/>
+      <c r="CY54" s="91"/>
+      <c r="CZ54" s="91"/>
+      <c r="DA54" s="91"/>
+      <c r="DB54" s="91"/>
+      <c r="DC54" s="91"/>
+      <c r="DD54" s="91"/>
+      <c r="DE54" s="91"/>
+      <c r="DF54" s="91"/>
+      <c r="DG54" s="91"/>
+      <c r="DH54" s="91"/>
+      <c r="DI54" s="91"/>
+      <c r="DJ54" s="91"/>
+      <c r="DK54" s="91"/>
+      <c r="DL54" s="91"/>
+      <c r="DM54" s="91"/>
+      <c r="DN54" s="91"/>
+      <c r="DO54" s="91"/>
+      <c r="DP54" s="91"/>
+      <c r="DQ54" s="91"/>
+      <c r="DR54" s="157"/>
+      <c r="DS54" s="157"/>
+      <c r="DT54" s="157"/>
+      <c r="DU54" s="157"/>
+      <c r="DV54" s="157"/>
+      <c r="DW54" s="157"/>
+      <c r="DX54" s="157"/>
+      <c r="DY54" s="157"/>
+      <c r="DZ54" s="157"/>
+      <c r="EA54" s="157"/>
+      <c r="EB54" s="157"/>
+      <c r="EC54" s="157"/>
+      <c r="ED54" s="157"/>
+      <c r="EE54" s="157"/>
+      <c r="EF54" s="157"/>
+      <c r="EG54" s="157"/>
+      <c r="EH54" s="157"/>
+      <c r="EI54" s="157"/>
+      <c r="EJ54" s="73"/>
+      <c r="EK54" s="73"/>
+      <c r="EL54" s="73"/>
+      <c r="EM54" s="73"/>
+      <c r="EN54" s="73"/>
+      <c r="EO54" s="73"/>
+      <c r="EP54" s="73"/>
+      <c r="EQ54" s="73"/>
+      <c r="ER54" s="73"/>
+      <c r="ES54" s="73"/>
+      <c r="ET54" s="73"/>
+      <c r="EU54" s="73"/>
+      <c r="EV54" s="73"/>
+      <c r="EW54" s="73"/>
+      <c r="EX54" s="73"/>
+      <c r="EY54" s="73"/>
       <c r="EZ54" s="34"/>
       <c r="FA54" s="34"/>
       <c r="FB54" s="34"/>
       <c r="FC54" s="34"/>
       <c r="FD54" s="34"/>
       <c r="FE54" s="34"/>
       <c r="FF54" s="34"/>
       <c r="FG54" s="34"/>
       <c r="FH54" s="34"/>
       <c r="FI54" s="34"/>
       <c r="FJ54" s="34"/>
       <c r="FK54" s="43"/>
     </row>
-    <row r="55" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK55" s="43"/>
+    <row r="55" spans="1:167" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A55" s="44"/>
+      <c r="B55" s="45"/>
+      <c r="C55" s="45"/>
+      <c r="D55" s="45"/>
+      <c r="E55" s="45"/>
+      <c r="F55" s="45"/>
+      <c r="G55" s="45"/>
+      <c r="H55" s="45"/>
+      <c r="I55" s="45"/>
+      <c r="J55" s="45"/>
+      <c r="K55" s="45"/>
+      <c r="L55" s="45"/>
+      <c r="M55" s="45"/>
+      <c r="N55" s="45"/>
+      <c r="O55" s="45"/>
+      <c r="P55" s="45"/>
+      <c r="Q55" s="45"/>
+      <c r="R55" s="45"/>
+      <c r="S55" s="45"/>
+      <c r="T55" s="45"/>
+      <c r="U55" s="45"/>
+      <c r="V55" s="45"/>
+      <c r="W55" s="45"/>
+      <c r="X55" s="45"/>
+      <c r="Y55" s="45"/>
+      <c r="Z55" s="45"/>
+      <c r="AA55" s="45"/>
+      <c r="AB55" s="45"/>
+      <c r="AC55" s="45"/>
+      <c r="AD55" s="45"/>
+      <c r="AE55" s="45"/>
+      <c r="AF55" s="45"/>
+      <c r="AG55" s="45"/>
+      <c r="AH55" s="45"/>
+      <c r="AI55" s="45"/>
+      <c r="AJ55" s="45"/>
+      <c r="AK55" s="45"/>
+      <c r="AL55" s="45"/>
+      <c r="AM55" s="45"/>
+      <c r="AN55" s="45"/>
+      <c r="AO55" s="45"/>
+      <c r="AP55" s="45"/>
+      <c r="AQ55" s="45"/>
+      <c r="AR55" s="45"/>
+      <c r="AS55" s="45"/>
+      <c r="AT55" s="45"/>
+      <c r="AU55" s="45"/>
+      <c r="AV55" s="45"/>
+      <c r="AW55" s="45"/>
+      <c r="AX55" s="45"/>
+      <c r="AY55" s="45"/>
+      <c r="AZ55" s="45"/>
+      <c r="BA55" s="45"/>
+      <c r="BB55" s="45"/>
+      <c r="BC55" s="45"/>
+      <c r="BD55" s="45"/>
+      <c r="BE55" s="45"/>
+      <c r="BF55" s="45"/>
+      <c r="BG55" s="45"/>
+      <c r="BH55" s="45"/>
+      <c r="BI55" s="45"/>
+      <c r="BJ55" s="45"/>
+      <c r="BK55" s="45"/>
+      <c r="BL55" s="45"/>
+      <c r="BM55" s="45"/>
+      <c r="BN55" s="45"/>
+      <c r="BO55" s="45"/>
+      <c r="BP55" s="45"/>
+      <c r="BQ55" s="45"/>
+      <c r="BR55" s="45"/>
+      <c r="BS55" s="45"/>
+      <c r="BT55" s="45"/>
+      <c r="BU55" s="45"/>
+      <c r="BV55" s="45"/>
+      <c r="BW55" s="45"/>
+      <c r="BX55" s="45"/>
+      <c r="BY55" s="45"/>
+      <c r="BZ55" s="45"/>
+      <c r="CA55" s="45"/>
+      <c r="CB55" s="45"/>
+      <c r="CC55" s="45"/>
+      <c r="CD55" s="45"/>
+      <c r="CE55" s="45"/>
+      <c r="CF55" s="44"/>
+      <c r="CG55" s="45"/>
+      <c r="CH55" s="45"/>
+      <c r="CI55" s="45"/>
+      <c r="CJ55" s="45"/>
+      <c r="CK55" s="45"/>
+      <c r="CL55" s="45"/>
+      <c r="CM55" s="45"/>
+      <c r="CN55" s="45"/>
+      <c r="CO55" s="45"/>
+      <c r="CP55" s="45"/>
+      <c r="CQ55" s="45"/>
+      <c r="CR55" s="45"/>
+      <c r="CS55" s="45"/>
+      <c r="CT55" s="45"/>
+      <c r="CU55" s="45"/>
+      <c r="CV55" s="45"/>
+      <c r="CW55" s="45"/>
+      <c r="CX55" s="45"/>
+      <c r="CY55" s="45"/>
+      <c r="CZ55" s="45"/>
+      <c r="DA55" s="45"/>
+      <c r="DB55" s="45"/>
+      <c r="DC55" s="45"/>
+      <c r="DD55" s="45"/>
+      <c r="DE55" s="45"/>
+      <c r="DF55" s="45"/>
+      <c r="DG55" s="45"/>
+      <c r="DH55" s="45"/>
+      <c r="DI55" s="45"/>
+      <c r="DJ55" s="45"/>
+      <c r="DK55" s="45"/>
+      <c r="DL55" s="45"/>
+      <c r="DM55" s="45"/>
+      <c r="DN55" s="45"/>
+      <c r="DO55" s="45"/>
+      <c r="DP55" s="45"/>
+      <c r="DQ55" s="45"/>
+      <c r="DR55" s="45"/>
+      <c r="DS55" s="45"/>
+      <c r="DT55" s="45"/>
+      <c r="DU55" s="45"/>
+      <c r="DV55" s="45"/>
+      <c r="DW55" s="45"/>
+      <c r="DX55" s="45"/>
+      <c r="DY55" s="45"/>
+      <c r="DZ55" s="45"/>
+      <c r="EA55" s="45"/>
+      <c r="EB55" s="45"/>
+      <c r="EC55" s="45"/>
+      <c r="ED55" s="45"/>
+      <c r="EE55" s="45"/>
+      <c r="EF55" s="45"/>
+      <c r="EG55" s="45"/>
+      <c r="EH55" s="45"/>
+      <c r="EI55" s="45"/>
+      <c r="EJ55" s="45"/>
+      <c r="EK55" s="45"/>
+      <c r="EL55" s="45"/>
+      <c r="EM55" s="45"/>
+      <c r="EN55" s="45"/>
+      <c r="EO55" s="45"/>
+      <c r="EP55" s="45"/>
+      <c r="EQ55" s="45"/>
+      <c r="ER55" s="45"/>
+      <c r="ES55" s="45"/>
+      <c r="ET55" s="45"/>
+      <c r="EU55" s="45"/>
+      <c r="EV55" s="45"/>
+      <c r="EW55" s="45"/>
+      <c r="EX55" s="45"/>
+      <c r="EY55" s="45"/>
+      <c r="EZ55" s="45"/>
+      <c r="FA55" s="45"/>
+      <c r="FB55" s="45"/>
+      <c r="FC55" s="45"/>
+      <c r="FD55" s="45"/>
+      <c r="FE55" s="45"/>
+      <c r="FF55" s="45"/>
+      <c r="FG55" s="45"/>
+      <c r="FH55" s="45"/>
+      <c r="FI55" s="45"/>
+      <c r="FJ55" s="45"/>
+      <c r="FK55" s="46"/>
     </row>
-    <row r="56" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F56" s="148" t="s">
+    <row r="56" spans="1:167" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A56" s="47"/>
+      <c r="BD56" s="49"/>
+      <c r="CE56" s="48"/>
+      <c r="CF56" s="47"/>
+      <c r="FJ56" s="49"/>
+      <c r="FK56" s="48"/>
+    </row>
+    <row r="57" spans="1:167" s="33" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A57" s="35"/>
+      <c r="F57" s="154" t="s">
         <v>28</v>
       </c>
-      <c r="G56" s="148"/>
-[...81 lines deleted...]
-      <c r="CK56" s="148" t="s">
+      <c r="G57" s="154"/>
+      <c r="H57" s="154"/>
+      <c r="I57" s="154"/>
+      <c r="J57" s="154"/>
+      <c r="K57" s="154"/>
+      <c r="L57" s="154"/>
+      <c r="M57" s="154"/>
+      <c r="N57" s="154"/>
+      <c r="O57" s="154"/>
+      <c r="P57" s="154"/>
+      <c r="Q57" s="154"/>
+      <c r="R57" s="154"/>
+      <c r="S57" s="154"/>
+      <c r="T57" s="154"/>
+      <c r="U57" s="154"/>
+      <c r="V57" s="154"/>
+      <c r="W57" s="154"/>
+      <c r="X57" s="154"/>
+      <c r="Y57" s="154"/>
+      <c r="Z57" s="154"/>
+      <c r="AA57" s="154"/>
+      <c r="AB57" s="154"/>
+      <c r="AC57" s="154"/>
+      <c r="AD57" s="154"/>
+      <c r="AE57" s="154"/>
+      <c r="AF57" s="154"/>
+      <c r="AG57" s="154"/>
+      <c r="AH57" s="154"/>
+      <c r="AI57" s="154"/>
+      <c r="AJ57" s="154"/>
+      <c r="AK57" s="154"/>
+      <c r="AL57" s="154"/>
+      <c r="AM57" s="154"/>
+      <c r="AN57" s="154"/>
+      <c r="AO57" s="154"/>
+      <c r="AP57" s="154"/>
+      <c r="AQ57" s="154"/>
+      <c r="AR57" s="154"/>
+      <c r="AS57" s="154"/>
+      <c r="AT57" s="154"/>
+      <c r="AU57" s="154"/>
+      <c r="AV57" s="154"/>
+      <c r="AW57" s="154"/>
+      <c r="AX57" s="154"/>
+      <c r="AY57" s="154"/>
+      <c r="AZ57" s="154"/>
+      <c r="BA57" s="154"/>
+      <c r="BB57" s="154"/>
+      <c r="BC57" s="154"/>
+      <c r="BD57" s="155"/>
+      <c r="BE57" s="155"/>
+      <c r="BF57" s="155"/>
+      <c r="BG57" s="155"/>
+      <c r="BH57" s="155"/>
+      <c r="BI57" s="155"/>
+      <c r="BJ57" s="155"/>
+      <c r="BK57" s="155"/>
+      <c r="BL57" s="155"/>
+      <c r="BM57" s="155"/>
+      <c r="BN57" s="155"/>
+      <c r="BO57" s="155"/>
+      <c r="BP57" s="155"/>
+      <c r="BQ57" s="155"/>
+      <c r="BR57" s="155"/>
+      <c r="BS57" s="155"/>
+      <c r="BT57" s="155"/>
+      <c r="BU57" s="155"/>
+      <c r="BV57" s="155"/>
+      <c r="BW57" s="155"/>
+      <c r="BX57" s="73"/>
+      <c r="BY57" s="73"/>
+      <c r="BZ57" s="73"/>
+      <c r="CA57" s="34"/>
+      <c r="CB57" s="34"/>
+      <c r="CC57" s="34"/>
+      <c r="CE57" s="43"/>
+      <c r="CF57" s="35"/>
+      <c r="CK57" s="154" t="s">
         <v>28</v>
       </c>
-      <c r="CL56" s="148"/>
-[...245 lines deleted...]
-      <c r="FK57" s="46"/>
+      <c r="CL57" s="154"/>
+      <c r="CM57" s="154"/>
+      <c r="CN57" s="154"/>
+      <c r="CO57" s="154"/>
+      <c r="CP57" s="154"/>
+      <c r="CQ57" s="154"/>
+      <c r="CR57" s="154"/>
+      <c r="CS57" s="154"/>
+      <c r="CT57" s="154"/>
+      <c r="CU57" s="154"/>
+      <c r="CV57" s="154"/>
+      <c r="CW57" s="154"/>
+      <c r="CX57" s="154"/>
+      <c r="CY57" s="154"/>
+      <c r="CZ57" s="154"/>
+      <c r="DA57" s="154"/>
+      <c r="DB57" s="154"/>
+      <c r="DC57" s="154"/>
+      <c r="DD57" s="154"/>
+      <c r="DE57" s="154"/>
+      <c r="DF57" s="154"/>
+      <c r="DG57" s="154"/>
+      <c r="DH57" s="154"/>
+      <c r="DI57" s="154"/>
+      <c r="DJ57" s="154"/>
+      <c r="DK57" s="154"/>
+      <c r="DL57" s="154"/>
+      <c r="DM57" s="154"/>
+      <c r="DN57" s="154"/>
+      <c r="DO57" s="154"/>
+      <c r="DP57" s="154"/>
+      <c r="DQ57" s="154"/>
+      <c r="DR57" s="154"/>
+      <c r="DS57" s="154"/>
+      <c r="DT57" s="154"/>
+      <c r="DU57" s="154"/>
+      <c r="DV57" s="154"/>
+      <c r="DW57" s="154"/>
+      <c r="DX57" s="154"/>
+      <c r="DY57" s="154"/>
+      <c r="DZ57" s="154"/>
+      <c r="EA57" s="154"/>
+      <c r="EB57" s="154"/>
+      <c r="EC57" s="154"/>
+      <c r="ED57" s="154"/>
+      <c r="EE57" s="154"/>
+      <c r="EF57" s="154"/>
+      <c r="EG57" s="154"/>
+      <c r="EH57" s="154"/>
+      <c r="EI57" s="155"/>
+      <c r="EJ57" s="155"/>
+      <c r="EK57" s="155"/>
+      <c r="EL57" s="155"/>
+      <c r="EM57" s="155"/>
+      <c r="EN57" s="155"/>
+      <c r="EO57" s="155"/>
+      <c r="EP57" s="155"/>
+      <c r="EQ57" s="155"/>
+      <c r="ER57" s="155"/>
+      <c r="ES57" s="155"/>
+      <c r="ET57" s="155"/>
+      <c r="EU57" s="155"/>
+      <c r="EV57" s="155"/>
+      <c r="EW57" s="155"/>
+      <c r="EX57" s="155"/>
+      <c r="EY57" s="155"/>
+      <c r="EZ57" s="155"/>
+      <c r="FA57" s="155"/>
+      <c r="FB57" s="155"/>
+      <c r="FC57" s="73"/>
+      <c r="FD57" s="73"/>
+      <c r="FE57" s="73"/>
+      <c r="FF57" s="34"/>
+      <c r="FG57" s="34"/>
+      <c r="FJ57" s="34"/>
+      <c r="FK57" s="43"/>
     </row>
     <row r="58" spans="1:167" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="47"/>
-[...4 lines deleted...]
-      <c r="FK58" s="48"/>
+      <c r="A58" s="44"/>
+      <c r="B58" s="45"/>
+      <c r="C58" s="45"/>
+      <c r="D58" s="45"/>
+      <c r="E58" s="45"/>
+      <c r="F58" s="45"/>
+      <c r="G58" s="45"/>
+      <c r="H58" s="45"/>
+      <c r="I58" s="45"/>
+      <c r="J58" s="45"/>
+      <c r="K58" s="45"/>
+      <c r="L58" s="45"/>
+      <c r="M58" s="45"/>
+      <c r="N58" s="45"/>
+      <c r="O58" s="45"/>
+      <c r="P58" s="45"/>
+      <c r="Q58" s="45"/>
+      <c r="R58" s="45"/>
+      <c r="S58" s="45"/>
+      <c r="T58" s="45"/>
+      <c r="U58" s="45"/>
+      <c r="V58" s="45"/>
+      <c r="W58" s="45"/>
+      <c r="X58" s="45"/>
+      <c r="Y58" s="45"/>
+      <c r="Z58" s="45"/>
+      <c r="AA58" s="45"/>
+      <c r="AB58" s="45"/>
+      <c r="AC58" s="45"/>
+      <c r="AD58" s="45"/>
+      <c r="AE58" s="45"/>
+      <c r="AF58" s="45"/>
+      <c r="AG58" s="45"/>
+      <c r="AH58" s="45"/>
+      <c r="AI58" s="45"/>
+      <c r="AJ58" s="45"/>
+      <c r="AK58" s="45"/>
+      <c r="AL58" s="45"/>
+      <c r="AM58" s="45"/>
+      <c r="AN58" s="45"/>
+      <c r="AO58" s="45"/>
+      <c r="AP58" s="45"/>
+      <c r="AQ58" s="45"/>
+      <c r="AR58" s="45"/>
+      <c r="AS58" s="45"/>
+      <c r="AT58" s="45"/>
+      <c r="AU58" s="45"/>
+      <c r="AV58" s="45"/>
+      <c r="AW58" s="45"/>
+      <c r="AX58" s="45"/>
+      <c r="AY58" s="45"/>
+      <c r="AZ58" s="45"/>
+      <c r="BA58" s="45"/>
+      <c r="BB58" s="45"/>
+      <c r="BC58" s="45"/>
+      <c r="BD58" s="45"/>
+      <c r="BE58" s="45"/>
+      <c r="BF58" s="45"/>
+      <c r="BG58" s="45"/>
+      <c r="BH58" s="45"/>
+      <c r="BI58" s="45"/>
+      <c r="BJ58" s="45"/>
+      <c r="BK58" s="45"/>
+      <c r="BL58" s="45"/>
+      <c r="BM58" s="45"/>
+      <c r="BN58" s="45"/>
+      <c r="BO58" s="45"/>
+      <c r="BP58" s="45"/>
+      <c r="BQ58" s="45"/>
+      <c r="BR58" s="45"/>
+      <c r="BS58" s="45"/>
+      <c r="BT58" s="45"/>
+      <c r="BU58" s="45"/>
+      <c r="BV58" s="45"/>
+      <c r="BW58" s="45"/>
+      <c r="BX58" s="45"/>
+      <c r="BY58" s="45"/>
+      <c r="BZ58" s="45"/>
+      <c r="CA58" s="45"/>
+      <c r="CB58" s="45"/>
+      <c r="CC58" s="45"/>
+      <c r="CD58" s="45"/>
+      <c r="CE58" s="46"/>
+      <c r="CF58" s="44"/>
+      <c r="CG58" s="45"/>
+      <c r="CH58" s="45"/>
+      <c r="CI58" s="45"/>
+      <c r="CJ58" s="45"/>
+      <c r="CK58" s="45"/>
+      <c r="CL58" s="45"/>
+      <c r="CM58" s="45"/>
+      <c r="CN58" s="45"/>
+      <c r="CO58" s="45"/>
+      <c r="CP58" s="45"/>
+      <c r="CQ58" s="45"/>
+      <c r="CR58" s="45"/>
+      <c r="CS58" s="45"/>
+      <c r="CT58" s="45"/>
+      <c r="CU58" s="45"/>
+      <c r="CV58" s="45"/>
+      <c r="CW58" s="45"/>
+      <c r="CX58" s="45"/>
+      <c r="CY58" s="45"/>
+      <c r="CZ58" s="45"/>
+      <c r="DA58" s="45"/>
+      <c r="DB58" s="45"/>
+      <c r="DC58" s="45"/>
+      <c r="DD58" s="45"/>
+      <c r="DE58" s="45"/>
+      <c r="DF58" s="45"/>
+      <c r="DG58" s="45"/>
+      <c r="DH58" s="45"/>
+      <c r="DI58" s="45"/>
+      <c r="DJ58" s="45"/>
+      <c r="DK58" s="45"/>
+      <c r="DL58" s="45"/>
+      <c r="DM58" s="45"/>
+      <c r="DN58" s="45"/>
+      <c r="DO58" s="45"/>
+      <c r="DP58" s="45"/>
+      <c r="DQ58" s="45"/>
+      <c r="DR58" s="45"/>
+      <c r="DS58" s="45"/>
+      <c r="DT58" s="45"/>
+      <c r="DU58" s="45"/>
+      <c r="DV58" s="45"/>
+      <c r="DW58" s="45"/>
+      <c r="DX58" s="45"/>
+      <c r="DY58" s="45"/>
+      <c r="DZ58" s="45"/>
+      <c r="EA58" s="45"/>
+      <c r="EB58" s="45"/>
+      <c r="EC58" s="45"/>
+      <c r="ED58" s="45"/>
+      <c r="EE58" s="45"/>
+      <c r="EF58" s="45"/>
+      <c r="EG58" s="45"/>
+      <c r="EH58" s="45"/>
+      <c r="EI58" s="45"/>
+      <c r="EJ58" s="45"/>
+      <c r="EK58" s="45"/>
+      <c r="EL58" s="45"/>
+      <c r="EM58" s="45"/>
+      <c r="EN58" s="45"/>
+      <c r="EO58" s="45"/>
+      <c r="EP58" s="45"/>
+      <c r="EQ58" s="45"/>
+      <c r="ER58" s="45"/>
+      <c r="ES58" s="45"/>
+      <c r="ET58" s="45"/>
+      <c r="EU58" s="45"/>
+      <c r="EV58" s="45"/>
+      <c r="EW58" s="45"/>
+      <c r="EX58" s="45"/>
+      <c r="EY58" s="45"/>
+      <c r="EZ58" s="45"/>
+      <c r="FA58" s="45"/>
+      <c r="FB58" s="45"/>
+      <c r="FC58" s="45"/>
+      <c r="FD58" s="45"/>
+      <c r="FE58" s="45"/>
+      <c r="FF58" s="45"/>
+      <c r="FG58" s="45"/>
+      <c r="FH58" s="45"/>
+      <c r="FI58" s="45"/>
+      <c r="FJ58" s="45"/>
+      <c r="FK58" s="46"/>
     </row>
-    <row r="59" spans="1:167" s="33" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-[...159 lines deleted...]
-      <c r="FK59" s="43"/>
+    <row r="59" spans="1:167" s="33" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="47"/>
+      <c r="CF59" s="47"/>
+      <c r="CG59" s="49"/>
+      <c r="FK59" s="48"/>
     </row>
-    <row r="60" spans="1:167" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-[...166 lines deleted...]
-      <c r="FK60" s="46"/>
+    <row r="60" spans="1:167" s="33" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A60" s="35"/>
+      <c r="F60" s="154" t="s">
+        <v>63</v>
+      </c>
+      <c r="G60" s="154"/>
+      <c r="H60" s="154"/>
+      <c r="I60" s="154"/>
+      <c r="J60" s="154"/>
+      <c r="K60" s="154"/>
+      <c r="L60" s="154"/>
+      <c r="M60" s="154"/>
+      <c r="N60" s="154"/>
+      <c r="O60" s="155"/>
+      <c r="P60" s="155"/>
+      <c r="Q60" s="155"/>
+      <c r="R60" s="155"/>
+      <c r="S60" s="155"/>
+      <c r="T60" s="155"/>
+      <c r="U60" s="155"/>
+      <c r="V60" s="155"/>
+      <c r="W60" s="155"/>
+      <c r="X60" s="155"/>
+      <c r="Y60" s="155"/>
+      <c r="Z60" s="155"/>
+      <c r="AA60" s="155"/>
+      <c r="AB60" s="155"/>
+      <c r="AC60" s="155"/>
+      <c r="AD60" s="155"/>
+      <c r="AE60" s="155"/>
+      <c r="AF60" s="155"/>
+      <c r="AG60" s="155"/>
+      <c r="AH60" s="155"/>
+      <c r="AI60" s="155"/>
+      <c r="AJ60" s="155"/>
+      <c r="AK60" s="155"/>
+      <c r="AL60" s="155"/>
+      <c r="AM60" s="155"/>
+      <c r="AN60" s="155"/>
+      <c r="AO60" s="155"/>
+      <c r="AP60" s="155"/>
+      <c r="AQ60" s="155"/>
+      <c r="AR60" s="155"/>
+      <c r="AS60" s="155"/>
+      <c r="AT60" s="155"/>
+      <c r="AU60" s="155"/>
+      <c r="AV60" s="155"/>
+      <c r="AW60" s="155"/>
+      <c r="AX60" s="155"/>
+      <c r="AY60" s="155"/>
+      <c r="AZ60" s="155"/>
+      <c r="BA60" s="155"/>
+      <c r="BB60" s="155"/>
+      <c r="BC60" s="155"/>
+      <c r="BD60" s="155"/>
+      <c r="BE60" s="155"/>
+      <c r="BF60" s="155"/>
+      <c r="BG60" s="155"/>
+      <c r="BH60" s="155"/>
+      <c r="BI60" s="155"/>
+      <c r="BJ60" s="155"/>
+      <c r="BK60" s="155"/>
+      <c r="BL60" s="155"/>
+      <c r="BM60" s="155"/>
+      <c r="BN60" s="155"/>
+      <c r="BO60" s="155"/>
+      <c r="BP60" s="155"/>
+      <c r="BQ60" s="155"/>
+      <c r="BR60" s="155"/>
+      <c r="CF60" s="35"/>
+      <c r="CG60" s="34"/>
+      <c r="CK60" s="154" t="s">
+        <v>63</v>
+      </c>
+      <c r="CL60" s="154"/>
+      <c r="CM60" s="154"/>
+      <c r="CN60" s="154"/>
+      <c r="CO60" s="154"/>
+      <c r="CP60" s="154"/>
+      <c r="CQ60" s="154"/>
+      <c r="CR60" s="154"/>
+      <c r="CS60" s="154"/>
+      <c r="CT60" s="155"/>
+      <c r="CU60" s="155"/>
+      <c r="CV60" s="155"/>
+      <c r="CW60" s="155"/>
+      <c r="CX60" s="155"/>
+      <c r="CY60" s="155"/>
+      <c r="CZ60" s="155"/>
+      <c r="DA60" s="155"/>
+      <c r="DB60" s="155"/>
+      <c r="DC60" s="155"/>
+      <c r="DD60" s="155"/>
+      <c r="DE60" s="155"/>
+      <c r="DF60" s="155"/>
+      <c r="DG60" s="155"/>
+      <c r="DH60" s="155"/>
+      <c r="DI60" s="155"/>
+      <c r="DJ60" s="155"/>
+      <c r="DK60" s="155"/>
+      <c r="DL60" s="155"/>
+      <c r="DM60" s="155"/>
+      <c r="DN60" s="155"/>
+      <c r="DO60" s="155"/>
+      <c r="DP60" s="155"/>
+      <c r="DQ60" s="155"/>
+      <c r="DR60" s="155"/>
+      <c r="DS60" s="155"/>
+      <c r="DT60" s="155"/>
+      <c r="DU60" s="155"/>
+      <c r="DV60" s="155"/>
+      <c r="DW60" s="155"/>
+      <c r="DX60" s="155"/>
+      <c r="DY60" s="155"/>
+      <c r="DZ60" s="155"/>
+      <c r="EA60" s="155"/>
+      <c r="EB60" s="155"/>
+      <c r="EC60" s="155"/>
+      <c r="ED60" s="155"/>
+      <c r="EE60" s="155"/>
+      <c r="EF60" s="155"/>
+      <c r="EG60" s="155"/>
+      <c r="EH60" s="155"/>
+      <c r="EI60" s="155"/>
+      <c r="EJ60" s="155"/>
+      <c r="EK60" s="155"/>
+      <c r="EL60" s="155"/>
+      <c r="EM60" s="155"/>
+      <c r="EN60" s="155"/>
+      <c r="EO60" s="155"/>
+      <c r="EP60" s="155"/>
+      <c r="EQ60" s="155"/>
+      <c r="ER60" s="155"/>
+      <c r="ES60" s="155"/>
+      <c r="ET60" s="155"/>
+      <c r="EU60" s="155"/>
+      <c r="EV60" s="155"/>
+      <c r="EW60" s="155"/>
+      <c r="FK60" s="43"/>
     </row>
-    <row r="61" spans="1:167" s="33" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="FK61" s="48"/>
+    <row r="61" spans="1:167" s="11" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="10"/>
+      <c r="O61" s="92" t="s">
+        <v>64</v>
+      </c>
+      <c r="P61" s="92"/>
+      <c r="Q61" s="92"/>
+      <c r="R61" s="92"/>
+      <c r="S61" s="92"/>
+      <c r="T61" s="92"/>
+      <c r="U61" s="92"/>
+      <c r="V61" s="92"/>
+      <c r="W61" s="92"/>
+      <c r="X61" s="92"/>
+      <c r="Y61" s="92"/>
+      <c r="Z61" s="92"/>
+      <c r="AA61" s="92"/>
+      <c r="AB61" s="92"/>
+      <c r="AC61" s="92"/>
+      <c r="AD61" s="92"/>
+      <c r="AE61" s="92"/>
+      <c r="AF61" s="92"/>
+      <c r="AG61" s="92"/>
+      <c r="AH61" s="92"/>
+      <c r="AI61" s="92"/>
+      <c r="AJ61" s="92"/>
+      <c r="AK61" s="92"/>
+      <c r="AL61" s="92"/>
+      <c r="AM61" s="92"/>
+      <c r="AN61" s="92"/>
+      <c r="AO61" s="92"/>
+      <c r="AP61" s="92"/>
+      <c r="AQ61" s="92"/>
+      <c r="AR61" s="92"/>
+      <c r="AS61" s="92"/>
+      <c r="AT61" s="92"/>
+      <c r="AU61" s="92"/>
+      <c r="AV61" s="92"/>
+      <c r="AW61" s="92"/>
+      <c r="AX61" s="92"/>
+      <c r="AY61" s="92"/>
+      <c r="AZ61" s="92"/>
+      <c r="BA61" s="92"/>
+      <c r="BB61" s="92"/>
+      <c r="BC61" s="92"/>
+      <c r="BD61" s="92"/>
+      <c r="BE61" s="92"/>
+      <c r="BF61" s="92"/>
+      <c r="BG61" s="92"/>
+      <c r="BH61" s="92"/>
+      <c r="BI61" s="92"/>
+      <c r="BJ61" s="92"/>
+      <c r="BK61" s="92"/>
+      <c r="BL61" s="92"/>
+      <c r="BM61" s="92"/>
+      <c r="BN61" s="92"/>
+      <c r="BO61" s="92"/>
+      <c r="BP61" s="92"/>
+      <c r="BQ61" s="92"/>
+      <c r="BR61" s="92"/>
+      <c r="CF61" s="10"/>
+      <c r="CG61" s="22"/>
+      <c r="CT61" s="92" t="s">
+        <v>64</v>
+      </c>
+      <c r="CU61" s="92"/>
+      <c r="CV61" s="92"/>
+      <c r="CW61" s="92"/>
+      <c r="CX61" s="92"/>
+      <c r="CY61" s="92"/>
+      <c r="CZ61" s="92"/>
+      <c r="DA61" s="92"/>
+      <c r="DB61" s="92"/>
+      <c r="DC61" s="92"/>
+      <c r="DD61" s="92"/>
+      <c r="DE61" s="92"/>
+      <c r="DF61" s="92"/>
+      <c r="DG61" s="92"/>
+      <c r="DH61" s="92"/>
+      <c r="DI61" s="92"/>
+      <c r="DJ61" s="92"/>
+      <c r="DK61" s="92"/>
+      <c r="DL61" s="92"/>
+      <c r="DM61" s="92"/>
+      <c r="DN61" s="92"/>
+      <c r="DO61" s="92"/>
+      <c r="DP61" s="92"/>
+      <c r="DQ61" s="92"/>
+      <c r="DR61" s="92"/>
+      <c r="DS61" s="92"/>
+      <c r="DT61" s="92"/>
+      <c r="DU61" s="92"/>
+      <c r="DV61" s="92"/>
+      <c r="DW61" s="92"/>
+      <c r="DX61" s="92"/>
+      <c r="DY61" s="92"/>
+      <c r="DZ61" s="92"/>
+      <c r="EA61" s="92"/>
+      <c r="EB61" s="92"/>
+      <c r="EC61" s="92"/>
+      <c r="ED61" s="92"/>
+      <c r="EE61" s="92"/>
+      <c r="EF61" s="92"/>
+      <c r="EG61" s="92"/>
+      <c r="EH61" s="92"/>
+      <c r="EI61" s="92"/>
+      <c r="EJ61" s="92"/>
+      <c r="EK61" s="92"/>
+      <c r="EL61" s="92"/>
+      <c r="EM61" s="92"/>
+      <c r="EN61" s="92"/>
+      <c r="EO61" s="92"/>
+      <c r="EP61" s="92"/>
+      <c r="EQ61" s="92"/>
+      <c r="ER61" s="92"/>
+      <c r="ES61" s="92"/>
+      <c r="ET61" s="92"/>
+      <c r="EU61" s="92"/>
+      <c r="EV61" s="92"/>
+      <c r="EW61" s="92"/>
+      <c r="FK61" s="14"/>
     </row>
-    <row r="62" spans="1:167" s="33" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:167" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="35"/>
-      <c r="F62" s="151" t="s">
-[...65 lines deleted...]
-      <c r="BR62" s="126"/>
+      <c r="B62" s="34"/>
+      <c r="C62" s="34"/>
+      <c r="D62" s="34"/>
+      <c r="E62" s="34"/>
+      <c r="F62" s="34"/>
+      <c r="H62" s="34"/>
+      <c r="I62" s="34"/>
+      <c r="J62" s="34"/>
+      <c r="K62" s="34"/>
+      <c r="L62" s="34"/>
+      <c r="M62" s="34"/>
+      <c r="N62" s="34"/>
+      <c r="O62" s="34"/>
+      <c r="P62" s="34"/>
+      <c r="Q62" s="34"/>
+      <c r="R62" s="34"/>
+      <c r="S62" s="34"/>
+      <c r="T62" s="34"/>
+      <c r="U62" s="34"/>
+      <c r="V62" s="34"/>
+      <c r="W62" s="34"/>
+      <c r="X62" s="34"/>
+      <c r="Y62" s="34"/>
+      <c r="Z62" s="34"/>
+      <c r="AA62" s="34"/>
+      <c r="AB62" s="34"/>
+      <c r="AC62" s="34"/>
+      <c r="AD62" s="34"/>
+      <c r="AE62" s="34"/>
+      <c r="AF62" s="34"/>
+      <c r="AG62" s="34"/>
+      <c r="AH62" s="34"/>
+      <c r="AI62" s="34"/>
+      <c r="AJ62" s="34"/>
+      <c r="AK62" s="34"/>
+      <c r="AL62" s="34"/>
+      <c r="AM62" s="34"/>
+      <c r="AN62" s="34"/>
+      <c r="AO62" s="34"/>
+      <c r="AP62" s="34"/>
+      <c r="AQ62" s="34"/>
+      <c r="AR62" s="34"/>
+      <c r="AS62" s="34"/>
+      <c r="AT62" s="34"/>
+      <c r="AU62" s="34"/>
+      <c r="AV62" s="34"/>
+      <c r="AW62" s="34"/>
+      <c r="AX62" s="34"/>
+      <c r="AY62" s="34"/>
+      <c r="AZ62" s="34"/>
+      <c r="BA62" s="34"/>
+      <c r="BB62" s="34"/>
+      <c r="BC62" s="34"/>
+      <c r="BD62" s="34"/>
+      <c r="BE62" s="34"/>
+      <c r="BF62" s="34"/>
+      <c r="BG62" s="34"/>
+      <c r="BH62" s="34"/>
+      <c r="BI62" s="34"/>
+      <c r="BJ62" s="34"/>
+      <c r="BK62" s="34"/>
+      <c r="BL62" s="34"/>
+      <c r="BM62" s="34"/>
+      <c r="BN62" s="34"/>
+      <c r="BO62" s="34"/>
+      <c r="BP62" s="34"/>
+      <c r="BQ62" s="34"/>
+      <c r="BR62" s="34"/>
+      <c r="BS62" s="34"/>
+      <c r="BT62" s="34"/>
+      <c r="BU62" s="34"/>
+      <c r="BV62" s="34"/>
+      <c r="BW62" s="34"/>
+      <c r="BX62" s="34"/>
+      <c r="BY62" s="34"/>
+      <c r="BZ62" s="34"/>
+      <c r="CA62" s="34"/>
+      <c r="CB62" s="34"/>
+      <c r="CC62" s="34"/>
+      <c r="CD62" s="34"/>
+      <c r="CE62" s="34"/>
       <c r="CF62" s="35"/>
       <c r="CG62" s="34"/>
-      <c r="CK62" s="151" t="s">
-[...65 lines deleted...]
-      <c r="EW62" s="126"/>
+      <c r="CH62" s="34"/>
+      <c r="CI62" s="34"/>
+      <c r="CJ62" s="34"/>
+      <c r="CK62" s="34"/>
+      <c r="CL62" s="34"/>
+      <c r="CM62" s="34"/>
+      <c r="CN62" s="34"/>
+      <c r="CO62" s="34"/>
+      <c r="CP62" s="34"/>
+      <c r="CQ62" s="34"/>
+      <c r="CR62" s="34"/>
+      <c r="CS62" s="34"/>
+      <c r="CT62" s="34"/>
+      <c r="CU62" s="34"/>
+      <c r="CV62" s="34"/>
+      <c r="CW62" s="34"/>
+      <c r="CX62" s="34"/>
+      <c r="CY62" s="34"/>
+      <c r="CZ62" s="34"/>
+      <c r="DA62" s="34"/>
+      <c r="DB62" s="34"/>
+      <c r="DC62" s="34"/>
+      <c r="DD62" s="34"/>
+      <c r="DE62" s="34"/>
+      <c r="DF62" s="34"/>
+      <c r="DG62" s="34"/>
+      <c r="DH62" s="34"/>
+      <c r="DI62" s="34"/>
+      <c r="DJ62" s="34"/>
+      <c r="DK62" s="34"/>
+      <c r="DL62" s="34"/>
+      <c r="DM62" s="34"/>
+      <c r="DN62" s="34"/>
+      <c r="DO62" s="34"/>
+      <c r="DP62" s="34"/>
+      <c r="DQ62" s="34"/>
+      <c r="DR62" s="34"/>
+      <c r="DS62" s="34"/>
+      <c r="DT62" s="34"/>
+      <c r="DU62" s="34"/>
+      <c r="DV62" s="34"/>
+      <c r="DW62" s="34"/>
+      <c r="DX62" s="34"/>
+      <c r="DY62" s="34"/>
+      <c r="DZ62" s="34"/>
+      <c r="EA62" s="34"/>
+      <c r="EB62" s="34"/>
+      <c r="EC62" s="34"/>
+      <c r="ED62" s="34"/>
+      <c r="EE62" s="34"/>
+      <c r="EF62" s="34"/>
+      <c r="EG62" s="34"/>
+      <c r="EH62" s="34"/>
+      <c r="EI62" s="34"/>
+      <c r="EJ62" s="34"/>
+      <c r="EK62" s="34"/>
+      <c r="EL62" s="34"/>
+      <c r="EM62" s="34"/>
+      <c r="EN62" s="34"/>
+      <c r="EO62" s="34"/>
+      <c r="EP62" s="34"/>
+      <c r="EQ62" s="34"/>
+      <c r="ER62" s="34"/>
+      <c r="ES62" s="34"/>
+      <c r="ET62" s="34"/>
+      <c r="EU62" s="34"/>
+      <c r="EV62" s="34"/>
+      <c r="EW62" s="34"/>
+      <c r="EX62" s="34"/>
+      <c r="EY62" s="34"/>
+      <c r="EZ62" s="34"/>
+      <c r="FA62" s="34"/>
+      <c r="FB62" s="34"/>
+      <c r="FC62" s="34"/>
+      <c r="FD62" s="34"/>
+      <c r="FE62" s="34"/>
+      <c r="FF62" s="34"/>
+      <c r="FG62" s="34"/>
+      <c r="FH62" s="34"/>
+      <c r="FI62" s="34"/>
+      <c r="FJ62" s="34"/>
       <c r="FK62" s="43"/>
     </row>
-    <row r="63" spans="1:167" s="11" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="O63" s="127" t="s">
+    <row r="63" spans="1:167" s="18" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A63" s="114" t="s">
+        <v>32</v>
+      </c>
+      <c r="B63" s="115"/>
+      <c r="C63" s="115"/>
+      <c r="D63" s="115"/>
+      <c r="E63" s="115"/>
+      <c r="F63" s="115"/>
+      <c r="G63" s="115"/>
+      <c r="H63" s="115"/>
+      <c r="I63" s="115"/>
+      <c r="J63" s="115"/>
+      <c r="K63" s="115"/>
+      <c r="L63" s="115"/>
+      <c r="M63" s="115"/>
+      <c r="N63" s="115"/>
+      <c r="O63" s="115"/>
+      <c r="P63" s="115"/>
+      <c r="Q63" s="115"/>
+      <c r="R63" s="115"/>
+      <c r="S63" s="115"/>
+      <c r="T63" s="115"/>
+      <c r="U63" s="115"/>
+      <c r="V63" s="115"/>
+      <c r="W63" s="115"/>
+      <c r="X63" s="115"/>
+      <c r="Y63" s="115"/>
+      <c r="Z63" s="115"/>
+      <c r="AA63" s="115"/>
+      <c r="AB63" s="115"/>
+      <c r="AC63" s="115"/>
+      <c r="AD63" s="115"/>
+      <c r="AE63" s="115"/>
+      <c r="AF63" s="115"/>
+      <c r="AG63" s="116"/>
+      <c r="AH63" s="97" t="s">
+        <v>52</v>
+      </c>
+      <c r="AI63" s="98"/>
+      <c r="AJ63" s="98"/>
+      <c r="AK63" s="98"/>
+      <c r="AL63" s="98"/>
+      <c r="AM63" s="98"/>
+      <c r="AN63" s="98"/>
+      <c r="AO63" s="98"/>
+      <c r="AP63" s="98"/>
+      <c r="AQ63" s="98"/>
+      <c r="AR63" s="98"/>
+      <c r="AS63" s="98"/>
+      <c r="AT63" s="98"/>
+      <c r="AU63" s="98"/>
+      <c r="AV63" s="98"/>
+      <c r="AW63" s="98"/>
+      <c r="AX63" s="98"/>
+      <c r="AY63" s="98"/>
+      <c r="AZ63" s="98"/>
+      <c r="BA63" s="98"/>
+      <c r="BB63" s="98"/>
+      <c r="BC63" s="98"/>
+      <c r="BD63" s="98"/>
+      <c r="BE63" s="98"/>
+      <c r="BF63" s="98"/>
+      <c r="BG63" s="98"/>
+      <c r="BH63" s="98"/>
+      <c r="BI63" s="98"/>
+      <c r="BJ63" s="98"/>
+      <c r="BK63" s="98"/>
+      <c r="BL63" s="98"/>
+      <c r="BM63" s="98"/>
+      <c r="BN63" s="98"/>
+      <c r="BO63" s="98"/>
+      <c r="BP63" s="98"/>
+      <c r="BQ63" s="98"/>
+      <c r="BR63" s="98"/>
+      <c r="BS63" s="98"/>
+      <c r="BT63" s="98"/>
+      <c r="BU63" s="98"/>
+      <c r="BV63" s="98"/>
+      <c r="BW63" s="98"/>
+      <c r="BX63" s="98"/>
+      <c r="BY63" s="98"/>
+      <c r="BZ63" s="98"/>
+      <c r="CA63" s="98"/>
+      <c r="CB63" s="98"/>
+      <c r="CC63" s="98"/>
+      <c r="CD63" s="98"/>
+      <c r="CE63" s="99"/>
+      <c r="CF63" s="114" t="s">
+        <v>32</v>
+      </c>
+      <c r="CG63" s="115"/>
+      <c r="CH63" s="115"/>
+      <c r="CI63" s="115"/>
+      <c r="CJ63" s="115"/>
+      <c r="CK63" s="115"/>
+      <c r="CL63" s="115"/>
+      <c r="CM63" s="115"/>
+      <c r="CN63" s="115"/>
+      <c r="CO63" s="115"/>
+      <c r="CP63" s="115"/>
+      <c r="CQ63" s="115"/>
+      <c r="CR63" s="115"/>
+      <c r="CS63" s="115"/>
+      <c r="CT63" s="115"/>
+      <c r="CU63" s="115"/>
+      <c r="CV63" s="115"/>
+      <c r="CW63" s="115"/>
+      <c r="CX63" s="115"/>
+      <c r="CY63" s="115"/>
+      <c r="CZ63" s="115"/>
+      <c r="DA63" s="115"/>
+      <c r="DB63" s="115"/>
+      <c r="DC63" s="115"/>
+      <c r="DD63" s="115"/>
+      <c r="DE63" s="115"/>
+      <c r="DF63" s="115"/>
+      <c r="DG63" s="115"/>
+      <c r="DH63" s="115"/>
+      <c r="DI63" s="115"/>
+      <c r="DJ63" s="115"/>
+      <c r="DK63" s="115"/>
+      <c r="DL63" s="116"/>
+      <c r="DM63" s="123" t="s">
+        <v>52</v>
+      </c>
+      <c r="DN63" s="123"/>
+      <c r="DO63" s="123"/>
+      <c r="DP63" s="123"/>
+      <c r="DQ63" s="123"/>
+      <c r="DR63" s="123"/>
+      <c r="DS63" s="123"/>
+      <c r="DT63" s="123"/>
+      <c r="DU63" s="123"/>
+      <c r="DV63" s="123"/>
+      <c r="DW63" s="123"/>
+      <c r="DX63" s="123"/>
+      <c r="DY63" s="123"/>
+      <c r="DZ63" s="123"/>
+      <c r="EA63" s="123"/>
+      <c r="EB63" s="123"/>
+      <c r="EC63" s="123"/>
+      <c r="ED63" s="123"/>
+      <c r="EE63" s="123"/>
+      <c r="EF63" s="123"/>
+      <c r="EG63" s="123"/>
+      <c r="EH63" s="123"/>
+      <c r="EI63" s="123"/>
+      <c r="EJ63" s="123"/>
+      <c r="EK63" s="123"/>
+      <c r="EL63" s="123"/>
+      <c r="EM63" s="123"/>
+      <c r="EN63" s="123"/>
+      <c r="EO63" s="123"/>
+      <c r="EP63" s="123"/>
+      <c r="EQ63" s="123"/>
+      <c r="ER63" s="123"/>
+      <c r="ES63" s="123"/>
+      <c r="ET63" s="123"/>
+      <c r="EU63" s="123"/>
+      <c r="EV63" s="123"/>
+      <c r="EW63" s="123"/>
+      <c r="EX63" s="123"/>
+      <c r="EY63" s="123"/>
+      <c r="EZ63" s="123"/>
+      <c r="FA63" s="123"/>
+      <c r="FB63" s="123"/>
+      <c r="FC63" s="123"/>
+      <c r="FD63" s="123"/>
+      <c r="FE63" s="123"/>
+      <c r="FF63" s="123"/>
+      <c r="FG63" s="123"/>
+      <c r="FH63" s="123"/>
+      <c r="FI63" s="123"/>
+      <c r="FJ63" s="123"/>
+      <c r="FK63" s="123"/>
+    </row>
+    <row r="64" spans="1:167" s="33" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A64" s="117"/>
+      <c r="B64" s="118"/>
+      <c r="C64" s="118"/>
+      <c r="D64" s="118"/>
+      <c r="E64" s="118"/>
+      <c r="F64" s="118"/>
+      <c r="G64" s="118"/>
+      <c r="H64" s="118"/>
+      <c r="I64" s="118"/>
+      <c r="J64" s="118"/>
+      <c r="K64" s="118"/>
+      <c r="L64" s="118"/>
+      <c r="M64" s="118"/>
+      <c r="N64" s="118"/>
+      <c r="O64" s="118"/>
+      <c r="P64" s="118"/>
+      <c r="Q64" s="118"/>
+      <c r="R64" s="118"/>
+      <c r="S64" s="118"/>
+      <c r="T64" s="118"/>
+      <c r="U64" s="118"/>
+      <c r="V64" s="118"/>
+      <c r="W64" s="118"/>
+      <c r="X64" s="118"/>
+      <c r="Y64" s="118"/>
+      <c r="Z64" s="118"/>
+      <c r="AA64" s="118"/>
+      <c r="AB64" s="118"/>
+      <c r="AC64" s="118"/>
+      <c r="AD64" s="118"/>
+      <c r="AE64" s="118"/>
+      <c r="AF64" s="118"/>
+      <c r="AG64" s="119"/>
+      <c r="AH64" s="126" t="s">
+        <v>29</v>
+      </c>
+      <c r="AI64" s="127"/>
+      <c r="AJ64" s="127"/>
+      <c r="AK64" s="127"/>
+      <c r="AL64" s="127"/>
+      <c r="AM64" s="127"/>
+      <c r="AN64" s="127"/>
+      <c r="AO64" s="127"/>
+      <c r="AP64" s="128"/>
+      <c r="AQ64" s="132" t="s">
+        <v>53</v>
+      </c>
+      <c r="AR64" s="133"/>
+      <c r="AS64" s="133"/>
+      <c r="AT64" s="133"/>
+      <c r="AU64" s="133"/>
+      <c r="AV64" s="133"/>
+      <c r="AW64" s="133"/>
+      <c r="AX64" s="133"/>
+      <c r="AY64" s="133"/>
+      <c r="AZ64" s="133"/>
+      <c r="BA64" s="133"/>
+      <c r="BB64" s="133"/>
+      <c r="BC64" s="133"/>
+      <c r="BD64" s="133"/>
+      <c r="BE64" s="133"/>
+      <c r="BF64" s="133"/>
+      <c r="BG64" s="133"/>
+      <c r="BH64" s="133"/>
+      <c r="BI64" s="133"/>
+      <c r="BJ64" s="133"/>
+      <c r="BK64" s="134"/>
+      <c r="BL64" s="97" t="s">
+        <v>54</v>
+      </c>
+      <c r="BM64" s="98"/>
+      <c r="BN64" s="98"/>
+      <c r="BO64" s="98"/>
+      <c r="BP64" s="98"/>
+      <c r="BQ64" s="98"/>
+      <c r="BR64" s="98"/>
+      <c r="BS64" s="98"/>
+      <c r="BT64" s="98"/>
+      <c r="BU64" s="98"/>
+      <c r="BV64" s="98"/>
+      <c r="BW64" s="98"/>
+      <c r="BX64" s="98"/>
+      <c r="BY64" s="98"/>
+      <c r="BZ64" s="98"/>
+      <c r="CA64" s="98"/>
+      <c r="CB64" s="98"/>
+      <c r="CC64" s="98"/>
+      <c r="CD64" s="98"/>
+      <c r="CE64" s="99"/>
+      <c r="CF64" s="117"/>
+      <c r="CG64" s="118"/>
+      <c r="CH64" s="118"/>
+      <c r="CI64" s="118"/>
+      <c r="CJ64" s="118"/>
+      <c r="CK64" s="118"/>
+      <c r="CL64" s="118"/>
+      <c r="CM64" s="118"/>
+      <c r="CN64" s="118"/>
+      <c r="CO64" s="118"/>
+      <c r="CP64" s="118"/>
+      <c r="CQ64" s="118"/>
+      <c r="CR64" s="118"/>
+      <c r="CS64" s="118"/>
+      <c r="CT64" s="118"/>
+      <c r="CU64" s="118"/>
+      <c r="CV64" s="118"/>
+      <c r="CW64" s="118"/>
+      <c r="CX64" s="118"/>
+      <c r="CY64" s="118"/>
+      <c r="CZ64" s="118"/>
+      <c r="DA64" s="118"/>
+      <c r="DB64" s="118"/>
+      <c r="DC64" s="118"/>
+      <c r="DD64" s="118"/>
+      <c r="DE64" s="118"/>
+      <c r="DF64" s="118"/>
+      <c r="DG64" s="118"/>
+      <c r="DH64" s="118"/>
+      <c r="DI64" s="118"/>
+      <c r="DJ64" s="118"/>
+      <c r="DK64" s="118"/>
+      <c r="DL64" s="119"/>
+      <c r="DM64" s="135" t="s">
+        <v>29</v>
+      </c>
+      <c r="DN64" s="135"/>
+      <c r="DO64" s="135"/>
+      <c r="DP64" s="135"/>
+      <c r="DQ64" s="135"/>
+      <c r="DR64" s="135"/>
+      <c r="DS64" s="135"/>
+      <c r="DT64" s="135"/>
+      <c r="DU64" s="135"/>
+      <c r="DV64" s="135" t="s">
+        <v>53</v>
+      </c>
+      <c r="DW64" s="135"/>
+      <c r="DX64" s="135"/>
+      <c r="DY64" s="135"/>
+      <c r="DZ64" s="135"/>
+      <c r="EA64" s="135"/>
+      <c r="EB64" s="135"/>
+      <c r="EC64" s="135"/>
+      <c r="ED64" s="135"/>
+      <c r="EE64" s="135"/>
+      <c r="EF64" s="135"/>
+      <c r="EG64" s="135"/>
+      <c r="EH64" s="135"/>
+      <c r="EI64" s="135"/>
+      <c r="EJ64" s="135"/>
+      <c r="EK64" s="135"/>
+      <c r="EL64" s="135"/>
+      <c r="EM64" s="135"/>
+      <c r="EN64" s="135"/>
+      <c r="EO64" s="135"/>
+      <c r="EP64" s="135"/>
+      <c r="EQ64" s="135"/>
+      <c r="ER64" s="123" t="s">
+        <v>54</v>
+      </c>
+      <c r="ES64" s="123"/>
+      <c r="ET64" s="123"/>
+      <c r="EU64" s="123"/>
+      <c r="EV64" s="123"/>
+      <c r="EW64" s="123"/>
+      <c r="EX64" s="123"/>
+      <c r="EY64" s="123"/>
+      <c r="EZ64" s="123"/>
+      <c r="FA64" s="123"/>
+      <c r="FB64" s="123"/>
+      <c r="FC64" s="123"/>
+      <c r="FD64" s="123"/>
+      <c r="FE64" s="123"/>
+      <c r="FF64" s="123"/>
+      <c r="FG64" s="123"/>
+      <c r="FH64" s="123"/>
+      <c r="FI64" s="123"/>
+      <c r="FJ64" s="123"/>
+      <c r="FK64" s="123"/>
+    </row>
+    <row r="65" spans="1:167" s="33" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A65" s="120"/>
+      <c r="B65" s="121"/>
+      <c r="C65" s="121"/>
+      <c r="D65" s="121"/>
+      <c r="E65" s="121"/>
+      <c r="F65" s="121"/>
+      <c r="G65" s="121"/>
+      <c r="H65" s="121"/>
+      <c r="I65" s="121"/>
+      <c r="J65" s="121"/>
+      <c r="K65" s="121"/>
+      <c r="L65" s="121"/>
+      <c r="M65" s="121"/>
+      <c r="N65" s="121"/>
+      <c r="O65" s="121"/>
+      <c r="P65" s="121"/>
+      <c r="Q65" s="121"/>
+      <c r="R65" s="121"/>
+      <c r="S65" s="121"/>
+      <c r="T65" s="121"/>
+      <c r="U65" s="121"/>
+      <c r="V65" s="121"/>
+      <c r="W65" s="121"/>
+      <c r="X65" s="121"/>
+      <c r="Y65" s="121"/>
+      <c r="Z65" s="121"/>
+      <c r="AA65" s="121"/>
+      <c r="AB65" s="121"/>
+      <c r="AC65" s="121"/>
+      <c r="AD65" s="121"/>
+      <c r="AE65" s="121"/>
+      <c r="AF65" s="121"/>
+      <c r="AG65" s="122"/>
+      <c r="AH65" s="129"/>
+      <c r="AI65" s="130"/>
+      <c r="AJ65" s="130"/>
+      <c r="AK65" s="130"/>
+      <c r="AL65" s="130"/>
+      <c r="AM65" s="130"/>
+      <c r="AN65" s="130"/>
+      <c r="AO65" s="130"/>
+      <c r="AP65" s="131"/>
+      <c r="AQ65" s="97" t="s">
+        <v>30</v>
+      </c>
+      <c r="AR65" s="98"/>
+      <c r="AS65" s="98"/>
+      <c r="AT65" s="98"/>
+      <c r="AU65" s="98"/>
+      <c r="AV65" s="98"/>
+      <c r="AW65" s="98"/>
+      <c r="AX65" s="98"/>
+      <c r="AY65" s="98"/>
+      <c r="AZ65" s="98"/>
+      <c r="BA65" s="99"/>
+      <c r="BB65" s="97" t="s">
+        <v>31</v>
+      </c>
+      <c r="BC65" s="133"/>
+      <c r="BD65" s="133"/>
+      <c r="BE65" s="133"/>
+      <c r="BF65" s="133"/>
+      <c r="BG65" s="133"/>
+      <c r="BH65" s="133"/>
+      <c r="BI65" s="133"/>
+      <c r="BJ65" s="133"/>
+      <c r="BK65" s="134"/>
+      <c r="BL65" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="BM65" s="98"/>
+      <c r="BN65" s="98"/>
+      <c r="BO65" s="98"/>
+      <c r="BP65" s="98"/>
+      <c r="BQ65" s="98"/>
+      <c r="BR65" s="98"/>
+      <c r="BS65" s="98"/>
+      <c r="BT65" s="98"/>
+      <c r="BU65" s="99"/>
+      <c r="BV65" s="97" t="s">
+        <v>55</v>
+      </c>
+      <c r="BW65" s="98"/>
+      <c r="BX65" s="98"/>
+      <c r="BY65" s="98"/>
+      <c r="BZ65" s="98"/>
+      <c r="CA65" s="98"/>
+      <c r="CB65" s="98"/>
+      <c r="CC65" s="98"/>
+      <c r="CD65" s="98"/>
+      <c r="CE65" s="99"/>
+      <c r="CF65" s="120"/>
+      <c r="CG65" s="121"/>
+      <c r="CH65" s="121"/>
+      <c r="CI65" s="121"/>
+      <c r="CJ65" s="121"/>
+      <c r="CK65" s="121"/>
+      <c r="CL65" s="121"/>
+      <c r="CM65" s="121"/>
+      <c r="CN65" s="121"/>
+      <c r="CO65" s="121"/>
+      <c r="CP65" s="121"/>
+      <c r="CQ65" s="121"/>
+      <c r="CR65" s="121"/>
+      <c r="CS65" s="121"/>
+      <c r="CT65" s="121"/>
+      <c r="CU65" s="121"/>
+      <c r="CV65" s="121"/>
+      <c r="CW65" s="121"/>
+      <c r="CX65" s="121"/>
+      <c r="CY65" s="121"/>
+      <c r="CZ65" s="121"/>
+      <c r="DA65" s="121"/>
+      <c r="DB65" s="121"/>
+      <c r="DC65" s="121"/>
+      <c r="DD65" s="121"/>
+      <c r="DE65" s="121"/>
+      <c r="DF65" s="121"/>
+      <c r="DG65" s="121"/>
+      <c r="DH65" s="121"/>
+      <c r="DI65" s="121"/>
+      <c r="DJ65" s="121"/>
+      <c r="DK65" s="121"/>
+      <c r="DL65" s="122"/>
+      <c r="DM65" s="135"/>
+      <c r="DN65" s="135"/>
+      <c r="DO65" s="135"/>
+      <c r="DP65" s="135"/>
+      <c r="DQ65" s="135"/>
+      <c r="DR65" s="135"/>
+      <c r="DS65" s="135"/>
+      <c r="DT65" s="135"/>
+      <c r="DU65" s="135"/>
+      <c r="DV65" s="123" t="s">
+        <v>30</v>
+      </c>
+      <c r="DW65" s="123"/>
+      <c r="DX65" s="123"/>
+      <c r="DY65" s="123"/>
+      <c r="DZ65" s="123"/>
+      <c r="EA65" s="123"/>
+      <c r="EB65" s="123"/>
+      <c r="EC65" s="123"/>
+      <c r="ED65" s="123"/>
+      <c r="EE65" s="123"/>
+      <c r="EF65" s="123"/>
+      <c r="EG65" s="123"/>
+      <c r="EH65" s="123" t="s">
+        <v>31</v>
+      </c>
+      <c r="EI65" s="135"/>
+      <c r="EJ65" s="135"/>
+      <c r="EK65" s="135"/>
+      <c r="EL65" s="135"/>
+      <c r="EM65" s="135"/>
+      <c r="EN65" s="135"/>
+      <c r="EO65" s="135"/>
+      <c r="EP65" s="135"/>
+      <c r="EQ65" s="135"/>
+      <c r="ER65" s="123" t="s">
+        <v>29</v>
+      </c>
+      <c r="ES65" s="123"/>
+      <c r="ET65" s="123"/>
+      <c r="EU65" s="123"/>
+      <c r="EV65" s="123"/>
+      <c r="EW65" s="123"/>
+      <c r="EX65" s="123"/>
+      <c r="EY65" s="123"/>
+      <c r="EZ65" s="123"/>
+      <c r="FA65" s="123"/>
+      <c r="FB65" s="123" t="s">
+        <v>55</v>
+      </c>
+      <c r="FC65" s="123"/>
+      <c r="FD65" s="123"/>
+      <c r="FE65" s="123"/>
+      <c r="FF65" s="123"/>
+      <c r="FG65" s="123"/>
+      <c r="FH65" s="123"/>
+      <c r="FI65" s="123"/>
+      <c r="FJ65" s="123"/>
+      <c r="FK65" s="123"/>
+    </row>
+    <row r="66" spans="1:167" s="33" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A66" s="142" t="s">
+        <v>56</v>
+      </c>
+      <c r="B66" s="143"/>
+      <c r="C66" s="143"/>
+      <c r="D66" s="143"/>
+      <c r="E66" s="143"/>
+      <c r="F66" s="143"/>
+      <c r="G66" s="143"/>
+      <c r="H66" s="143"/>
+      <c r="I66" s="143"/>
+      <c r="J66" s="143"/>
+      <c r="K66" s="143"/>
+      <c r="L66" s="143"/>
+      <c r="M66" s="143"/>
+      <c r="N66" s="143"/>
+      <c r="O66" s="143"/>
+      <c r="P66" s="143"/>
+      <c r="Q66" s="143"/>
+      <c r="R66" s="143"/>
+      <c r="S66" s="143"/>
+      <c r="T66" s="143"/>
+      <c r="U66" s="143"/>
+      <c r="V66" s="143"/>
+      <c r="W66" s="143"/>
+      <c r="X66" s="143"/>
+      <c r="Y66" s="143"/>
+      <c r="Z66" s="143"/>
+      <c r="AA66" s="143"/>
+      <c r="AB66" s="143"/>
+      <c r="AC66" s="143"/>
+      <c r="AD66" s="143"/>
+      <c r="AE66" s="143"/>
+      <c r="AF66" s="143"/>
+      <c r="AG66" s="144"/>
+      <c r="AH66" s="126"/>
+      <c r="AI66" s="127"/>
+      <c r="AJ66" s="127"/>
+      <c r="AK66" s="127"/>
+      <c r="AL66" s="127"/>
+      <c r="AM66" s="127"/>
+      <c r="AN66" s="127"/>
+      <c r="AO66" s="127"/>
+      <c r="AP66" s="128"/>
+      <c r="AQ66" s="126"/>
+      <c r="AR66" s="127"/>
+      <c r="AS66" s="127"/>
+      <c r="AT66" s="127"/>
+      <c r="AU66" s="127"/>
+      <c r="AV66" s="127"/>
+      <c r="AW66" s="127"/>
+      <c r="AX66" s="127"/>
+      <c r="AY66" s="127"/>
+      <c r="AZ66" s="127"/>
+      <c r="BA66" s="128"/>
+      <c r="BB66" s="126"/>
+      <c r="BC66" s="127"/>
+      <c r="BD66" s="127"/>
+      <c r="BE66" s="127"/>
+      <c r="BF66" s="127"/>
+      <c r="BG66" s="127"/>
+      <c r="BH66" s="127"/>
+      <c r="BI66" s="127"/>
+      <c r="BJ66" s="127"/>
+      <c r="BK66" s="128"/>
+      <c r="BL66" s="126"/>
+      <c r="BM66" s="127"/>
+      <c r="BN66" s="127"/>
+      <c r="BO66" s="127"/>
+      <c r="BP66" s="127"/>
+      <c r="BQ66" s="127"/>
+      <c r="BR66" s="127"/>
+      <c r="BS66" s="127"/>
+      <c r="BT66" s="127"/>
+      <c r="BU66" s="128"/>
+      <c r="BV66" s="126"/>
+      <c r="BW66" s="127"/>
+      <c r="BX66" s="127"/>
+      <c r="BY66" s="127"/>
+      <c r="BZ66" s="127"/>
+      <c r="CA66" s="127"/>
+      <c r="CB66" s="127"/>
+      <c r="CC66" s="127"/>
+      <c r="CD66" s="127"/>
+      <c r="CE66" s="128"/>
+      <c r="CF66" s="142" t="s">
+        <v>56</v>
+      </c>
+      <c r="CG66" s="143"/>
+      <c r="CH66" s="143"/>
+      <c r="CI66" s="143"/>
+      <c r="CJ66" s="143"/>
+      <c r="CK66" s="143"/>
+      <c r="CL66" s="143"/>
+      <c r="CM66" s="143"/>
+      <c r="CN66" s="143"/>
+      <c r="CO66" s="143"/>
+      <c r="CP66" s="143"/>
+      <c r="CQ66" s="143"/>
+      <c r="CR66" s="143"/>
+      <c r="CS66" s="143"/>
+      <c r="CT66" s="143"/>
+      <c r="CU66" s="143"/>
+      <c r="CV66" s="143"/>
+      <c r="CW66" s="143"/>
+      <c r="CX66" s="143"/>
+      <c r="CY66" s="143"/>
+      <c r="CZ66" s="143"/>
+      <c r="DA66" s="143"/>
+      <c r="DB66" s="143"/>
+      <c r="DC66" s="143"/>
+      <c r="DD66" s="143"/>
+      <c r="DE66" s="143"/>
+      <c r="DF66" s="143"/>
+      <c r="DG66" s="143"/>
+      <c r="DH66" s="143"/>
+      <c r="DI66" s="143"/>
+      <c r="DJ66" s="143"/>
+      <c r="DK66" s="143"/>
+      <c r="DL66" s="144"/>
+      <c r="DM66" s="126"/>
+      <c r="DN66" s="127"/>
+      <c r="DO66" s="127"/>
+      <c r="DP66" s="127"/>
+      <c r="DQ66" s="127"/>
+      <c r="DR66" s="127"/>
+      <c r="DS66" s="127"/>
+      <c r="DT66" s="127"/>
+      <c r="DU66" s="128"/>
+      <c r="DV66" s="126"/>
+      <c r="DW66" s="127"/>
+      <c r="DX66" s="127"/>
+      <c r="DY66" s="127"/>
+      <c r="DZ66" s="127"/>
+      <c r="EA66" s="127"/>
+      <c r="EB66" s="127"/>
+      <c r="EC66" s="127"/>
+      <c r="ED66" s="127"/>
+      <c r="EE66" s="127"/>
+      <c r="EF66" s="127"/>
+      <c r="EG66" s="128"/>
+      <c r="EH66" s="126"/>
+      <c r="EI66" s="127"/>
+      <c r="EJ66" s="127"/>
+      <c r="EK66" s="127"/>
+      <c r="EL66" s="127"/>
+      <c r="EM66" s="127"/>
+      <c r="EN66" s="127"/>
+      <c r="EO66" s="127"/>
+      <c r="EP66" s="127"/>
+      <c r="EQ66" s="128"/>
+      <c r="ER66" s="126"/>
+      <c r="ES66" s="127"/>
+      <c r="ET66" s="127"/>
+      <c r="EU66" s="127"/>
+      <c r="EV66" s="127"/>
+      <c r="EW66" s="127"/>
+      <c r="EX66" s="127"/>
+      <c r="EY66" s="127"/>
+      <c r="EZ66" s="127"/>
+      <c r="FA66" s="128"/>
+      <c r="FB66" s="126"/>
+      <c r="FC66" s="127"/>
+      <c r="FD66" s="127"/>
+      <c r="FE66" s="127"/>
+      <c r="FF66" s="127"/>
+      <c r="FG66" s="127"/>
+      <c r="FH66" s="127"/>
+      <c r="FI66" s="127"/>
+      <c r="FJ66" s="127"/>
+      <c r="FK66" s="128"/>
+    </row>
+    <row r="67" spans="1:167" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A67" s="35"/>
+      <c r="B67" s="89" t="s">
         <v>66</v>
       </c>
-      <c r="P63" s="127"/>
-[...56 lines deleted...]
-      <c r="CT63" s="127" t="s">
+      <c r="C67" s="89"/>
+      <c r="D67" s="89"/>
+      <c r="E67" s="89"/>
+      <c r="F67" s="89"/>
+      <c r="G67" s="89"/>
+      <c r="H67" s="89"/>
+      <c r="I67" s="89"/>
+      <c r="J67" s="89"/>
+      <c r="K67" s="89"/>
+      <c r="L67" s="89"/>
+      <c r="M67" s="90"/>
+      <c r="N67" s="90"/>
+      <c r="O67" s="90"/>
+      <c r="P67" s="90"/>
+      <c r="Q67" s="90"/>
+      <c r="R67" s="90"/>
+      <c r="S67" s="90"/>
+      <c r="T67" s="90"/>
+      <c r="U67" s="90"/>
+      <c r="V67" s="90"/>
+      <c r="W67" s="90"/>
+      <c r="X67" s="90"/>
+      <c r="Y67" s="90"/>
+      <c r="Z67" s="90"/>
+      <c r="AA67" s="90"/>
+      <c r="AB67" s="90"/>
+      <c r="AC67" s="90"/>
+      <c r="AD67" s="91" t="s">
+        <v>57</v>
+      </c>
+      <c r="AE67" s="91"/>
+      <c r="AF67" s="71"/>
+      <c r="AG67" s="72"/>
+      <c r="AH67" s="136"/>
+      <c r="AI67" s="137"/>
+      <c r="AJ67" s="137"/>
+      <c r="AK67" s="137"/>
+      <c r="AL67" s="137"/>
+      <c r="AM67" s="137"/>
+      <c r="AN67" s="137"/>
+      <c r="AO67" s="137"/>
+      <c r="AP67" s="138"/>
+      <c r="AQ67" s="136"/>
+      <c r="AR67" s="137"/>
+      <c r="AS67" s="137"/>
+      <c r="AT67" s="137"/>
+      <c r="AU67" s="137"/>
+      <c r="AV67" s="137"/>
+      <c r="AW67" s="137"/>
+      <c r="AX67" s="137"/>
+      <c r="AY67" s="137"/>
+      <c r="AZ67" s="137"/>
+      <c r="BA67" s="138"/>
+      <c r="BB67" s="136"/>
+      <c r="BC67" s="137"/>
+      <c r="BD67" s="137"/>
+      <c r="BE67" s="137"/>
+      <c r="BF67" s="137"/>
+      <c r="BG67" s="137"/>
+      <c r="BH67" s="137"/>
+      <c r="BI67" s="137"/>
+      <c r="BJ67" s="137"/>
+      <c r="BK67" s="138"/>
+      <c r="BL67" s="136"/>
+      <c r="BM67" s="137"/>
+      <c r="BN67" s="137"/>
+      <c r="BO67" s="137"/>
+      <c r="BP67" s="137"/>
+      <c r="BQ67" s="137"/>
+      <c r="BR67" s="137"/>
+      <c r="BS67" s="137"/>
+      <c r="BT67" s="137"/>
+      <c r="BU67" s="138"/>
+      <c r="BV67" s="136"/>
+      <c r="BW67" s="137"/>
+      <c r="BX67" s="137"/>
+      <c r="BY67" s="137"/>
+      <c r="BZ67" s="137"/>
+      <c r="CA67" s="137"/>
+      <c r="CB67" s="137"/>
+      <c r="CC67" s="137"/>
+      <c r="CD67" s="137"/>
+      <c r="CE67" s="138"/>
+      <c r="CF67" s="35"/>
+      <c r="CG67" s="89" t="s">
         <v>66</v>
       </c>
-      <c r="CU63" s="127"/>
-[...54 lines deleted...]
-      <c r="FK63" s="14"/>
+      <c r="CH67" s="89"/>
+      <c r="CI67" s="89"/>
+      <c r="CJ67" s="89"/>
+      <c r="CK67" s="89"/>
+      <c r="CL67" s="89"/>
+      <c r="CM67" s="89"/>
+      <c r="CN67" s="89"/>
+      <c r="CO67" s="89"/>
+      <c r="CP67" s="89"/>
+      <c r="CQ67" s="89"/>
+      <c r="CR67" s="90"/>
+      <c r="CS67" s="90"/>
+      <c r="CT67" s="90"/>
+      <c r="CU67" s="90"/>
+      <c r="CV67" s="90"/>
+      <c r="CW67" s="90"/>
+      <c r="CX67" s="90"/>
+      <c r="CY67" s="90"/>
+      <c r="CZ67" s="90"/>
+      <c r="DA67" s="90"/>
+      <c r="DB67" s="90"/>
+      <c r="DC67" s="90"/>
+      <c r="DD67" s="90"/>
+      <c r="DE67" s="90"/>
+      <c r="DF67" s="90"/>
+      <c r="DG67" s="90"/>
+      <c r="DH67" s="90"/>
+      <c r="DI67" s="91" t="s">
+        <v>57</v>
+      </c>
+      <c r="DJ67" s="91"/>
+      <c r="DK67" s="84"/>
+      <c r="DL67" s="85"/>
+      <c r="DM67" s="136"/>
+      <c r="DN67" s="137"/>
+      <c r="DO67" s="137"/>
+      <c r="DP67" s="137"/>
+      <c r="DQ67" s="137"/>
+      <c r="DR67" s="137"/>
+      <c r="DS67" s="137"/>
+      <c r="DT67" s="137"/>
+      <c r="DU67" s="138"/>
+      <c r="DV67" s="136"/>
+      <c r="DW67" s="137"/>
+      <c r="DX67" s="137"/>
+      <c r="DY67" s="137"/>
+      <c r="DZ67" s="137"/>
+      <c r="EA67" s="137"/>
+      <c r="EB67" s="137"/>
+      <c r="EC67" s="137"/>
+      <c r="ED67" s="137"/>
+      <c r="EE67" s="137"/>
+      <c r="EF67" s="137"/>
+      <c r="EG67" s="138"/>
+      <c r="EH67" s="136"/>
+      <c r="EI67" s="137"/>
+      <c r="EJ67" s="137"/>
+      <c r="EK67" s="137"/>
+      <c r="EL67" s="137"/>
+      <c r="EM67" s="137"/>
+      <c r="EN67" s="137"/>
+      <c r="EO67" s="137"/>
+      <c r="EP67" s="137"/>
+      <c r="EQ67" s="138"/>
+      <c r="ER67" s="136"/>
+      <c r="ES67" s="137"/>
+      <c r="ET67" s="137"/>
+      <c r="EU67" s="137"/>
+      <c r="EV67" s="137"/>
+      <c r="EW67" s="137"/>
+      <c r="EX67" s="137"/>
+      <c r="EY67" s="137"/>
+      <c r="EZ67" s="137"/>
+      <c r="FA67" s="138"/>
+      <c r="FB67" s="136"/>
+      <c r="FC67" s="137"/>
+      <c r="FD67" s="137"/>
+      <c r="FE67" s="137"/>
+      <c r="FF67" s="137"/>
+      <c r="FG67" s="137"/>
+      <c r="FH67" s="137"/>
+      <c r="FI67" s="137"/>
+      <c r="FJ67" s="137"/>
+      <c r="FK67" s="138"/>
     </row>
-    <row r="64" spans="1:167" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-[...165 lines deleted...]
-      <c r="FK64" s="43"/>
+    <row r="68" spans="1:167" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A68" s="30"/>
+      <c r="B68" s="79"/>
+      <c r="C68" s="79"/>
+      <c r="D68" s="79"/>
+      <c r="E68" s="79"/>
+      <c r="F68" s="79"/>
+      <c r="G68" s="79"/>
+      <c r="H68" s="79"/>
+      <c r="I68" s="79"/>
+      <c r="J68" s="79"/>
+      <c r="M68" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="N68" s="92"/>
+      <c r="O68" s="92"/>
+      <c r="P68" s="92"/>
+      <c r="Q68" s="92"/>
+      <c r="R68" s="92"/>
+      <c r="S68" s="92"/>
+      <c r="T68" s="92"/>
+      <c r="U68" s="92"/>
+      <c r="V68" s="92"/>
+      <c r="W68" s="92"/>
+      <c r="X68" s="92"/>
+      <c r="Y68" s="92"/>
+      <c r="Z68" s="92"/>
+      <c r="AA68" s="92"/>
+      <c r="AB68" s="92"/>
+      <c r="AC68" s="92"/>
+      <c r="AF68" s="79"/>
+      <c r="AG68" s="80"/>
+      <c r="AH68" s="136"/>
+      <c r="AI68" s="137"/>
+      <c r="AJ68" s="137"/>
+      <c r="AK68" s="137"/>
+      <c r="AL68" s="137"/>
+      <c r="AM68" s="137"/>
+      <c r="AN68" s="137"/>
+      <c r="AO68" s="137"/>
+      <c r="AP68" s="138"/>
+      <c r="AQ68" s="136"/>
+      <c r="AR68" s="137"/>
+      <c r="AS68" s="137"/>
+      <c r="AT68" s="137"/>
+      <c r="AU68" s="137"/>
+      <c r="AV68" s="137"/>
+      <c r="AW68" s="137"/>
+      <c r="AX68" s="137"/>
+      <c r="AY68" s="137"/>
+      <c r="AZ68" s="137"/>
+      <c r="BA68" s="138"/>
+      <c r="BB68" s="136"/>
+      <c r="BC68" s="137"/>
+      <c r="BD68" s="137"/>
+      <c r="BE68" s="137"/>
+      <c r="BF68" s="137"/>
+      <c r="BG68" s="137"/>
+      <c r="BH68" s="137"/>
+      <c r="BI68" s="137"/>
+      <c r="BJ68" s="137"/>
+      <c r="BK68" s="138"/>
+      <c r="BL68" s="136"/>
+      <c r="BM68" s="137"/>
+      <c r="BN68" s="137"/>
+      <c r="BO68" s="137"/>
+      <c r="BP68" s="137"/>
+      <c r="BQ68" s="137"/>
+      <c r="BR68" s="137"/>
+      <c r="BS68" s="137"/>
+      <c r="BT68" s="137"/>
+      <c r="BU68" s="138"/>
+      <c r="BV68" s="136"/>
+      <c r="BW68" s="137"/>
+      <c r="BX68" s="137"/>
+      <c r="BY68" s="137"/>
+      <c r="BZ68" s="137"/>
+      <c r="CA68" s="137"/>
+      <c r="CB68" s="137"/>
+      <c r="CC68" s="137"/>
+      <c r="CD68" s="137"/>
+      <c r="CE68" s="138"/>
+      <c r="CF68" s="30"/>
+      <c r="CG68" s="79"/>
+      <c r="CH68" s="79"/>
+      <c r="CI68" s="79"/>
+      <c r="CJ68" s="79"/>
+      <c r="CK68" s="79"/>
+      <c r="CL68" s="79"/>
+      <c r="CM68" s="79"/>
+      <c r="CN68" s="79"/>
+      <c r="CO68" s="79"/>
+      <c r="CR68" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="CS68" s="92"/>
+      <c r="CT68" s="92"/>
+      <c r="CU68" s="92"/>
+      <c r="CV68" s="92"/>
+      <c r="CW68" s="92"/>
+      <c r="CX68" s="92"/>
+      <c r="CY68" s="92"/>
+      <c r="CZ68" s="92"/>
+      <c r="DA68" s="92"/>
+      <c r="DB68" s="92"/>
+      <c r="DC68" s="92"/>
+      <c r="DD68" s="92"/>
+      <c r="DE68" s="92"/>
+      <c r="DF68" s="92"/>
+      <c r="DG68" s="92"/>
+      <c r="DH68" s="92"/>
+      <c r="DK68" s="79"/>
+      <c r="DL68" s="80"/>
+      <c r="DM68" s="136"/>
+      <c r="DN68" s="137"/>
+      <c r="DO68" s="137"/>
+      <c r="DP68" s="137"/>
+      <c r="DQ68" s="137"/>
+      <c r="DR68" s="137"/>
+      <c r="DS68" s="137"/>
+      <c r="DT68" s="137"/>
+      <c r="DU68" s="138"/>
+      <c r="DV68" s="136"/>
+      <c r="DW68" s="137"/>
+      <c r="DX68" s="137"/>
+      <c r="DY68" s="137"/>
+      <c r="DZ68" s="137"/>
+      <c r="EA68" s="137"/>
+      <c r="EB68" s="137"/>
+      <c r="EC68" s="137"/>
+      <c r="ED68" s="137"/>
+      <c r="EE68" s="137"/>
+      <c r="EF68" s="137"/>
+      <c r="EG68" s="138"/>
+      <c r="EH68" s="136"/>
+      <c r="EI68" s="137"/>
+      <c r="EJ68" s="137"/>
+      <c r="EK68" s="137"/>
+      <c r="EL68" s="137"/>
+      <c r="EM68" s="137"/>
+      <c r="EN68" s="137"/>
+      <c r="EO68" s="137"/>
+      <c r="EP68" s="137"/>
+      <c r="EQ68" s="138"/>
+      <c r="ER68" s="136"/>
+      <c r="ES68" s="137"/>
+      <c r="ET68" s="137"/>
+      <c r="EU68" s="137"/>
+      <c r="EV68" s="137"/>
+      <c r="EW68" s="137"/>
+      <c r="EX68" s="137"/>
+      <c r="EY68" s="137"/>
+      <c r="EZ68" s="137"/>
+      <c r="FA68" s="138"/>
+      <c r="FB68" s="136"/>
+      <c r="FC68" s="137"/>
+      <c r="FD68" s="137"/>
+      <c r="FE68" s="137"/>
+      <c r="FF68" s="137"/>
+      <c r="FG68" s="137"/>
+      <c r="FH68" s="137"/>
+      <c r="FI68" s="137"/>
+      <c r="FJ68" s="137"/>
+      <c r="FK68" s="138"/>
     </row>
-    <row r="65" spans="1:167" s="18" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="97" t="s">
+    <row r="69" spans="1:167" s="33" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="139" t="s">
+        <v>79</v>
+      </c>
+      <c r="B69" s="140"/>
+      <c r="C69" s="140"/>
+      <c r="D69" s="140"/>
+      <c r="E69" s="140"/>
+      <c r="F69" s="140"/>
+      <c r="G69" s="140"/>
+      <c r="H69" s="140"/>
+      <c r="I69" s="140"/>
+      <c r="J69" s="140"/>
+      <c r="K69" s="140"/>
+      <c r="L69" s="140"/>
+      <c r="M69" s="140"/>
+      <c r="N69" s="140"/>
+      <c r="O69" s="140"/>
+      <c r="P69" s="140"/>
+      <c r="Q69" s="140"/>
+      <c r="R69" s="140"/>
+      <c r="S69" s="140"/>
+      <c r="T69" s="140"/>
+      <c r="U69" s="140"/>
+      <c r="V69" s="140"/>
+      <c r="W69" s="140"/>
+      <c r="X69" s="140"/>
+      <c r="Y69" s="140"/>
+      <c r="Z69" s="140"/>
+      <c r="AA69" s="140"/>
+      <c r="AB69" s="140"/>
+      <c r="AC69" s="140"/>
+      <c r="AD69" s="140"/>
+      <c r="AE69" s="140"/>
+      <c r="AF69" s="140"/>
+      <c r="AG69" s="141"/>
+      <c r="AH69" s="129"/>
+      <c r="AI69" s="130"/>
+      <c r="AJ69" s="130"/>
+      <c r="AK69" s="130"/>
+      <c r="AL69" s="130"/>
+      <c r="AM69" s="130"/>
+      <c r="AN69" s="130"/>
+      <c r="AO69" s="130"/>
+      <c r="AP69" s="131"/>
+      <c r="AQ69" s="129"/>
+      <c r="AR69" s="130"/>
+      <c r="AS69" s="130"/>
+      <c r="AT69" s="130"/>
+      <c r="AU69" s="130"/>
+      <c r="AV69" s="130"/>
+      <c r="AW69" s="130"/>
+      <c r="AX69" s="130"/>
+      <c r="AY69" s="130"/>
+      <c r="AZ69" s="130"/>
+      <c r="BA69" s="131"/>
+      <c r="BB69" s="129"/>
+      <c r="BC69" s="130"/>
+      <c r="BD69" s="130"/>
+      <c r="BE69" s="130"/>
+      <c r="BF69" s="130"/>
+      <c r="BG69" s="130"/>
+      <c r="BH69" s="130"/>
+      <c r="BI69" s="130"/>
+      <c r="BJ69" s="130"/>
+      <c r="BK69" s="131"/>
+      <c r="BL69" s="129"/>
+      <c r="BM69" s="130"/>
+      <c r="BN69" s="130"/>
+      <c r="BO69" s="130"/>
+      <c r="BP69" s="130"/>
+      <c r="BQ69" s="130"/>
+      <c r="BR69" s="130"/>
+      <c r="BS69" s="130"/>
+      <c r="BT69" s="130"/>
+      <c r="BU69" s="131"/>
+      <c r="BV69" s="129"/>
+      <c r="BW69" s="130"/>
+      <c r="BX69" s="130"/>
+      <c r="BY69" s="130"/>
+      <c r="BZ69" s="130"/>
+      <c r="CA69" s="130"/>
+      <c r="CB69" s="130"/>
+      <c r="CC69" s="130"/>
+      <c r="CD69" s="130"/>
+      <c r="CE69" s="131"/>
+      <c r="CF69" s="139" t="s">
+        <v>79</v>
+      </c>
+      <c r="CG69" s="140"/>
+      <c r="CH69" s="140"/>
+      <c r="CI69" s="140"/>
+      <c r="CJ69" s="140"/>
+      <c r="CK69" s="140"/>
+      <c r="CL69" s="140"/>
+      <c r="CM69" s="140"/>
+      <c r="CN69" s="140"/>
+      <c r="CO69" s="140"/>
+      <c r="CP69" s="140"/>
+      <c r="CQ69" s="140"/>
+      <c r="CR69" s="140"/>
+      <c r="CS69" s="140"/>
+      <c r="CT69" s="140"/>
+      <c r="CU69" s="140"/>
+      <c r="CV69" s="140"/>
+      <c r="CW69" s="140"/>
+      <c r="CX69" s="140"/>
+      <c r="CY69" s="140"/>
+      <c r="CZ69" s="140"/>
+      <c r="DA69" s="140"/>
+      <c r="DB69" s="140"/>
+      <c r="DC69" s="140"/>
+      <c r="DD69" s="140"/>
+      <c r="DE69" s="140"/>
+      <c r="DF69" s="140"/>
+      <c r="DG69" s="140"/>
+      <c r="DH69" s="140"/>
+      <c r="DI69" s="140"/>
+      <c r="DJ69" s="140"/>
+      <c r="DK69" s="140"/>
+      <c r="DL69" s="141"/>
+      <c r="DM69" s="129"/>
+      <c r="DN69" s="130"/>
+      <c r="DO69" s="130"/>
+      <c r="DP69" s="130"/>
+      <c r="DQ69" s="130"/>
+      <c r="DR69" s="130"/>
+      <c r="DS69" s="130"/>
+      <c r="DT69" s="130"/>
+      <c r="DU69" s="131"/>
+      <c r="DV69" s="129"/>
+      <c r="DW69" s="130"/>
+      <c r="DX69" s="130"/>
+      <c r="DY69" s="130"/>
+      <c r="DZ69" s="130"/>
+      <c r="EA69" s="130"/>
+      <c r="EB69" s="130"/>
+      <c r="EC69" s="130"/>
+      <c r="ED69" s="130"/>
+      <c r="EE69" s="130"/>
+      <c r="EF69" s="130"/>
+      <c r="EG69" s="131"/>
+      <c r="EH69" s="129"/>
+      <c r="EI69" s="130"/>
+      <c r="EJ69" s="130"/>
+      <c r="EK69" s="130"/>
+      <c r="EL69" s="130"/>
+      <c r="EM69" s="130"/>
+      <c r="EN69" s="130"/>
+      <c r="EO69" s="130"/>
+      <c r="EP69" s="130"/>
+      <c r="EQ69" s="131"/>
+      <c r="ER69" s="129"/>
+      <c r="ES69" s="130"/>
+      <c r="ET69" s="130"/>
+      <c r="EU69" s="130"/>
+      <c r="EV69" s="130"/>
+      <c r="EW69" s="130"/>
+      <c r="EX69" s="130"/>
+      <c r="EY69" s="130"/>
+      <c r="EZ69" s="130"/>
+      <c r="FA69" s="131"/>
+      <c r="FB69" s="129"/>
+      <c r="FC69" s="130"/>
+      <c r="FD69" s="130"/>
+      <c r="FE69" s="130"/>
+      <c r="FF69" s="130"/>
+      <c r="FG69" s="130"/>
+      <c r="FH69" s="130"/>
+      <c r="FI69" s="130"/>
+      <c r="FJ69" s="130"/>
+      <c r="FK69" s="131"/>
+    </row>
+    <row r="70" spans="1:167" s="33" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A70" s="142" t="s">
+        <v>65</v>
+      </c>
+      <c r="B70" s="143"/>
+      <c r="C70" s="143"/>
+      <c r="D70" s="143"/>
+      <c r="E70" s="143"/>
+      <c r="F70" s="143"/>
+      <c r="G70" s="143"/>
+      <c r="H70" s="143"/>
+      <c r="I70" s="143"/>
+      <c r="J70" s="143"/>
+      <c r="K70" s="143"/>
+      <c r="L70" s="143"/>
+      <c r="M70" s="143"/>
+      <c r="N70" s="143"/>
+      <c r="O70" s="143"/>
+      <c r="P70" s="143"/>
+      <c r="Q70" s="143"/>
+      <c r="R70" s="143"/>
+      <c r="S70" s="143"/>
+      <c r="T70" s="143"/>
+      <c r="U70" s="143"/>
+      <c r="V70" s="143"/>
+      <c r="W70" s="143"/>
+      <c r="X70" s="143"/>
+      <c r="Y70" s="143"/>
+      <c r="Z70" s="143"/>
+      <c r="AA70" s="143"/>
+      <c r="AB70" s="143"/>
+      <c r="AC70" s="143"/>
+      <c r="AD70" s="143"/>
+      <c r="AE70" s="143"/>
+      <c r="AF70" s="143"/>
+      <c r="AG70" s="144"/>
+      <c r="AH70" s="126"/>
+      <c r="AI70" s="127"/>
+      <c r="AJ70" s="127"/>
+      <c r="AK70" s="127"/>
+      <c r="AL70" s="127"/>
+      <c r="AM70" s="127"/>
+      <c r="AN70" s="127"/>
+      <c r="AO70" s="127"/>
+      <c r="AP70" s="128"/>
+      <c r="AQ70" s="126"/>
+      <c r="AR70" s="127"/>
+      <c r="AS70" s="127"/>
+      <c r="AT70" s="127"/>
+      <c r="AU70" s="127"/>
+      <c r="AV70" s="127"/>
+      <c r="AW70" s="127"/>
+      <c r="AX70" s="127"/>
+      <c r="AY70" s="127"/>
+      <c r="AZ70" s="127"/>
+      <c r="BA70" s="128"/>
+      <c r="BB70" s="126"/>
+      <c r="BC70" s="127"/>
+      <c r="BD70" s="127"/>
+      <c r="BE70" s="127"/>
+      <c r="BF70" s="127"/>
+      <c r="BG70" s="127"/>
+      <c r="BH70" s="127"/>
+      <c r="BI70" s="127"/>
+      <c r="BJ70" s="127"/>
+      <c r="BK70" s="128"/>
+      <c r="BL70" s="126"/>
+      <c r="BM70" s="127"/>
+      <c r="BN70" s="127"/>
+      <c r="BO70" s="127"/>
+      <c r="BP70" s="127"/>
+      <c r="BQ70" s="127"/>
+      <c r="BR70" s="127"/>
+      <c r="BS70" s="127"/>
+      <c r="BT70" s="127"/>
+      <c r="BU70" s="128"/>
+      <c r="BV70" s="126"/>
+      <c r="BW70" s="127"/>
+      <c r="BX70" s="127"/>
+      <c r="BY70" s="127"/>
+      <c r="BZ70" s="127"/>
+      <c r="CA70" s="127"/>
+      <c r="CB70" s="127"/>
+      <c r="CC70" s="127"/>
+      <c r="CD70" s="127"/>
+      <c r="CE70" s="128"/>
+      <c r="CF70" s="142" t="s">
+        <v>65</v>
+      </c>
+      <c r="CG70" s="143"/>
+      <c r="CH70" s="143"/>
+      <c r="CI70" s="143"/>
+      <c r="CJ70" s="143"/>
+      <c r="CK70" s="143"/>
+      <c r="CL70" s="143"/>
+      <c r="CM70" s="143"/>
+      <c r="CN70" s="143"/>
+      <c r="CO70" s="143"/>
+      <c r="CP70" s="143"/>
+      <c r="CQ70" s="143"/>
+      <c r="CR70" s="143"/>
+      <c r="CS70" s="143"/>
+      <c r="CT70" s="143"/>
+      <c r="CU70" s="143"/>
+      <c r="CV70" s="143"/>
+      <c r="CW70" s="143"/>
+      <c r="CX70" s="143"/>
+      <c r="CY70" s="143"/>
+      <c r="CZ70" s="143"/>
+      <c r="DA70" s="143"/>
+      <c r="DB70" s="143"/>
+      <c r="DC70" s="143"/>
+      <c r="DD70" s="143"/>
+      <c r="DE70" s="143"/>
+      <c r="DF70" s="143"/>
+      <c r="DG70" s="143"/>
+      <c r="DH70" s="143"/>
+      <c r="DI70" s="143"/>
+      <c r="DJ70" s="143"/>
+      <c r="DK70" s="143"/>
+      <c r="DL70" s="144"/>
+      <c r="DM70" s="126"/>
+      <c r="DN70" s="127"/>
+      <c r="DO70" s="127"/>
+      <c r="DP70" s="127"/>
+      <c r="DQ70" s="127"/>
+      <c r="DR70" s="127"/>
+      <c r="DS70" s="127"/>
+      <c r="DT70" s="127"/>
+      <c r="DU70" s="128"/>
+      <c r="DV70" s="126"/>
+      <c r="DW70" s="127"/>
+      <c r="DX70" s="127"/>
+      <c r="DY70" s="127"/>
+      <c r="DZ70" s="127"/>
+      <c r="EA70" s="127"/>
+      <c r="EB70" s="127"/>
+      <c r="EC70" s="127"/>
+      <c r="ED70" s="127"/>
+      <c r="EE70" s="127"/>
+      <c r="EF70" s="127"/>
+      <c r="EG70" s="128"/>
+      <c r="EH70" s="126"/>
+      <c r="EI70" s="127"/>
+      <c r="EJ70" s="127"/>
+      <c r="EK70" s="127"/>
+      <c r="EL70" s="127"/>
+      <c r="EM70" s="127"/>
+      <c r="EN70" s="127"/>
+      <c r="EO70" s="127"/>
+      <c r="EP70" s="127"/>
+      <c r="EQ70" s="128"/>
+      <c r="ER70" s="126"/>
+      <c r="ES70" s="127"/>
+      <c r="ET70" s="127"/>
+      <c r="EU70" s="127"/>
+      <c r="EV70" s="127"/>
+      <c r="EW70" s="127"/>
+      <c r="EX70" s="127"/>
+      <c r="EY70" s="127"/>
+      <c r="EZ70" s="127"/>
+      <c r="FA70" s="128"/>
+      <c r="FB70" s="126"/>
+      <c r="FC70" s="127"/>
+      <c r="FD70" s="127"/>
+      <c r="FE70" s="127"/>
+      <c r="FF70" s="127"/>
+      <c r="FG70" s="127"/>
+      <c r="FH70" s="127"/>
+      <c r="FI70" s="127"/>
+      <c r="FJ70" s="127"/>
+      <c r="FK70" s="128"/>
+    </row>
+    <row r="71" spans="1:167" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A71" s="168" t="s">
+        <v>67</v>
+      </c>
+      <c r="B71" s="169"/>
+      <c r="C71" s="169"/>
+      <c r="D71" s="169"/>
+      <c r="E71" s="169"/>
+      <c r="F71" s="169"/>
+      <c r="G71" s="169"/>
+      <c r="H71" s="169"/>
+      <c r="I71" s="169"/>
+      <c r="J71" s="169"/>
+      <c r="K71" s="169"/>
+      <c r="L71" s="169"/>
+      <c r="M71" s="169"/>
+      <c r="N71" s="169"/>
+      <c r="O71" s="169"/>
+      <c r="P71" s="169"/>
+      <c r="Q71" s="169"/>
+      <c r="R71" s="169"/>
+      <c r="S71" s="169"/>
+      <c r="T71" s="171"/>
+      <c r="U71" s="171"/>
+      <c r="V71" s="171"/>
+      <c r="W71" s="171"/>
+      <c r="X71" s="171"/>
+      <c r="Y71" s="171"/>
+      <c r="Z71" s="171"/>
+      <c r="AA71" s="171"/>
+      <c r="AB71" s="171"/>
+      <c r="AC71" s="171"/>
+      <c r="AD71" s="171"/>
+      <c r="AE71" s="171"/>
+      <c r="AF71" s="91" t="s">
+        <v>57</v>
+      </c>
+      <c r="AG71" s="170"/>
+      <c r="AH71" s="136"/>
+      <c r="AI71" s="137"/>
+      <c r="AJ71" s="137"/>
+      <c r="AK71" s="137"/>
+      <c r="AL71" s="137"/>
+      <c r="AM71" s="137"/>
+      <c r="AN71" s="137"/>
+      <c r="AO71" s="137"/>
+      <c r="AP71" s="138"/>
+      <c r="AQ71" s="136"/>
+      <c r="AR71" s="137"/>
+      <c r="AS71" s="137"/>
+      <c r="AT71" s="137"/>
+      <c r="AU71" s="137"/>
+      <c r="AV71" s="137"/>
+      <c r="AW71" s="137"/>
+      <c r="AX71" s="137"/>
+      <c r="AY71" s="137"/>
+      <c r="AZ71" s="137"/>
+      <c r="BA71" s="138"/>
+      <c r="BB71" s="136"/>
+      <c r="BC71" s="137"/>
+      <c r="BD71" s="137"/>
+      <c r="BE71" s="137"/>
+      <c r="BF71" s="137"/>
+      <c r="BG71" s="137"/>
+      <c r="BH71" s="137"/>
+      <c r="BI71" s="137"/>
+      <c r="BJ71" s="137"/>
+      <c r="BK71" s="138"/>
+      <c r="BL71" s="136"/>
+      <c r="BM71" s="137"/>
+      <c r="BN71" s="137"/>
+      <c r="BO71" s="137"/>
+      <c r="BP71" s="137"/>
+      <c r="BQ71" s="137"/>
+      <c r="BR71" s="137"/>
+      <c r="BS71" s="137"/>
+      <c r="BT71" s="137"/>
+      <c r="BU71" s="138"/>
+      <c r="BV71" s="136"/>
+      <c r="BW71" s="137"/>
+      <c r="BX71" s="137"/>
+      <c r="BY71" s="137"/>
+      <c r="BZ71" s="137"/>
+      <c r="CA71" s="137"/>
+      <c r="CB71" s="137"/>
+      <c r="CC71" s="137"/>
+      <c r="CD71" s="137"/>
+      <c r="CE71" s="138"/>
+      <c r="CF71" s="168" t="s">
+        <v>67</v>
+      </c>
+      <c r="CG71" s="169"/>
+      <c r="CH71" s="169"/>
+      <c r="CI71" s="169"/>
+      <c r="CJ71" s="169"/>
+      <c r="CK71" s="169"/>
+      <c r="CL71" s="169"/>
+      <c r="CM71" s="169"/>
+      <c r="CN71" s="169"/>
+      <c r="CO71" s="169"/>
+      <c r="CP71" s="169"/>
+      <c r="CQ71" s="169"/>
+      <c r="CR71" s="169"/>
+      <c r="CS71" s="169"/>
+      <c r="CT71" s="169"/>
+      <c r="CU71" s="169"/>
+      <c r="CV71" s="169"/>
+      <c r="CW71" s="169"/>
+      <c r="CX71" s="169"/>
+      <c r="CY71" s="155"/>
+      <c r="CZ71" s="155"/>
+      <c r="DA71" s="155"/>
+      <c r="DB71" s="155"/>
+      <c r="DC71" s="155"/>
+      <c r="DD71" s="155"/>
+      <c r="DE71" s="155"/>
+      <c r="DF71" s="155"/>
+      <c r="DG71" s="155"/>
+      <c r="DH71" s="155"/>
+      <c r="DI71" s="155"/>
+      <c r="DJ71" s="155"/>
+      <c r="DK71" s="91" t="s">
+        <v>57</v>
+      </c>
+      <c r="DL71" s="170"/>
+      <c r="DM71" s="136"/>
+      <c r="DN71" s="137"/>
+      <c r="DO71" s="137"/>
+      <c r="DP71" s="137"/>
+      <c r="DQ71" s="137"/>
+      <c r="DR71" s="137"/>
+      <c r="DS71" s="137"/>
+      <c r="DT71" s="137"/>
+      <c r="DU71" s="138"/>
+      <c r="DV71" s="136"/>
+      <c r="DW71" s="137"/>
+      <c r="DX71" s="137"/>
+      <c r="DY71" s="137"/>
+      <c r="DZ71" s="137"/>
+      <c r="EA71" s="137"/>
+      <c r="EB71" s="137"/>
+      <c r="EC71" s="137"/>
+      <c r="ED71" s="137"/>
+      <c r="EE71" s="137"/>
+      <c r="EF71" s="137"/>
+      <c r="EG71" s="138"/>
+      <c r="EH71" s="136"/>
+      <c r="EI71" s="137"/>
+      <c r="EJ71" s="137"/>
+      <c r="EK71" s="137"/>
+      <c r="EL71" s="137"/>
+      <c r="EM71" s="137"/>
+      <c r="EN71" s="137"/>
+      <c r="EO71" s="137"/>
+      <c r="EP71" s="137"/>
+      <c r="EQ71" s="138"/>
+      <c r="ER71" s="136"/>
+      <c r="ES71" s="137"/>
+      <c r="ET71" s="137"/>
+      <c r="EU71" s="137"/>
+      <c r="EV71" s="137"/>
+      <c r="EW71" s="137"/>
+      <c r="EX71" s="137"/>
+      <c r="EY71" s="137"/>
+      <c r="EZ71" s="137"/>
+      <c r="FA71" s="138"/>
+      <c r="FB71" s="136"/>
+      <c r="FC71" s="137"/>
+      <c r="FD71" s="137"/>
+      <c r="FE71" s="137"/>
+      <c r="FF71" s="137"/>
+      <c r="FG71" s="137"/>
+      <c r="FH71" s="137"/>
+      <c r="FI71" s="137"/>
+      <c r="FJ71" s="137"/>
+      <c r="FK71" s="138"/>
+    </row>
+    <row r="72" spans="1:167" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A72" s="10"/>
+      <c r="B72" s="22"/>
+      <c r="C72" s="22"/>
+      <c r="D72" s="22"/>
+      <c r="E72" s="22"/>
+      <c r="F72" s="22"/>
+      <c r="G72" s="22"/>
+      <c r="H72" s="22"/>
+      <c r="I72" s="22"/>
+      <c r="J72" s="22"/>
+      <c r="K72" s="22"/>
+      <c r="L72" s="22"/>
+      <c r="M72" s="22"/>
+      <c r="N72" s="22"/>
+      <c r="O72" s="22"/>
+      <c r="P72" s="22"/>
+      <c r="Q72" s="22"/>
+      <c r="R72" s="22"/>
+      <c r="S72" s="22"/>
+      <c r="T72" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="U72" s="92"/>
+      <c r="V72" s="92"/>
+      <c r="W72" s="92"/>
+      <c r="X72" s="92"/>
+      <c r="Y72" s="92"/>
+      <c r="Z72" s="92"/>
+      <c r="AA72" s="92"/>
+      <c r="AB72" s="92"/>
+      <c r="AC72" s="92"/>
+      <c r="AD72" s="92"/>
+      <c r="AE72" s="92"/>
+      <c r="AF72" s="81"/>
+      <c r="AG72" s="80"/>
+      <c r="AH72" s="136"/>
+      <c r="AI72" s="137"/>
+      <c r="AJ72" s="137"/>
+      <c r="AK72" s="137"/>
+      <c r="AL72" s="137"/>
+      <c r="AM72" s="137"/>
+      <c r="AN72" s="137"/>
+      <c r="AO72" s="137"/>
+      <c r="AP72" s="138"/>
+      <c r="AQ72" s="136"/>
+      <c r="AR72" s="137"/>
+      <c r="AS72" s="137"/>
+      <c r="AT72" s="137"/>
+      <c r="AU72" s="137"/>
+      <c r="AV72" s="137"/>
+      <c r="AW72" s="137"/>
+      <c r="AX72" s="137"/>
+      <c r="AY72" s="137"/>
+      <c r="AZ72" s="137"/>
+      <c r="BA72" s="138"/>
+      <c r="BB72" s="136"/>
+      <c r="BC72" s="137"/>
+      <c r="BD72" s="137"/>
+      <c r="BE72" s="137"/>
+      <c r="BF72" s="137"/>
+      <c r="BG72" s="137"/>
+      <c r="BH72" s="137"/>
+      <c r="BI72" s="137"/>
+      <c r="BJ72" s="137"/>
+      <c r="BK72" s="138"/>
+      <c r="BL72" s="136"/>
+      <c r="BM72" s="137"/>
+      <c r="BN72" s="137"/>
+      <c r="BO72" s="137"/>
+      <c r="BP72" s="137"/>
+      <c r="BQ72" s="137"/>
+      <c r="BR72" s="137"/>
+      <c r="BS72" s="137"/>
+      <c r="BT72" s="137"/>
+      <c r="BU72" s="138"/>
+      <c r="BV72" s="136"/>
+      <c r="BW72" s="137"/>
+      <c r="BX72" s="137"/>
+      <c r="BY72" s="137"/>
+      <c r="BZ72" s="137"/>
+      <c r="CA72" s="137"/>
+      <c r="CB72" s="137"/>
+      <c r="CC72" s="137"/>
+      <c r="CD72" s="137"/>
+      <c r="CE72" s="138"/>
+      <c r="CF72" s="10"/>
+      <c r="CG72" s="22"/>
+      <c r="CH72" s="22"/>
+      <c r="CI72" s="22"/>
+      <c r="CJ72" s="22"/>
+      <c r="CK72" s="22"/>
+      <c r="CL72" s="22"/>
+      <c r="CM72" s="22"/>
+      <c r="CN72" s="22"/>
+      <c r="CO72" s="22"/>
+      <c r="CP72" s="22"/>
+      <c r="CQ72" s="22"/>
+      <c r="CR72" s="22"/>
+      <c r="CS72" s="22"/>
+      <c r="CT72" s="22"/>
+      <c r="CU72" s="22"/>
+      <c r="CV72" s="22"/>
+      <c r="CW72" s="22"/>
+      <c r="CX72" s="22"/>
+      <c r="CY72" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="CZ72" s="92"/>
+      <c r="DA72" s="92"/>
+      <c r="DB72" s="92"/>
+      <c r="DC72" s="92"/>
+      <c r="DD72" s="92"/>
+      <c r="DE72" s="92"/>
+      <c r="DF72" s="92"/>
+      <c r="DG72" s="92"/>
+      <c r="DH72" s="92"/>
+      <c r="DI72" s="92"/>
+      <c r="DJ72" s="92"/>
+      <c r="DK72" s="81"/>
+      <c r="DL72" s="80"/>
+      <c r="DM72" s="136"/>
+      <c r="DN72" s="137"/>
+      <c r="DO72" s="137"/>
+      <c r="DP72" s="137"/>
+      <c r="DQ72" s="137"/>
+      <c r="DR72" s="137"/>
+      <c r="DS72" s="137"/>
+      <c r="DT72" s="137"/>
+      <c r="DU72" s="138"/>
+      <c r="DV72" s="136"/>
+      <c r="DW72" s="137"/>
+      <c r="DX72" s="137"/>
+      <c r="DY72" s="137"/>
+      <c r="DZ72" s="137"/>
+      <c r="EA72" s="137"/>
+      <c r="EB72" s="137"/>
+      <c r="EC72" s="137"/>
+      <c r="ED72" s="137"/>
+      <c r="EE72" s="137"/>
+      <c r="EF72" s="137"/>
+      <c r="EG72" s="138"/>
+      <c r="EH72" s="136"/>
+      <c r="EI72" s="137"/>
+      <c r="EJ72" s="137"/>
+      <c r="EK72" s="137"/>
+      <c r="EL72" s="137"/>
+      <c r="EM72" s="137"/>
+      <c r="EN72" s="137"/>
+      <c r="EO72" s="137"/>
+      <c r="EP72" s="137"/>
+      <c r="EQ72" s="138"/>
+      <c r="ER72" s="136"/>
+      <c r="ES72" s="137"/>
+      <c r="ET72" s="137"/>
+      <c r="EU72" s="137"/>
+      <c r="EV72" s="137"/>
+      <c r="EW72" s="137"/>
+      <c r="EX72" s="137"/>
+      <c r="EY72" s="137"/>
+      <c r="EZ72" s="137"/>
+      <c r="FA72" s="138"/>
+      <c r="FB72" s="136"/>
+      <c r="FC72" s="137"/>
+      <c r="FD72" s="137"/>
+      <c r="FE72" s="137"/>
+      <c r="FF72" s="137"/>
+      <c r="FG72" s="137"/>
+      <c r="FH72" s="137"/>
+      <c r="FI72" s="137"/>
+      <c r="FJ72" s="137"/>
+      <c r="FK72" s="138"/>
+    </row>
+    <row r="73" spans="1:167" s="33" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A73" s="139" t="s">
+        <v>78</v>
+      </c>
+      <c r="B73" s="140"/>
+      <c r="C73" s="140"/>
+      <c r="D73" s="140"/>
+      <c r="E73" s="140"/>
+      <c r="F73" s="140"/>
+      <c r="G73" s="140"/>
+      <c r="H73" s="140"/>
+      <c r="I73" s="140"/>
+      <c r="J73" s="140"/>
+      <c r="K73" s="140"/>
+      <c r="L73" s="140"/>
+      <c r="M73" s="140"/>
+      <c r="N73" s="140"/>
+      <c r="O73" s="140"/>
+      <c r="P73" s="140"/>
+      <c r="Q73" s="140"/>
+      <c r="R73" s="140"/>
+      <c r="S73" s="140"/>
+      <c r="T73" s="140"/>
+      <c r="U73" s="140"/>
+      <c r="V73" s="140"/>
+      <c r="W73" s="140"/>
+      <c r="X73" s="140"/>
+      <c r="Y73" s="140"/>
+      <c r="Z73" s="140"/>
+      <c r="AA73" s="140"/>
+      <c r="AB73" s="140"/>
+      <c r="AC73" s="140"/>
+      <c r="AD73" s="140"/>
+      <c r="AE73" s="140"/>
+      <c r="AF73" s="140"/>
+      <c r="AG73" s="141"/>
+      <c r="AH73" s="129"/>
+      <c r="AI73" s="130"/>
+      <c r="AJ73" s="130"/>
+      <c r="AK73" s="130"/>
+      <c r="AL73" s="130"/>
+      <c r="AM73" s="130"/>
+      <c r="AN73" s="130"/>
+      <c r="AO73" s="130"/>
+      <c r="AP73" s="131"/>
+      <c r="AQ73" s="129"/>
+      <c r="AR73" s="130"/>
+      <c r="AS73" s="130"/>
+      <c r="AT73" s="130"/>
+      <c r="AU73" s="130"/>
+      <c r="AV73" s="130"/>
+      <c r="AW73" s="130"/>
+      <c r="AX73" s="130"/>
+      <c r="AY73" s="130"/>
+      <c r="AZ73" s="130"/>
+      <c r="BA73" s="131"/>
+      <c r="BB73" s="129"/>
+      <c r="BC73" s="130"/>
+      <c r="BD73" s="130"/>
+      <c r="BE73" s="130"/>
+      <c r="BF73" s="130"/>
+      <c r="BG73" s="130"/>
+      <c r="BH73" s="130"/>
+      <c r="BI73" s="130"/>
+      <c r="BJ73" s="130"/>
+      <c r="BK73" s="131"/>
+      <c r="BL73" s="129"/>
+      <c r="BM73" s="130"/>
+      <c r="BN73" s="130"/>
+      <c r="BO73" s="130"/>
+      <c r="BP73" s="130"/>
+      <c r="BQ73" s="130"/>
+      <c r="BR73" s="130"/>
+      <c r="BS73" s="130"/>
+      <c r="BT73" s="130"/>
+      <c r="BU73" s="131"/>
+      <c r="BV73" s="129"/>
+      <c r="BW73" s="130"/>
+      <c r="BX73" s="130"/>
+      <c r="BY73" s="130"/>
+      <c r="BZ73" s="130"/>
+      <c r="CA73" s="130"/>
+      <c r="CB73" s="130"/>
+      <c r="CC73" s="130"/>
+      <c r="CD73" s="130"/>
+      <c r="CE73" s="131"/>
+      <c r="CF73" s="139" t="s">
+        <v>78</v>
+      </c>
+      <c r="CG73" s="140"/>
+      <c r="CH73" s="140"/>
+      <c r="CI73" s="140"/>
+      <c r="CJ73" s="140"/>
+      <c r="CK73" s="140"/>
+      <c r="CL73" s="140"/>
+      <c r="CM73" s="140"/>
+      <c r="CN73" s="140"/>
+      <c r="CO73" s="140"/>
+      <c r="CP73" s="140"/>
+      <c r="CQ73" s="140"/>
+      <c r="CR73" s="140"/>
+      <c r="CS73" s="140"/>
+      <c r="CT73" s="140"/>
+      <c r="CU73" s="140"/>
+      <c r="CV73" s="140"/>
+      <c r="CW73" s="140"/>
+      <c r="CX73" s="140"/>
+      <c r="CY73" s="140"/>
+      <c r="CZ73" s="140"/>
+      <c r="DA73" s="140"/>
+      <c r="DB73" s="140"/>
+      <c r="DC73" s="140"/>
+      <c r="DD73" s="140"/>
+      <c r="DE73" s="140"/>
+      <c r="DF73" s="140"/>
+      <c r="DG73" s="140"/>
+      <c r="DH73" s="140"/>
+      <c r="DI73" s="140"/>
+      <c r="DJ73" s="140"/>
+      <c r="DK73" s="140"/>
+      <c r="DL73" s="141"/>
+      <c r="DM73" s="129"/>
+      <c r="DN73" s="130"/>
+      <c r="DO73" s="130"/>
+      <c r="DP73" s="130"/>
+      <c r="DQ73" s="130"/>
+      <c r="DR73" s="130"/>
+      <c r="DS73" s="130"/>
+      <c r="DT73" s="130"/>
+      <c r="DU73" s="131"/>
+      <c r="DV73" s="129"/>
+      <c r="DW73" s="130"/>
+      <c r="DX73" s="130"/>
+      <c r="DY73" s="130"/>
+      <c r="DZ73" s="130"/>
+      <c r="EA73" s="130"/>
+      <c r="EB73" s="130"/>
+      <c r="EC73" s="130"/>
+      <c r="ED73" s="130"/>
+      <c r="EE73" s="130"/>
+      <c r="EF73" s="130"/>
+      <c r="EG73" s="131"/>
+      <c r="EH73" s="129"/>
+      <c r="EI73" s="130"/>
+      <c r="EJ73" s="130"/>
+      <c r="EK73" s="130"/>
+      <c r="EL73" s="130"/>
+      <c r="EM73" s="130"/>
+      <c r="EN73" s="130"/>
+      <c r="EO73" s="130"/>
+      <c r="EP73" s="130"/>
+      <c r="EQ73" s="131"/>
+      <c r="ER73" s="129"/>
+      <c r="ES73" s="130"/>
+      <c r="ET73" s="130"/>
+      <c r="EU73" s="130"/>
+      <c r="EV73" s="130"/>
+      <c r="EW73" s="130"/>
+      <c r="EX73" s="130"/>
+      <c r="EY73" s="130"/>
+      <c r="EZ73" s="130"/>
+      <c r="FA73" s="131"/>
+      <c r="FB73" s="129"/>
+      <c r="FC73" s="130"/>
+      <c r="FD73" s="130"/>
+      <c r="FE73" s="130"/>
+      <c r="FF73" s="130"/>
+      <c r="FG73" s="130"/>
+      <c r="FH73" s="130"/>
+      <c r="FI73" s="130"/>
+      <c r="FJ73" s="130"/>
+      <c r="FK73" s="131"/>
+    </row>
+    <row r="74" spans="1:167" s="33" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="B74" s="149"/>
+      <c r="C74" s="149"/>
+      <c r="D74" s="149"/>
+      <c r="E74" s="149"/>
+      <c r="F74" s="149"/>
+      <c r="G74" s="149"/>
+      <c r="H74" s="149"/>
+      <c r="I74" s="149"/>
+      <c r="J74" s="149"/>
+      <c r="K74" s="149"/>
+      <c r="L74" s="149"/>
+      <c r="M74" s="149"/>
+      <c r="N74" s="149"/>
+      <c r="O74" s="149"/>
+      <c r="P74" s="149"/>
+      <c r="Q74" s="149"/>
+      <c r="R74" s="149"/>
+      <c r="S74" s="149"/>
+      <c r="T74" s="149"/>
+      <c r="U74" s="149"/>
+      <c r="V74" s="149"/>
+      <c r="W74" s="149"/>
+      <c r="X74" s="149"/>
+      <c r="Y74" s="149"/>
+      <c r="Z74" s="149"/>
+      <c r="AA74" s="149"/>
+      <c r="AB74" s="149"/>
+      <c r="AC74" s="149"/>
+      <c r="AD74" s="149"/>
+      <c r="AE74" s="149"/>
+      <c r="AF74" s="149"/>
+      <c r="AG74" s="150"/>
+      <c r="AH74" s="126"/>
+      <c r="AI74" s="127"/>
+      <c r="AJ74" s="127"/>
+      <c r="AK74" s="127"/>
+      <c r="AL74" s="127"/>
+      <c r="AM74" s="127"/>
+      <c r="AN74" s="127"/>
+      <c r="AO74" s="127"/>
+      <c r="AP74" s="128"/>
+      <c r="AQ74" s="126"/>
+      <c r="AR74" s="127"/>
+      <c r="AS74" s="127"/>
+      <c r="AT74" s="127"/>
+      <c r="AU74" s="127"/>
+      <c r="AV74" s="127"/>
+      <c r="AW74" s="127"/>
+      <c r="AX74" s="127"/>
+      <c r="AY74" s="127"/>
+      <c r="AZ74" s="127"/>
+      <c r="BA74" s="128"/>
+      <c r="BB74" s="126"/>
+      <c r="BC74" s="127"/>
+      <c r="BD74" s="127"/>
+      <c r="BE74" s="127"/>
+      <c r="BF74" s="127"/>
+      <c r="BG74" s="127"/>
+      <c r="BH74" s="127"/>
+      <c r="BI74" s="127"/>
+      <c r="BJ74" s="127"/>
+      <c r="BK74" s="128"/>
+      <c r="BL74" s="126"/>
+      <c r="BM74" s="127"/>
+      <c r="BN74" s="127"/>
+      <c r="BO74" s="127"/>
+      <c r="BP74" s="127"/>
+      <c r="BQ74" s="127"/>
+      <c r="BR74" s="127"/>
+      <c r="BS74" s="127"/>
+      <c r="BT74" s="127"/>
+      <c r="BU74" s="128"/>
+      <c r="BV74" s="126"/>
+      <c r="BW74" s="127"/>
+      <c r="BX74" s="127"/>
+      <c r="BY74" s="127"/>
+      <c r="BZ74" s="127"/>
+      <c r="CA74" s="127"/>
+      <c r="CB74" s="127"/>
+      <c r="CC74" s="127"/>
+      <c r="CD74" s="127"/>
+      <c r="CE74" s="128"/>
+      <c r="CF74" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="CG74" s="149"/>
+      <c r="CH74" s="149"/>
+      <c r="CI74" s="149"/>
+      <c r="CJ74" s="149"/>
+      <c r="CK74" s="149"/>
+      <c r="CL74" s="149"/>
+      <c r="CM74" s="149"/>
+      <c r="CN74" s="149"/>
+      <c r="CO74" s="149"/>
+      <c r="CP74" s="149"/>
+      <c r="CQ74" s="149"/>
+      <c r="CR74" s="149"/>
+      <c r="CS74" s="149"/>
+      <c r="CT74" s="149"/>
+      <c r="CU74" s="149"/>
+      <c r="CV74" s="149"/>
+      <c r="CW74" s="149"/>
+      <c r="CX74" s="149"/>
+      <c r="CY74" s="149"/>
+      <c r="CZ74" s="149"/>
+      <c r="DA74" s="149"/>
+      <c r="DB74" s="149"/>
+      <c r="DC74" s="149"/>
+      <c r="DD74" s="149"/>
+      <c r="DE74" s="149"/>
+      <c r="DF74" s="149"/>
+      <c r="DG74" s="149"/>
+      <c r="DH74" s="149"/>
+      <c r="DI74" s="149"/>
+      <c r="DJ74" s="149"/>
+      <c r="DK74" s="149"/>
+      <c r="DL74" s="150"/>
+      <c r="DM74" s="126"/>
+      <c r="DN74" s="127"/>
+      <c r="DO74" s="127"/>
+      <c r="DP74" s="127"/>
+      <c r="DQ74" s="127"/>
+      <c r="DR74" s="127"/>
+      <c r="DS74" s="127"/>
+      <c r="DT74" s="127"/>
+      <c r="DU74" s="128"/>
+      <c r="DV74" s="126"/>
+      <c r="DW74" s="127"/>
+      <c r="DX74" s="127"/>
+      <c r="DY74" s="127"/>
+      <c r="DZ74" s="127"/>
+      <c r="EA74" s="127"/>
+      <c r="EB74" s="127"/>
+      <c r="EC74" s="127"/>
+      <c r="ED74" s="127"/>
+      <c r="EE74" s="127"/>
+      <c r="EF74" s="127"/>
+      <c r="EG74" s="128"/>
+      <c r="EH74" s="126"/>
+      <c r="EI74" s="127"/>
+      <c r="EJ74" s="127"/>
+      <c r="EK74" s="127"/>
+      <c r="EL74" s="127"/>
+      <c r="EM74" s="127"/>
+      <c r="EN74" s="127"/>
+      <c r="EO74" s="127"/>
+      <c r="EP74" s="127"/>
+      <c r="EQ74" s="128"/>
+      <c r="ER74" s="126"/>
+      <c r="ES74" s="127"/>
+      <c r="ET74" s="127"/>
+      <c r="EU74" s="127"/>
+      <c r="EV74" s="127"/>
+      <c r="EW74" s="127"/>
+      <c r="EX74" s="127"/>
+      <c r="EY74" s="127"/>
+      <c r="EZ74" s="127"/>
+      <c r="FA74" s="128"/>
+      <c r="FB74" s="126"/>
+      <c r="FC74" s="127"/>
+      <c r="FD74" s="127"/>
+      <c r="FE74" s="127"/>
+      <c r="FF74" s="127"/>
+      <c r="FG74" s="127"/>
+      <c r="FH74" s="127"/>
+      <c r="FI74" s="127"/>
+      <c r="FJ74" s="127"/>
+      <c r="FK74" s="128"/>
+    </row>
+    <row r="75" spans="1:167" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="35"/>
+      <c r="B75" s="34"/>
+      <c r="C75" s="59"/>
+      <c r="D75" s="90"/>
+      <c r="E75" s="90"/>
+      <c r="F75" s="90"/>
+      <c r="G75" s="90"/>
+      <c r="H75" s="90"/>
+      <c r="I75" s="90"/>
+      <c r="J75" s="90"/>
+      <c r="K75" s="90"/>
+      <c r="L75" s="90"/>
+      <c r="M75" s="90"/>
+      <c r="N75" s="90"/>
+      <c r="O75" s="90"/>
+      <c r="P75" s="90"/>
+      <c r="Q75" s="90"/>
+      <c r="R75" s="90"/>
+      <c r="S75" s="90"/>
+      <c r="T75" s="91" t="s">
+        <v>81</v>
+      </c>
+      <c r="U75" s="91"/>
+      <c r="V75" s="91"/>
+      <c r="W75" s="91"/>
+      <c r="X75" s="91"/>
+      <c r="Y75" s="91"/>
+      <c r="Z75" s="91"/>
+      <c r="AA75" s="91"/>
+      <c r="AB75" s="91"/>
+      <c r="AC75" s="91"/>
+      <c r="AD75" s="91"/>
+      <c r="AE75" s="91"/>
+      <c r="AF75" s="91"/>
+      <c r="AG75" s="86"/>
+      <c r="AH75" s="136"/>
+      <c r="AI75" s="137"/>
+      <c r="AJ75" s="137"/>
+      <c r="AK75" s="137"/>
+      <c r="AL75" s="137"/>
+      <c r="AM75" s="137"/>
+      <c r="AN75" s="137"/>
+      <c r="AO75" s="137"/>
+      <c r="AP75" s="138"/>
+      <c r="AQ75" s="136"/>
+      <c r="AR75" s="137"/>
+      <c r="AS75" s="137"/>
+      <c r="AT75" s="137"/>
+      <c r="AU75" s="137"/>
+      <c r="AV75" s="137"/>
+      <c r="AW75" s="137"/>
+      <c r="AX75" s="137"/>
+      <c r="AY75" s="137"/>
+      <c r="AZ75" s="137"/>
+      <c r="BA75" s="138"/>
+      <c r="BB75" s="136"/>
+      <c r="BC75" s="137"/>
+      <c r="BD75" s="137"/>
+      <c r="BE75" s="137"/>
+      <c r="BF75" s="137"/>
+      <c r="BG75" s="137"/>
+      <c r="BH75" s="137"/>
+      <c r="BI75" s="137"/>
+      <c r="BJ75" s="137"/>
+      <c r="BK75" s="138"/>
+      <c r="BL75" s="136"/>
+      <c r="BM75" s="137"/>
+      <c r="BN75" s="137"/>
+      <c r="BO75" s="137"/>
+      <c r="BP75" s="137"/>
+      <c r="BQ75" s="137"/>
+      <c r="BR75" s="137"/>
+      <c r="BS75" s="137"/>
+      <c r="BT75" s="137"/>
+      <c r="BU75" s="138"/>
+      <c r="BV75" s="136"/>
+      <c r="BW75" s="137"/>
+      <c r="BX75" s="137"/>
+      <c r="BY75" s="137"/>
+      <c r="BZ75" s="137"/>
+      <c r="CA75" s="137"/>
+      <c r="CB75" s="137"/>
+      <c r="CC75" s="137"/>
+      <c r="CD75" s="137"/>
+      <c r="CE75" s="138"/>
+      <c r="CF75" s="35"/>
+      <c r="CG75" s="34"/>
+      <c r="CH75" s="59"/>
+      <c r="CI75" s="90"/>
+      <c r="CJ75" s="90"/>
+      <c r="CK75" s="90"/>
+      <c r="CL75" s="90"/>
+      <c r="CM75" s="90"/>
+      <c r="CN75" s="90"/>
+      <c r="CO75" s="90"/>
+      <c r="CP75" s="90"/>
+      <c r="CQ75" s="90"/>
+      <c r="CR75" s="90"/>
+      <c r="CS75" s="90"/>
+      <c r="CT75" s="90"/>
+      <c r="CU75" s="90"/>
+      <c r="CV75" s="90"/>
+      <c r="CW75" s="90"/>
+      <c r="CX75" s="90"/>
+      <c r="CY75" s="91" t="s">
+        <v>81</v>
+      </c>
+      <c r="CZ75" s="91"/>
+      <c r="DA75" s="91"/>
+      <c r="DB75" s="91"/>
+      <c r="DC75" s="91"/>
+      <c r="DD75" s="91"/>
+      <c r="DE75" s="91"/>
+      <c r="DF75" s="91"/>
+      <c r="DG75" s="91"/>
+      <c r="DH75" s="91"/>
+      <c r="DI75" s="91"/>
+      <c r="DJ75" s="91"/>
+      <c r="DK75" s="91"/>
+      <c r="DL75" s="86"/>
+      <c r="DM75" s="136"/>
+      <c r="DN75" s="137"/>
+      <c r="DO75" s="137"/>
+      <c r="DP75" s="137"/>
+      <c r="DQ75" s="137"/>
+      <c r="DR75" s="137"/>
+      <c r="DS75" s="137"/>
+      <c r="DT75" s="137"/>
+      <c r="DU75" s="138"/>
+      <c r="DV75" s="136"/>
+      <c r="DW75" s="137"/>
+      <c r="DX75" s="137"/>
+      <c r="DY75" s="137"/>
+      <c r="DZ75" s="137"/>
+      <c r="EA75" s="137"/>
+      <c r="EB75" s="137"/>
+      <c r="EC75" s="137"/>
+      <c r="ED75" s="137"/>
+      <c r="EE75" s="137"/>
+      <c r="EF75" s="137"/>
+      <c r="EG75" s="138"/>
+      <c r="EH75" s="136"/>
+      <c r="EI75" s="137"/>
+      <c r="EJ75" s="137"/>
+      <c r="EK75" s="137"/>
+      <c r="EL75" s="137"/>
+      <c r="EM75" s="137"/>
+      <c r="EN75" s="137"/>
+      <c r="EO75" s="137"/>
+      <c r="EP75" s="137"/>
+      <c r="EQ75" s="138"/>
+      <c r="ER75" s="136"/>
+      <c r="ES75" s="137"/>
+      <c r="ET75" s="137"/>
+      <c r="EU75" s="137"/>
+      <c r="EV75" s="137"/>
+      <c r="EW75" s="137"/>
+      <c r="EX75" s="137"/>
+      <c r="EY75" s="137"/>
+      <c r="EZ75" s="137"/>
+      <c r="FA75" s="138"/>
+      <c r="FB75" s="136"/>
+      <c r="FC75" s="137"/>
+      <c r="FD75" s="137"/>
+      <c r="FE75" s="137"/>
+      <c r="FF75" s="137"/>
+      <c r="FG75" s="137"/>
+      <c r="FH75" s="137"/>
+      <c r="FI75" s="137"/>
+      <c r="FJ75" s="137"/>
+      <c r="FK75" s="138"/>
+    </row>
+    <row r="76" spans="1:167" s="11" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A76" s="21"/>
+      <c r="B76" s="82"/>
+      <c r="C76" s="82"/>
+      <c r="D76" s="93" t="s">
+        <v>58</v>
+      </c>
+      <c r="E76" s="93"/>
+      <c r="F76" s="93"/>
+      <c r="G76" s="93"/>
+      <c r="H76" s="93"/>
+      <c r="I76" s="93"/>
+      <c r="J76" s="93"/>
+      <c r="K76" s="93"/>
+      <c r="L76" s="93"/>
+      <c r="M76" s="93"/>
+      <c r="N76" s="93"/>
+      <c r="O76" s="93"/>
+      <c r="P76" s="93"/>
+      <c r="Q76" s="93"/>
+      <c r="R76" s="93"/>
+      <c r="S76" s="93"/>
+      <c r="T76" s="12"/>
+      <c r="U76" s="12"/>
+      <c r="V76" s="12"/>
+      <c r="W76" s="12"/>
+      <c r="X76" s="12"/>
+      <c r="Y76" s="12"/>
+      <c r="Z76" s="12"/>
+      <c r="AA76" s="12"/>
+      <c r="AB76" s="12"/>
+      <c r="AC76" s="12"/>
+      <c r="AD76" s="12"/>
+      <c r="AE76" s="12"/>
+      <c r="AF76" s="12"/>
+      <c r="AG76" s="15"/>
+      <c r="AH76" s="129"/>
+      <c r="AI76" s="130"/>
+      <c r="AJ76" s="130"/>
+      <c r="AK76" s="130"/>
+      <c r="AL76" s="130"/>
+      <c r="AM76" s="130"/>
+      <c r="AN76" s="130"/>
+      <c r="AO76" s="130"/>
+      <c r="AP76" s="131"/>
+      <c r="AQ76" s="129"/>
+      <c r="AR76" s="130"/>
+      <c r="AS76" s="130"/>
+      <c r="AT76" s="130"/>
+      <c r="AU76" s="130"/>
+      <c r="AV76" s="130"/>
+      <c r="AW76" s="130"/>
+      <c r="AX76" s="130"/>
+      <c r="AY76" s="130"/>
+      <c r="AZ76" s="130"/>
+      <c r="BA76" s="131"/>
+      <c r="BB76" s="129"/>
+      <c r="BC76" s="130"/>
+      <c r="BD76" s="130"/>
+      <c r="BE76" s="130"/>
+      <c r="BF76" s="130"/>
+      <c r="BG76" s="130"/>
+      <c r="BH76" s="130"/>
+      <c r="BI76" s="130"/>
+      <c r="BJ76" s="130"/>
+      <c r="BK76" s="131"/>
+      <c r="BL76" s="129"/>
+      <c r="BM76" s="130"/>
+      <c r="BN76" s="130"/>
+      <c r="BO76" s="130"/>
+      <c r="BP76" s="130"/>
+      <c r="BQ76" s="130"/>
+      <c r="BR76" s="130"/>
+      <c r="BS76" s="130"/>
+      <c r="BT76" s="130"/>
+      <c r="BU76" s="131"/>
+      <c r="BV76" s="129"/>
+      <c r="BW76" s="130"/>
+      <c r="BX76" s="130"/>
+      <c r="BY76" s="130"/>
+      <c r="BZ76" s="130"/>
+      <c r="CA76" s="130"/>
+      <c r="CB76" s="130"/>
+      <c r="CC76" s="130"/>
+      <c r="CD76" s="130"/>
+      <c r="CE76" s="131"/>
+      <c r="CF76" s="21"/>
+      <c r="CG76" s="82"/>
+      <c r="CH76" s="82"/>
+      <c r="CI76" s="93" t="s">
+        <v>58</v>
+      </c>
+      <c r="CJ76" s="93"/>
+      <c r="CK76" s="93"/>
+      <c r="CL76" s="93"/>
+      <c r="CM76" s="93"/>
+      <c r="CN76" s="93"/>
+      <c r="CO76" s="93"/>
+      <c r="CP76" s="93"/>
+      <c r="CQ76" s="93"/>
+      <c r="CR76" s="93"/>
+      <c r="CS76" s="93"/>
+      <c r="CT76" s="93"/>
+      <c r="CU76" s="93"/>
+      <c r="CV76" s="93"/>
+      <c r="CW76" s="93"/>
+      <c r="CX76" s="93"/>
+      <c r="CY76" s="12"/>
+      <c r="CZ76" s="12"/>
+      <c r="DA76" s="12"/>
+      <c r="DB76" s="12"/>
+      <c r="DC76" s="12"/>
+      <c r="DD76" s="12"/>
+      <c r="DE76" s="12"/>
+      <c r="DF76" s="12"/>
+      <c r="DG76" s="12"/>
+      <c r="DH76" s="12"/>
+      <c r="DI76" s="12"/>
+      <c r="DJ76" s="12"/>
+      <c r="DK76" s="12"/>
+      <c r="DL76" s="15"/>
+      <c r="DM76" s="129"/>
+      <c r="DN76" s="130"/>
+      <c r="DO76" s="130"/>
+      <c r="DP76" s="130"/>
+      <c r="DQ76" s="130"/>
+      <c r="DR76" s="130"/>
+      <c r="DS76" s="130"/>
+      <c r="DT76" s="130"/>
+      <c r="DU76" s="131"/>
+      <c r="DV76" s="129"/>
+      <c r="DW76" s="130"/>
+      <c r="DX76" s="130"/>
+      <c r="DY76" s="130"/>
+      <c r="DZ76" s="130"/>
+      <c r="EA76" s="130"/>
+      <c r="EB76" s="130"/>
+      <c r="EC76" s="130"/>
+      <c r="ED76" s="130"/>
+      <c r="EE76" s="130"/>
+      <c r="EF76" s="130"/>
+      <c r="EG76" s="131"/>
+      <c r="EH76" s="129"/>
+      <c r="EI76" s="130"/>
+      <c r="EJ76" s="130"/>
+      <c r="EK76" s="130"/>
+      <c r="EL76" s="130"/>
+      <c r="EM76" s="130"/>
+      <c r="EN76" s="130"/>
+      <c r="EO76" s="130"/>
+      <c r="EP76" s="130"/>
+      <c r="EQ76" s="131"/>
+      <c r="ER76" s="129"/>
+      <c r="ES76" s="130"/>
+      <c r="ET76" s="130"/>
+      <c r="EU76" s="130"/>
+      <c r="EV76" s="130"/>
+      <c r="EW76" s="130"/>
+      <c r="EX76" s="130"/>
+      <c r="EY76" s="130"/>
+      <c r="EZ76" s="130"/>
+      <c r="FA76" s="131"/>
+      <c r="FB76" s="129"/>
+      <c r="FC76" s="130"/>
+      <c r="FD76" s="130"/>
+      <c r="FE76" s="130"/>
+      <c r="FF76" s="130"/>
+      <c r="FG76" s="130"/>
+      <c r="FH76" s="130"/>
+      <c r="FI76" s="130"/>
+      <c r="FJ76" s="130"/>
+      <c r="FK76" s="131"/>
+    </row>
+    <row r="77" spans="1:167" s="33" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A77" s="172" t="s">
+        <v>68</v>
+      </c>
+      <c r="B77" s="89"/>
+      <c r="C77" s="89"/>
+      <c r="D77" s="89"/>
+      <c r="E77" s="89"/>
+      <c r="F77" s="89"/>
+      <c r="G77" s="89"/>
+      <c r="H77" s="89"/>
+      <c r="I77" s="89"/>
+      <c r="J77" s="89"/>
+      <c r="K77" s="89"/>
+      <c r="L77" s="89"/>
+      <c r="M77" s="89"/>
+      <c r="N77" s="89"/>
+      <c r="O77" s="89"/>
+      <c r="P77" s="89"/>
+      <c r="Q77" s="89"/>
+      <c r="R77" s="89"/>
+      <c r="S77" s="89"/>
+      <c r="T77" s="89"/>
+      <c r="U77" s="155"/>
+      <c r="V77" s="155"/>
+      <c r="W77" s="155"/>
+      <c r="X77" s="155"/>
+      <c r="Y77" s="155"/>
+      <c r="Z77" s="155"/>
+      <c r="AA77" s="155"/>
+      <c r="AB77" s="155"/>
+      <c r="AC77" s="155"/>
+      <c r="AD77" s="155"/>
+      <c r="AE77" s="155"/>
+      <c r="AF77" s="155"/>
+      <c r="AH77" s="126"/>
+      <c r="AI77" s="127"/>
+      <c r="AJ77" s="127"/>
+      <c r="AK77" s="127"/>
+      <c r="AL77" s="127"/>
+      <c r="AM77" s="127"/>
+      <c r="AN77" s="127"/>
+      <c r="AO77" s="127"/>
+      <c r="AP77" s="128"/>
+      <c r="AQ77" s="126"/>
+      <c r="AR77" s="127"/>
+      <c r="AS77" s="127"/>
+      <c r="AT77" s="127"/>
+      <c r="AU77" s="127"/>
+      <c r="AV77" s="127"/>
+      <c r="AW77" s="127"/>
+      <c r="AX77" s="127"/>
+      <c r="AY77" s="127"/>
+      <c r="AZ77" s="127"/>
+      <c r="BA77" s="128"/>
+      <c r="BB77" s="126"/>
+      <c r="BC77" s="127"/>
+      <c r="BD77" s="127"/>
+      <c r="BE77" s="127"/>
+      <c r="BF77" s="127"/>
+      <c r="BG77" s="127"/>
+      <c r="BH77" s="127"/>
+      <c r="BI77" s="127"/>
+      <c r="BJ77" s="127"/>
+      <c r="BK77" s="128"/>
+      <c r="BL77" s="126"/>
+      <c r="BM77" s="127"/>
+      <c r="BN77" s="127"/>
+      <c r="BO77" s="127"/>
+      <c r="BP77" s="127"/>
+      <c r="BQ77" s="127"/>
+      <c r="BR77" s="127"/>
+      <c r="BS77" s="127"/>
+      <c r="BT77" s="127"/>
+      <c r="BU77" s="128"/>
+      <c r="BV77" s="126"/>
+      <c r="BW77" s="127"/>
+      <c r="BX77" s="127"/>
+      <c r="BY77" s="127"/>
+      <c r="BZ77" s="127"/>
+      <c r="CA77" s="127"/>
+      <c r="CB77" s="127"/>
+      <c r="CC77" s="127"/>
+      <c r="CD77" s="127"/>
+      <c r="CE77" s="128"/>
+      <c r="CF77" s="172" t="s">
+        <v>68</v>
+      </c>
+      <c r="CG77" s="89"/>
+      <c r="CH77" s="89"/>
+      <c r="CI77" s="89"/>
+      <c r="CJ77" s="89"/>
+      <c r="CK77" s="89"/>
+      <c r="CL77" s="89"/>
+      <c r="CM77" s="89"/>
+      <c r="CN77" s="89"/>
+      <c r="CO77" s="89"/>
+      <c r="CP77" s="89"/>
+      <c r="CQ77" s="89"/>
+      <c r="CR77" s="89"/>
+      <c r="CS77" s="89"/>
+      <c r="CT77" s="89"/>
+      <c r="CU77" s="89"/>
+      <c r="CV77" s="89"/>
+      <c r="CW77" s="89"/>
+      <c r="CX77" s="89"/>
+      <c r="CY77" s="89"/>
+      <c r="CZ77" s="155"/>
+      <c r="DA77" s="155"/>
+      <c r="DB77" s="155"/>
+      <c r="DC77" s="155"/>
+      <c r="DD77" s="155"/>
+      <c r="DE77" s="155"/>
+      <c r="DF77" s="155"/>
+      <c r="DG77" s="155"/>
+      <c r="DH77" s="155"/>
+      <c r="DI77" s="155"/>
+      <c r="DJ77" s="155"/>
+      <c r="DK77" s="155"/>
+      <c r="DM77" s="126"/>
+      <c r="DN77" s="127"/>
+      <c r="DO77" s="127"/>
+      <c r="DP77" s="127"/>
+      <c r="DQ77" s="127"/>
+      <c r="DR77" s="127"/>
+      <c r="DS77" s="127"/>
+      <c r="DT77" s="127"/>
+      <c r="DU77" s="128"/>
+      <c r="DV77" s="126"/>
+      <c r="DW77" s="127"/>
+      <c r="DX77" s="127"/>
+      <c r="DY77" s="127"/>
+      <c r="DZ77" s="127"/>
+      <c r="EA77" s="127"/>
+      <c r="EB77" s="127"/>
+      <c r="EC77" s="127"/>
+      <c r="ED77" s="127"/>
+      <c r="EE77" s="127"/>
+      <c r="EF77" s="127"/>
+      <c r="EG77" s="128"/>
+      <c r="EH77" s="126"/>
+      <c r="EI77" s="127"/>
+      <c r="EJ77" s="127"/>
+      <c r="EK77" s="127"/>
+      <c r="EL77" s="127"/>
+      <c r="EM77" s="127"/>
+      <c r="EN77" s="127"/>
+      <c r="EO77" s="127"/>
+      <c r="EP77" s="127"/>
+      <c r="EQ77" s="128"/>
+      <c r="ER77" s="126"/>
+      <c r="ES77" s="127"/>
+      <c r="ET77" s="127"/>
+      <c r="EU77" s="127"/>
+      <c r="EV77" s="127"/>
+      <c r="EW77" s="127"/>
+      <c r="EX77" s="127"/>
+      <c r="EY77" s="127"/>
+      <c r="EZ77" s="127"/>
+      <c r="FA77" s="128"/>
+      <c r="FB77" s="126"/>
+      <c r="FC77" s="127"/>
+      <c r="FD77" s="127"/>
+      <c r="FE77" s="127"/>
+      <c r="FF77" s="127"/>
+      <c r="FG77" s="127"/>
+      <c r="FH77" s="127"/>
+      <c r="FI77" s="127"/>
+      <c r="FJ77" s="127"/>
+      <c r="FK77" s="128"/>
+    </row>
+    <row r="78" spans="1:167" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="10"/>
+      <c r="B78" s="22"/>
+      <c r="C78" s="22"/>
+      <c r="D78" s="22"/>
+      <c r="E78" s="22"/>
+      <c r="F78" s="22"/>
+      <c r="G78" s="22"/>
+      <c r="H78" s="22"/>
+      <c r="I78" s="22"/>
+      <c r="J78" s="22"/>
+      <c r="K78" s="22"/>
+      <c r="L78" s="22"/>
+      <c r="M78" s="22"/>
+      <c r="N78" s="22"/>
+      <c r="O78" s="22"/>
+      <c r="P78" s="22"/>
+      <c r="Q78" s="22"/>
+      <c r="R78" s="22"/>
+      <c r="S78" s="22"/>
+      <c r="U78" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="V78" s="92"/>
+      <c r="W78" s="92"/>
+      <c r="X78" s="92"/>
+      <c r="Y78" s="92"/>
+      <c r="Z78" s="92"/>
+      <c r="AA78" s="92"/>
+      <c r="AB78" s="92"/>
+      <c r="AC78" s="92"/>
+      <c r="AD78" s="92"/>
+      <c r="AE78" s="92"/>
+      <c r="AF78" s="92"/>
+      <c r="AG78" s="80"/>
+      <c r="AH78" s="136"/>
+      <c r="AI78" s="137"/>
+      <c r="AJ78" s="137"/>
+      <c r="AK78" s="137"/>
+      <c r="AL78" s="137"/>
+      <c r="AM78" s="137"/>
+      <c r="AN78" s="137"/>
+      <c r="AO78" s="137"/>
+      <c r="AP78" s="138"/>
+      <c r="AQ78" s="136"/>
+      <c r="AR78" s="137"/>
+      <c r="AS78" s="137"/>
+      <c r="AT78" s="137"/>
+      <c r="AU78" s="137"/>
+      <c r="AV78" s="137"/>
+      <c r="AW78" s="137"/>
+      <c r="AX78" s="137"/>
+      <c r="AY78" s="137"/>
+      <c r="AZ78" s="137"/>
+      <c r="BA78" s="138"/>
+      <c r="BB78" s="136"/>
+      <c r="BC78" s="137"/>
+      <c r="BD78" s="137"/>
+      <c r="BE78" s="137"/>
+      <c r="BF78" s="137"/>
+      <c r="BG78" s="137"/>
+      <c r="BH78" s="137"/>
+      <c r="BI78" s="137"/>
+      <c r="BJ78" s="137"/>
+      <c r="BK78" s="138"/>
+      <c r="BL78" s="136"/>
+      <c r="BM78" s="137"/>
+      <c r="BN78" s="137"/>
+      <c r="BO78" s="137"/>
+      <c r="BP78" s="137"/>
+      <c r="BQ78" s="137"/>
+      <c r="BR78" s="137"/>
+      <c r="BS78" s="137"/>
+      <c r="BT78" s="137"/>
+      <c r="BU78" s="138"/>
+      <c r="BV78" s="136"/>
+      <c r="BW78" s="137"/>
+      <c r="BX78" s="137"/>
+      <c r="BY78" s="137"/>
+      <c r="BZ78" s="137"/>
+      <c r="CA78" s="137"/>
+      <c r="CB78" s="137"/>
+      <c r="CC78" s="137"/>
+      <c r="CD78" s="137"/>
+      <c r="CE78" s="138"/>
+      <c r="CF78" s="10"/>
+      <c r="CG78" s="22"/>
+      <c r="CH78" s="22"/>
+      <c r="CI78" s="22"/>
+      <c r="CJ78" s="22"/>
+      <c r="CK78" s="22"/>
+      <c r="CL78" s="22"/>
+      <c r="CM78" s="22"/>
+      <c r="CN78" s="22"/>
+      <c r="CO78" s="22"/>
+      <c r="CP78" s="22"/>
+      <c r="CQ78" s="22"/>
+      <c r="CR78" s="22"/>
+      <c r="CS78" s="22"/>
+      <c r="CT78" s="22"/>
+      <c r="CU78" s="22"/>
+      <c r="CV78" s="22"/>
+      <c r="CW78" s="22"/>
+      <c r="CX78" s="22"/>
+      <c r="CZ78" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="DA78" s="92"/>
+      <c r="DB78" s="92"/>
+      <c r="DC78" s="92"/>
+      <c r="DD78" s="92"/>
+      <c r="DE78" s="92"/>
+      <c r="DF78" s="92"/>
+      <c r="DG78" s="92"/>
+      <c r="DH78" s="92"/>
+      <c r="DI78" s="92"/>
+      <c r="DJ78" s="92"/>
+      <c r="DK78" s="92"/>
+      <c r="DL78" s="80"/>
+      <c r="DM78" s="136"/>
+      <c r="DN78" s="137"/>
+      <c r="DO78" s="137"/>
+      <c r="DP78" s="137"/>
+      <c r="DQ78" s="137"/>
+      <c r="DR78" s="137"/>
+      <c r="DS78" s="137"/>
+      <c r="DT78" s="137"/>
+      <c r="DU78" s="138"/>
+      <c r="DV78" s="136"/>
+      <c r="DW78" s="137"/>
+      <c r="DX78" s="137"/>
+      <c r="DY78" s="137"/>
+      <c r="DZ78" s="137"/>
+      <c r="EA78" s="137"/>
+      <c r="EB78" s="137"/>
+      <c r="EC78" s="137"/>
+      <c r="ED78" s="137"/>
+      <c r="EE78" s="137"/>
+      <c r="EF78" s="137"/>
+      <c r="EG78" s="138"/>
+      <c r="EH78" s="136"/>
+      <c r="EI78" s="137"/>
+      <c r="EJ78" s="137"/>
+      <c r="EK78" s="137"/>
+      <c r="EL78" s="137"/>
+      <c r="EM78" s="137"/>
+      <c r="EN78" s="137"/>
+      <c r="EO78" s="137"/>
+      <c r="EP78" s="137"/>
+      <c r="EQ78" s="138"/>
+      <c r="ER78" s="136"/>
+      <c r="ES78" s="137"/>
+      <c r="ET78" s="137"/>
+      <c r="EU78" s="137"/>
+      <c r="EV78" s="137"/>
+      <c r="EW78" s="137"/>
+      <c r="EX78" s="137"/>
+      <c r="EY78" s="137"/>
+      <c r="EZ78" s="137"/>
+      <c r="FA78" s="138"/>
+      <c r="FB78" s="136"/>
+      <c r="FC78" s="137"/>
+      <c r="FD78" s="137"/>
+      <c r="FE78" s="137"/>
+      <c r="FF78" s="137"/>
+      <c r="FG78" s="137"/>
+      <c r="FH78" s="137"/>
+      <c r="FI78" s="137"/>
+      <c r="FJ78" s="137"/>
+      <c r="FK78" s="138"/>
+    </row>
+    <row r="79" spans="1:167" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="173" t="s">
+        <v>70</v>
+      </c>
+      <c r="B79" s="174"/>
+      <c r="C79" s="174"/>
+      <c r="D79" s="174"/>
+      <c r="E79" s="174"/>
+      <c r="F79" s="174"/>
+      <c r="G79" s="174"/>
+      <c r="H79" s="174"/>
+      <c r="I79" s="174"/>
+      <c r="J79" s="174"/>
+      <c r="K79" s="174"/>
+      <c r="L79" s="174"/>
+      <c r="M79" s="174"/>
+      <c r="N79" s="174"/>
+      <c r="O79" s="174"/>
+      <c r="P79" s="174"/>
+      <c r="Q79" s="174"/>
+      <c r="R79" s="174"/>
+      <c r="S79" s="174"/>
+      <c r="T79" s="174"/>
+      <c r="U79" s="174"/>
+      <c r="V79" s="174"/>
+      <c r="W79" s="174"/>
+      <c r="X79" s="174"/>
+      <c r="Y79" s="174"/>
+      <c r="Z79" s="174"/>
+      <c r="AA79" s="174"/>
+      <c r="AB79" s="174"/>
+      <c r="AC79" s="174"/>
+      <c r="AD79" s="174"/>
+      <c r="AE79" s="174"/>
+      <c r="AF79" s="174"/>
+      <c r="AG79" s="175"/>
+      <c r="AH79" s="129"/>
+      <c r="AI79" s="130"/>
+      <c r="AJ79" s="130"/>
+      <c r="AK79" s="130"/>
+      <c r="AL79" s="130"/>
+      <c r="AM79" s="130"/>
+      <c r="AN79" s="130"/>
+      <c r="AO79" s="130"/>
+      <c r="AP79" s="131"/>
+      <c r="AQ79" s="129"/>
+      <c r="AR79" s="130"/>
+      <c r="AS79" s="130"/>
+      <c r="AT79" s="130"/>
+      <c r="AU79" s="130"/>
+      <c r="AV79" s="130"/>
+      <c r="AW79" s="130"/>
+      <c r="AX79" s="130"/>
+      <c r="AY79" s="130"/>
+      <c r="AZ79" s="130"/>
+      <c r="BA79" s="131"/>
+      <c r="BB79" s="129"/>
+      <c r="BC79" s="130"/>
+      <c r="BD79" s="130"/>
+      <c r="BE79" s="130"/>
+      <c r="BF79" s="130"/>
+      <c r="BG79" s="130"/>
+      <c r="BH79" s="130"/>
+      <c r="BI79" s="130"/>
+      <c r="BJ79" s="130"/>
+      <c r="BK79" s="131"/>
+      <c r="BL79" s="129"/>
+      <c r="BM79" s="130"/>
+      <c r="BN79" s="130"/>
+      <c r="BO79" s="130"/>
+      <c r="BP79" s="130"/>
+      <c r="BQ79" s="130"/>
+      <c r="BR79" s="130"/>
+      <c r="BS79" s="130"/>
+      <c r="BT79" s="130"/>
+      <c r="BU79" s="131"/>
+      <c r="BV79" s="129"/>
+      <c r="BW79" s="130"/>
+      <c r="BX79" s="130"/>
+      <c r="BY79" s="130"/>
+      <c r="BZ79" s="130"/>
+      <c r="CA79" s="130"/>
+      <c r="CB79" s="130"/>
+      <c r="CC79" s="130"/>
+      <c r="CD79" s="130"/>
+      <c r="CE79" s="131"/>
+      <c r="CF79" s="173" t="s">
+        <v>70</v>
+      </c>
+      <c r="CG79" s="174"/>
+      <c r="CH79" s="174"/>
+      <c r="CI79" s="174"/>
+      <c r="CJ79" s="174"/>
+      <c r="CK79" s="174"/>
+      <c r="CL79" s="174"/>
+      <c r="CM79" s="174"/>
+      <c r="CN79" s="174"/>
+      <c r="CO79" s="174"/>
+      <c r="CP79" s="174"/>
+      <c r="CQ79" s="174"/>
+      <c r="CR79" s="174"/>
+      <c r="CS79" s="174"/>
+      <c r="CT79" s="174"/>
+      <c r="CU79" s="174"/>
+      <c r="CV79" s="174"/>
+      <c r="CW79" s="174"/>
+      <c r="CX79" s="174"/>
+      <c r="CY79" s="174"/>
+      <c r="CZ79" s="174"/>
+      <c r="DA79" s="174"/>
+      <c r="DB79" s="174"/>
+      <c r="DC79" s="174"/>
+      <c r="DD79" s="174"/>
+      <c r="DE79" s="174"/>
+      <c r="DF79" s="174"/>
+      <c r="DG79" s="174"/>
+      <c r="DH79" s="174"/>
+      <c r="DI79" s="174"/>
+      <c r="DJ79" s="174"/>
+      <c r="DK79" s="174"/>
+      <c r="DL79" s="175"/>
+      <c r="DM79" s="129"/>
+      <c r="DN79" s="130"/>
+      <c r="DO79" s="130"/>
+      <c r="DP79" s="130"/>
+      <c r="DQ79" s="130"/>
+      <c r="DR79" s="130"/>
+      <c r="DS79" s="130"/>
+      <c r="DT79" s="130"/>
+      <c r="DU79" s="131"/>
+      <c r="DV79" s="129"/>
+      <c r="DW79" s="130"/>
+      <c r="DX79" s="130"/>
+      <c r="DY79" s="130"/>
+      <c r="DZ79" s="130"/>
+      <c r="EA79" s="130"/>
+      <c r="EB79" s="130"/>
+      <c r="EC79" s="130"/>
+      <c r="ED79" s="130"/>
+      <c r="EE79" s="130"/>
+      <c r="EF79" s="130"/>
+      <c r="EG79" s="131"/>
+      <c r="EH79" s="129"/>
+      <c r="EI79" s="130"/>
+      <c r="EJ79" s="130"/>
+      <c r="EK79" s="130"/>
+      <c r="EL79" s="130"/>
+      <c r="EM79" s="130"/>
+      <c r="EN79" s="130"/>
+      <c r="EO79" s="130"/>
+      <c r="EP79" s="130"/>
+      <c r="EQ79" s="131"/>
+      <c r="ER79" s="129"/>
+      <c r="ES79" s="130"/>
+      <c r="ET79" s="130"/>
+      <c r="EU79" s="130"/>
+      <c r="EV79" s="130"/>
+      <c r="EW79" s="130"/>
+      <c r="EX79" s="130"/>
+      <c r="EY79" s="130"/>
+      <c r="EZ79" s="130"/>
+      <c r="FA79" s="131"/>
+      <c r="FB79" s="129"/>
+      <c r="FC79" s="130"/>
+      <c r="FD79" s="130"/>
+      <c r="FE79" s="130"/>
+      <c r="FF79" s="130"/>
+      <c r="FG79" s="130"/>
+      <c r="FH79" s="130"/>
+      <c r="FI79" s="130"/>
+      <c r="FJ79" s="130"/>
+      <c r="FK79" s="131"/>
+    </row>
+    <row r="80" spans="1:167" s="33" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="142" t="s">
+        <v>71</v>
+      </c>
+      <c r="B80" s="143"/>
+      <c r="C80" s="143"/>
+      <c r="D80" s="143"/>
+      <c r="E80" s="143"/>
+      <c r="F80" s="143"/>
+      <c r="G80" s="143"/>
+      <c r="H80" s="143"/>
+      <c r="I80" s="143"/>
+      <c r="J80" s="143"/>
+      <c r="K80" s="143"/>
+      <c r="L80" s="143"/>
+      <c r="M80" s="143"/>
+      <c r="N80" s="143"/>
+      <c r="O80" s="143"/>
+      <c r="P80" s="143"/>
+      <c r="Q80" s="143"/>
+      <c r="R80" s="143"/>
+      <c r="S80" s="143"/>
+      <c r="T80" s="143"/>
+      <c r="U80" s="143"/>
+      <c r="V80" s="143"/>
+      <c r="W80" s="143"/>
+      <c r="X80" s="143"/>
+      <c r="Y80" s="143"/>
+      <c r="Z80" s="143"/>
+      <c r="AA80" s="143"/>
+      <c r="AB80" s="143"/>
+      <c r="AC80" s="143"/>
+      <c r="AD80" s="143"/>
+      <c r="AE80" s="143"/>
+      <c r="AF80" s="143"/>
+      <c r="AG80" s="144"/>
+      <c r="AH80" s="126"/>
+      <c r="AI80" s="127"/>
+      <c r="AJ80" s="127"/>
+      <c r="AK80" s="127"/>
+      <c r="AL80" s="127"/>
+      <c r="AM80" s="127"/>
+      <c r="AN80" s="127"/>
+      <c r="AO80" s="127"/>
+      <c r="AP80" s="128"/>
+      <c r="AQ80" s="126"/>
+      <c r="AR80" s="127"/>
+      <c r="AS80" s="127"/>
+      <c r="AT80" s="127"/>
+      <c r="AU80" s="127"/>
+      <c r="AV80" s="127"/>
+      <c r="AW80" s="127"/>
+      <c r="AX80" s="127"/>
+      <c r="AY80" s="127"/>
+      <c r="AZ80" s="127"/>
+      <c r="BA80" s="128"/>
+      <c r="BB80" s="126"/>
+      <c r="BC80" s="127"/>
+      <c r="BD80" s="127"/>
+      <c r="BE80" s="127"/>
+      <c r="BF80" s="127"/>
+      <c r="BG80" s="127"/>
+      <c r="BH80" s="127"/>
+      <c r="BI80" s="127"/>
+      <c r="BJ80" s="127"/>
+      <c r="BK80" s="128"/>
+      <c r="BL80" s="126"/>
+      <c r="BM80" s="127"/>
+      <c r="BN80" s="127"/>
+      <c r="BO80" s="127"/>
+      <c r="BP80" s="127"/>
+      <c r="BQ80" s="127"/>
+      <c r="BR80" s="127"/>
+      <c r="BS80" s="127"/>
+      <c r="BT80" s="127"/>
+      <c r="BU80" s="128"/>
+      <c r="BV80" s="126"/>
+      <c r="BW80" s="127"/>
+      <c r="BX80" s="127"/>
+      <c r="BY80" s="127"/>
+      <c r="BZ80" s="127"/>
+      <c r="CA80" s="127"/>
+      <c r="CB80" s="127"/>
+      <c r="CC80" s="127"/>
+      <c r="CD80" s="127"/>
+      <c r="CE80" s="128"/>
+      <c r="CF80" s="142" t="s">
+        <v>71</v>
+      </c>
+      <c r="CG80" s="143"/>
+      <c r="CH80" s="143"/>
+      <c r="CI80" s="143"/>
+      <c r="CJ80" s="143"/>
+      <c r="CK80" s="143"/>
+      <c r="CL80" s="143"/>
+      <c r="CM80" s="143"/>
+      <c r="CN80" s="143"/>
+      <c r="CO80" s="143"/>
+      <c r="CP80" s="143"/>
+      <c r="CQ80" s="143"/>
+      <c r="CR80" s="143"/>
+      <c r="CS80" s="143"/>
+      <c r="CT80" s="143"/>
+      <c r="CU80" s="143"/>
+      <c r="CV80" s="143"/>
+      <c r="CW80" s="143"/>
+      <c r="CX80" s="143"/>
+      <c r="CY80" s="143"/>
+      <c r="CZ80" s="143"/>
+      <c r="DA80" s="143"/>
+      <c r="DB80" s="143"/>
+      <c r="DC80" s="143"/>
+      <c r="DD80" s="143"/>
+      <c r="DE80" s="143"/>
+      <c r="DF80" s="143"/>
+      <c r="DG80" s="143"/>
+      <c r="DH80" s="143"/>
+      <c r="DI80" s="143"/>
+      <c r="DJ80" s="143"/>
+      <c r="DK80" s="143"/>
+      <c r="DL80" s="144"/>
+      <c r="DM80" s="126"/>
+      <c r="DN80" s="127"/>
+      <c r="DO80" s="127"/>
+      <c r="DP80" s="127"/>
+      <c r="DQ80" s="127"/>
+      <c r="DR80" s="127"/>
+      <c r="DS80" s="127"/>
+      <c r="DT80" s="127"/>
+      <c r="DU80" s="128"/>
+      <c r="DV80" s="126"/>
+      <c r="DW80" s="127"/>
+      <c r="DX80" s="127"/>
+      <c r="DY80" s="127"/>
+      <c r="DZ80" s="127"/>
+      <c r="EA80" s="127"/>
+      <c r="EB80" s="127"/>
+      <c r="EC80" s="127"/>
+      <c r="ED80" s="127"/>
+      <c r="EE80" s="127"/>
+      <c r="EF80" s="127"/>
+      <c r="EG80" s="128"/>
+      <c r="EH80" s="126"/>
+      <c r="EI80" s="127"/>
+      <c r="EJ80" s="127"/>
+      <c r="EK80" s="127"/>
+      <c r="EL80" s="127"/>
+      <c r="EM80" s="127"/>
+      <c r="EN80" s="127"/>
+      <c r="EO80" s="127"/>
+      <c r="EP80" s="127"/>
+      <c r="EQ80" s="128"/>
+      <c r="ER80" s="126"/>
+      <c r="ES80" s="127"/>
+      <c r="ET80" s="127"/>
+      <c r="EU80" s="127"/>
+      <c r="EV80" s="127"/>
+      <c r="EW80" s="127"/>
+      <c r="EX80" s="127"/>
+      <c r="EY80" s="127"/>
+      <c r="EZ80" s="127"/>
+      <c r="FA80" s="128"/>
+      <c r="FB80" s="126"/>
+      <c r="FC80" s="127"/>
+      <c r="FD80" s="127"/>
+      <c r="FE80" s="127"/>
+      <c r="FF80" s="127"/>
+      <c r="FG80" s="127"/>
+      <c r="FH80" s="127"/>
+      <c r="FI80" s="127"/>
+      <c r="FJ80" s="127"/>
+      <c r="FK80" s="128"/>
+    </row>
+    <row r="81" spans="1:167" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="35"/>
+      <c r="B81" s="89" t="s">
+        <v>66</v>
+      </c>
+      <c r="C81" s="89"/>
+      <c r="D81" s="89"/>
+      <c r="E81" s="89"/>
+      <c r="F81" s="89"/>
+      <c r="G81" s="89"/>
+      <c r="H81" s="89"/>
+      <c r="I81" s="89"/>
+      <c r="J81" s="89"/>
+      <c r="K81" s="89"/>
+      <c r="L81" s="89"/>
+      <c r="M81" s="90"/>
+      <c r="N81" s="90"/>
+      <c r="O81" s="90"/>
+      <c r="P81" s="90"/>
+      <c r="Q81" s="90"/>
+      <c r="R81" s="90"/>
+      <c r="S81" s="90"/>
+      <c r="T81" s="90"/>
+      <c r="U81" s="90"/>
+      <c r="V81" s="90"/>
+      <c r="W81" s="90"/>
+      <c r="X81" s="90"/>
+      <c r="Y81" s="90"/>
+      <c r="Z81" s="90"/>
+      <c r="AA81" s="90"/>
+      <c r="AB81" s="90"/>
+      <c r="AC81" s="90"/>
+      <c r="AD81" s="91" t="s">
+        <v>57</v>
+      </c>
+      <c r="AE81" s="91"/>
+      <c r="AF81" s="84"/>
+      <c r="AG81" s="85"/>
+      <c r="AH81" s="136"/>
+      <c r="AI81" s="137"/>
+      <c r="AJ81" s="137"/>
+      <c r="AK81" s="137"/>
+      <c r="AL81" s="137"/>
+      <c r="AM81" s="137"/>
+      <c r="AN81" s="137"/>
+      <c r="AO81" s="137"/>
+      <c r="AP81" s="138"/>
+      <c r="AQ81" s="136"/>
+      <c r="AR81" s="137"/>
+      <c r="AS81" s="137"/>
+      <c r="AT81" s="137"/>
+      <c r="AU81" s="137"/>
+      <c r="AV81" s="137"/>
+      <c r="AW81" s="137"/>
+      <c r="AX81" s="137"/>
+      <c r="AY81" s="137"/>
+      <c r="AZ81" s="137"/>
+      <c r="BA81" s="138"/>
+      <c r="BB81" s="136"/>
+      <c r="BC81" s="137"/>
+      <c r="BD81" s="137"/>
+      <c r="BE81" s="137"/>
+      <c r="BF81" s="137"/>
+      <c r="BG81" s="137"/>
+      <c r="BH81" s="137"/>
+      <c r="BI81" s="137"/>
+      <c r="BJ81" s="137"/>
+      <c r="BK81" s="138"/>
+      <c r="BL81" s="136"/>
+      <c r="BM81" s="137"/>
+      <c r="BN81" s="137"/>
+      <c r="BO81" s="137"/>
+      <c r="BP81" s="137"/>
+      <c r="BQ81" s="137"/>
+      <c r="BR81" s="137"/>
+      <c r="BS81" s="137"/>
+      <c r="BT81" s="137"/>
+      <c r="BU81" s="138"/>
+      <c r="BV81" s="136"/>
+      <c r="BW81" s="137"/>
+      <c r="BX81" s="137"/>
+      <c r="BY81" s="137"/>
+      <c r="BZ81" s="137"/>
+      <c r="CA81" s="137"/>
+      <c r="CB81" s="137"/>
+      <c r="CC81" s="137"/>
+      <c r="CD81" s="137"/>
+      <c r="CE81" s="138"/>
+      <c r="CF81" s="35"/>
+      <c r="CG81" s="89" t="s">
+        <v>66</v>
+      </c>
+      <c r="CH81" s="89"/>
+      <c r="CI81" s="89"/>
+      <c r="CJ81" s="89"/>
+      <c r="CK81" s="89"/>
+      <c r="CL81" s="89"/>
+      <c r="CM81" s="89"/>
+      <c r="CN81" s="89"/>
+      <c r="CO81" s="89"/>
+      <c r="CP81" s="89"/>
+      <c r="CQ81" s="89"/>
+      <c r="CR81" s="90"/>
+      <c r="CS81" s="90"/>
+      <c r="CT81" s="90"/>
+      <c r="CU81" s="90"/>
+      <c r="CV81" s="90"/>
+      <c r="CW81" s="90"/>
+      <c r="CX81" s="90"/>
+      <c r="CY81" s="90"/>
+      <c r="CZ81" s="90"/>
+      <c r="DA81" s="90"/>
+      <c r="DB81" s="90"/>
+      <c r="DC81" s="90"/>
+      <c r="DD81" s="90"/>
+      <c r="DE81" s="90"/>
+      <c r="DF81" s="90"/>
+      <c r="DG81" s="90"/>
+      <c r="DH81" s="90"/>
+      <c r="DI81" s="91" t="s">
+        <v>57</v>
+      </c>
+      <c r="DJ81" s="91"/>
+      <c r="DK81" s="84"/>
+      <c r="DL81" s="85"/>
+      <c r="DM81" s="136"/>
+      <c r="DN81" s="137"/>
+      <c r="DO81" s="137"/>
+      <c r="DP81" s="137"/>
+      <c r="DQ81" s="137"/>
+      <c r="DR81" s="137"/>
+      <c r="DS81" s="137"/>
+      <c r="DT81" s="137"/>
+      <c r="DU81" s="138"/>
+      <c r="DV81" s="136"/>
+      <c r="DW81" s="137"/>
+      <c r="DX81" s="137"/>
+      <c r="DY81" s="137"/>
+      <c r="DZ81" s="137"/>
+      <c r="EA81" s="137"/>
+      <c r="EB81" s="137"/>
+      <c r="EC81" s="137"/>
+      <c r="ED81" s="137"/>
+      <c r="EE81" s="137"/>
+      <c r="EF81" s="137"/>
+      <c r="EG81" s="138"/>
+      <c r="EH81" s="136"/>
+      <c r="EI81" s="137"/>
+      <c r="EJ81" s="137"/>
+      <c r="EK81" s="137"/>
+      <c r="EL81" s="137"/>
+      <c r="EM81" s="137"/>
+      <c r="EN81" s="137"/>
+      <c r="EO81" s="137"/>
+      <c r="EP81" s="137"/>
+      <c r="EQ81" s="138"/>
+      <c r="ER81" s="136"/>
+      <c r="ES81" s="137"/>
+      <c r="ET81" s="137"/>
+      <c r="EU81" s="137"/>
+      <c r="EV81" s="137"/>
+      <c r="EW81" s="137"/>
+      <c r="EX81" s="137"/>
+      <c r="EY81" s="137"/>
+      <c r="EZ81" s="137"/>
+      <c r="FA81" s="138"/>
+      <c r="FB81" s="136"/>
+      <c r="FC81" s="137"/>
+      <c r="FD81" s="137"/>
+      <c r="FE81" s="137"/>
+      <c r="FF81" s="137"/>
+      <c r="FG81" s="137"/>
+      <c r="FH81" s="137"/>
+      <c r="FI81" s="137"/>
+      <c r="FJ81" s="137"/>
+      <c r="FK81" s="138"/>
+    </row>
+    <row r="82" spans="1:167" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="30"/>
+      <c r="B82" s="79"/>
+      <c r="C82" s="79"/>
+      <c r="D82" s="79"/>
+      <c r="E82" s="79"/>
+      <c r="F82" s="79"/>
+      <c r="G82" s="79"/>
+      <c r="H82" s="79"/>
+      <c r="I82" s="79"/>
+      <c r="J82" s="79"/>
+      <c r="M82" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="N82" s="92"/>
+      <c r="O82" s="92"/>
+      <c r="P82" s="92"/>
+      <c r="Q82" s="92"/>
+      <c r="R82" s="92"/>
+      <c r="S82" s="92"/>
+      <c r="T82" s="92"/>
+      <c r="U82" s="92"/>
+      <c r="V82" s="92"/>
+      <c r="W82" s="92"/>
+      <c r="X82" s="92"/>
+      <c r="Y82" s="92"/>
+      <c r="Z82" s="92"/>
+      <c r="AA82" s="92"/>
+      <c r="AB82" s="92"/>
+      <c r="AC82" s="92"/>
+      <c r="AF82" s="79"/>
+      <c r="AG82" s="80"/>
+      <c r="AH82" s="136"/>
+      <c r="AI82" s="137"/>
+      <c r="AJ82" s="137"/>
+      <c r="AK82" s="137"/>
+      <c r="AL82" s="137"/>
+      <c r="AM82" s="137"/>
+      <c r="AN82" s="137"/>
+      <c r="AO82" s="137"/>
+      <c r="AP82" s="138"/>
+      <c r="AQ82" s="136"/>
+      <c r="AR82" s="137"/>
+      <c r="AS82" s="137"/>
+      <c r="AT82" s="137"/>
+      <c r="AU82" s="137"/>
+      <c r="AV82" s="137"/>
+      <c r="AW82" s="137"/>
+      <c r="AX82" s="137"/>
+      <c r="AY82" s="137"/>
+      <c r="AZ82" s="137"/>
+      <c r="BA82" s="138"/>
+      <c r="BB82" s="136"/>
+      <c r="BC82" s="137"/>
+      <c r="BD82" s="137"/>
+      <c r="BE82" s="137"/>
+      <c r="BF82" s="137"/>
+      <c r="BG82" s="137"/>
+      <c r="BH82" s="137"/>
+      <c r="BI82" s="137"/>
+      <c r="BJ82" s="137"/>
+      <c r="BK82" s="138"/>
+      <c r="BL82" s="136"/>
+      <c r="BM82" s="137"/>
+      <c r="BN82" s="137"/>
+      <c r="BO82" s="137"/>
+      <c r="BP82" s="137"/>
+      <c r="BQ82" s="137"/>
+      <c r="BR82" s="137"/>
+      <c r="BS82" s="137"/>
+      <c r="BT82" s="137"/>
+      <c r="BU82" s="138"/>
+      <c r="BV82" s="136"/>
+      <c r="BW82" s="137"/>
+      <c r="BX82" s="137"/>
+      <c r="BY82" s="137"/>
+      <c r="BZ82" s="137"/>
+      <c r="CA82" s="137"/>
+      <c r="CB82" s="137"/>
+      <c r="CC82" s="137"/>
+      <c r="CD82" s="137"/>
+      <c r="CE82" s="138"/>
+      <c r="CF82" s="30"/>
+      <c r="CG82" s="79"/>
+      <c r="CH82" s="79"/>
+      <c r="CI82" s="79"/>
+      <c r="CJ82" s="79"/>
+      <c r="CK82" s="79"/>
+      <c r="CL82" s="79"/>
+      <c r="CM82" s="79"/>
+      <c r="CN82" s="79"/>
+      <c r="CO82" s="79"/>
+      <c r="CR82" s="92" t="s">
+        <v>58</v>
+      </c>
+      <c r="CS82" s="92"/>
+      <c r="CT82" s="92"/>
+      <c r="CU82" s="92"/>
+      <c r="CV82" s="92"/>
+      <c r="CW82" s="92"/>
+      <c r="CX82" s="92"/>
+      <c r="CY82" s="92"/>
+      <c r="CZ82" s="92"/>
+      <c r="DA82" s="92"/>
+      <c r="DB82" s="92"/>
+      <c r="DC82" s="92"/>
+      <c r="DD82" s="92"/>
+      <c r="DE82" s="92"/>
+      <c r="DF82" s="92"/>
+      <c r="DG82" s="92"/>
+      <c r="DH82" s="92"/>
+      <c r="DK82" s="79"/>
+      <c r="DL82" s="80"/>
+      <c r="DM82" s="136"/>
+      <c r="DN82" s="137"/>
+      <c r="DO82" s="137"/>
+      <c r="DP82" s="137"/>
+      <c r="DQ82" s="137"/>
+      <c r="DR82" s="137"/>
+      <c r="DS82" s="137"/>
+      <c r="DT82" s="137"/>
+      <c r="DU82" s="138"/>
+      <c r="DV82" s="136"/>
+      <c r="DW82" s="137"/>
+      <c r="DX82" s="137"/>
+      <c r="DY82" s="137"/>
+      <c r="DZ82" s="137"/>
+      <c r="EA82" s="137"/>
+      <c r="EB82" s="137"/>
+      <c r="EC82" s="137"/>
+      <c r="ED82" s="137"/>
+      <c r="EE82" s="137"/>
+      <c r="EF82" s="137"/>
+      <c r="EG82" s="138"/>
+      <c r="EH82" s="136"/>
+      <c r="EI82" s="137"/>
+      <c r="EJ82" s="137"/>
+      <c r="EK82" s="137"/>
+      <c r="EL82" s="137"/>
+      <c r="EM82" s="137"/>
+      <c r="EN82" s="137"/>
+      <c r="EO82" s="137"/>
+      <c r="EP82" s="137"/>
+      <c r="EQ82" s="138"/>
+      <c r="ER82" s="136"/>
+      <c r="ES82" s="137"/>
+      <c r="ET82" s="137"/>
+      <c r="EU82" s="137"/>
+      <c r="EV82" s="137"/>
+      <c r="EW82" s="137"/>
+      <c r="EX82" s="137"/>
+      <c r="EY82" s="137"/>
+      <c r="EZ82" s="137"/>
+      <c r="FA82" s="138"/>
+      <c r="FB82" s="136"/>
+      <c r="FC82" s="137"/>
+      <c r="FD82" s="137"/>
+      <c r="FE82" s="137"/>
+      <c r="FF82" s="137"/>
+      <c r="FG82" s="137"/>
+      <c r="FH82" s="137"/>
+      <c r="FI82" s="137"/>
+      <c r="FJ82" s="137"/>
+      <c r="FK82" s="138"/>
+    </row>
+    <row r="83" spans="1:167" s="33" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="173" t="s">
+        <v>74</v>
+      </c>
+      <c r="B83" s="174"/>
+      <c r="C83" s="174"/>
+      <c r="D83" s="174"/>
+      <c r="E83" s="174"/>
+      <c r="F83" s="174"/>
+      <c r="G83" s="174"/>
+      <c r="H83" s="174"/>
+      <c r="I83" s="174"/>
+      <c r="J83" s="174"/>
+      <c r="K83" s="174"/>
+      <c r="L83" s="174"/>
+      <c r="M83" s="174"/>
+      <c r="N83" s="174"/>
+      <c r="O83" s="174"/>
+      <c r="P83" s="174"/>
+      <c r="Q83" s="174"/>
+      <c r="R83" s="174"/>
+      <c r="S83" s="174"/>
+      <c r="T83" s="174"/>
+      <c r="U83" s="174"/>
+      <c r="V83" s="174"/>
+      <c r="W83" s="174"/>
+      <c r="X83" s="174"/>
+      <c r="Y83" s="174"/>
+      <c r="Z83" s="174"/>
+      <c r="AA83" s="174"/>
+      <c r="AB83" s="174"/>
+      <c r="AC83" s="174"/>
+      <c r="AD83" s="174"/>
+      <c r="AE83" s="174"/>
+      <c r="AF83" s="174"/>
+      <c r="AG83" s="175"/>
+      <c r="AH83" s="129"/>
+      <c r="AI83" s="130"/>
+      <c r="AJ83" s="130"/>
+      <c r="AK83" s="130"/>
+      <c r="AL83" s="130"/>
+      <c r="AM83" s="130"/>
+      <c r="AN83" s="130"/>
+      <c r="AO83" s="130"/>
+      <c r="AP83" s="131"/>
+      <c r="AQ83" s="129"/>
+      <c r="AR83" s="130"/>
+      <c r="AS83" s="130"/>
+      <c r="AT83" s="130"/>
+      <c r="AU83" s="130"/>
+      <c r="AV83" s="130"/>
+      <c r="AW83" s="130"/>
+      <c r="AX83" s="130"/>
+      <c r="AY83" s="130"/>
+      <c r="AZ83" s="130"/>
+      <c r="BA83" s="131"/>
+      <c r="BB83" s="129"/>
+      <c r="BC83" s="130"/>
+      <c r="BD83" s="130"/>
+      <c r="BE83" s="130"/>
+      <c r="BF83" s="130"/>
+      <c r="BG83" s="130"/>
+      <c r="BH83" s="130"/>
+      <c r="BI83" s="130"/>
+      <c r="BJ83" s="130"/>
+      <c r="BK83" s="131"/>
+      <c r="BL83" s="129"/>
+      <c r="BM83" s="130"/>
+      <c r="BN83" s="130"/>
+      <c r="BO83" s="130"/>
+      <c r="BP83" s="130"/>
+      <c r="BQ83" s="130"/>
+      <c r="BR83" s="130"/>
+      <c r="BS83" s="130"/>
+      <c r="BT83" s="130"/>
+      <c r="BU83" s="131"/>
+      <c r="BV83" s="129"/>
+      <c r="BW83" s="130"/>
+      <c r="BX83" s="130"/>
+      <c r="BY83" s="130"/>
+      <c r="BZ83" s="130"/>
+      <c r="CA83" s="130"/>
+      <c r="CB83" s="130"/>
+      <c r="CC83" s="130"/>
+      <c r="CD83" s="130"/>
+      <c r="CE83" s="131"/>
+      <c r="CF83" s="173" t="s">
+        <v>74</v>
+      </c>
+      <c r="CG83" s="174"/>
+      <c r="CH83" s="174"/>
+      <c r="CI83" s="174"/>
+      <c r="CJ83" s="174"/>
+      <c r="CK83" s="174"/>
+      <c r="CL83" s="174"/>
+      <c r="CM83" s="174"/>
+      <c r="CN83" s="174"/>
+      <c r="CO83" s="174"/>
+      <c r="CP83" s="174"/>
+      <c r="CQ83" s="174"/>
+      <c r="CR83" s="174"/>
+      <c r="CS83" s="174"/>
+      <c r="CT83" s="174"/>
+      <c r="CU83" s="174"/>
+      <c r="CV83" s="174"/>
+      <c r="CW83" s="174"/>
+      <c r="CX83" s="174"/>
+      <c r="CY83" s="174"/>
+      <c r="CZ83" s="174"/>
+      <c r="DA83" s="174"/>
+      <c r="DB83" s="174"/>
+      <c r="DC83" s="174"/>
+      <c r="DD83" s="174"/>
+      <c r="DE83" s="174"/>
+      <c r="DF83" s="174"/>
+      <c r="DG83" s="174"/>
+      <c r="DH83" s="174"/>
+      <c r="DI83" s="174"/>
+      <c r="DJ83" s="174"/>
+      <c r="DK83" s="174"/>
+      <c r="DL83" s="175"/>
+      <c r="DM83" s="129"/>
+      <c r="DN83" s="130"/>
+      <c r="DO83" s="130"/>
+      <c r="DP83" s="130"/>
+      <c r="DQ83" s="130"/>
+      <c r="DR83" s="130"/>
+      <c r="DS83" s="130"/>
+      <c r="DT83" s="130"/>
+      <c r="DU83" s="131"/>
+      <c r="DV83" s="129"/>
+      <c r="DW83" s="130"/>
+      <c r="DX83" s="130"/>
+      <c r="DY83" s="130"/>
+      <c r="DZ83" s="130"/>
+      <c r="EA83" s="130"/>
+      <c r="EB83" s="130"/>
+      <c r="EC83" s="130"/>
+      <c r="ED83" s="130"/>
+      <c r="EE83" s="130"/>
+      <c r="EF83" s="130"/>
+      <c r="EG83" s="131"/>
+      <c r="EH83" s="129"/>
+      <c r="EI83" s="130"/>
+      <c r="EJ83" s="130"/>
+      <c r="EK83" s="130"/>
+      <c r="EL83" s="130"/>
+      <c r="EM83" s="130"/>
+      <c r="EN83" s="130"/>
+      <c r="EO83" s="130"/>
+      <c r="EP83" s="130"/>
+      <c r="EQ83" s="131"/>
+      <c r="ER83" s="129"/>
+      <c r="ES83" s="130"/>
+      <c r="ET83" s="130"/>
+      <c r="EU83" s="130"/>
+      <c r="EV83" s="130"/>
+      <c r="EW83" s="130"/>
+      <c r="EX83" s="130"/>
+      <c r="EY83" s="130"/>
+      <c r="EZ83" s="130"/>
+      <c r="FA83" s="131"/>
+      <c r="FB83" s="129"/>
+      <c r="FC83" s="130"/>
+      <c r="FD83" s="130"/>
+      <c r="FE83" s="130"/>
+      <c r="FF83" s="130"/>
+      <c r="FG83" s="130"/>
+      <c r="FH83" s="130"/>
+      <c r="FI83" s="130"/>
+      <c r="FJ83" s="130"/>
+      <c r="FK83" s="131"/>
+    </row>
+    <row r="84" spans="1:167" s="33" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="132" t="s">
+        <v>55</v>
+      </c>
+      <c r="B84" s="133"/>
+      <c r="C84" s="133"/>
+      <c r="D84" s="133"/>
+      <c r="E84" s="133"/>
+      <c r="F84" s="133"/>
+      <c r="G84" s="133"/>
+      <c r="H84" s="133"/>
+      <c r="I84" s="133"/>
+      <c r="J84" s="133"/>
+      <c r="K84" s="133"/>
+      <c r="L84" s="133"/>
+      <c r="M84" s="133"/>
+      <c r="N84" s="133"/>
+      <c r="O84" s="133"/>
+      <c r="P84" s="133"/>
+      <c r="Q84" s="133"/>
+      <c r="R84" s="133"/>
+      <c r="S84" s="133"/>
+      <c r="T84" s="133"/>
+      <c r="U84" s="133"/>
+      <c r="V84" s="133"/>
+      <c r="W84" s="133"/>
+      <c r="X84" s="133"/>
+      <c r="Y84" s="133"/>
+      <c r="Z84" s="133"/>
+      <c r="AA84" s="133"/>
+      <c r="AB84" s="133"/>
+      <c r="AC84" s="133"/>
+      <c r="AD84" s="133"/>
+      <c r="AE84" s="133"/>
+      <c r="AF84" s="133"/>
+      <c r="AG84" s="134"/>
+      <c r="AH84" s="132" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI84" s="133"/>
+      <c r="AJ84" s="133"/>
+      <c r="AK84" s="133"/>
+      <c r="AL84" s="133"/>
+      <c r="AM84" s="133"/>
+      <c r="AN84" s="133"/>
+      <c r="AO84" s="133"/>
+      <c r="AP84" s="134"/>
+      <c r="AQ84" s="132" t="s">
+        <v>55</v>
+      </c>
+      <c r="AR84" s="133"/>
+      <c r="AS84" s="133"/>
+      <c r="AT84" s="133"/>
+      <c r="AU84" s="133"/>
+      <c r="AV84" s="133"/>
+      <c r="AW84" s="133"/>
+      <c r="AX84" s="133"/>
+      <c r="AY84" s="133"/>
+      <c r="AZ84" s="133"/>
+      <c r="BA84" s="134"/>
+      <c r="BB84" s="132"/>
+      <c r="BC84" s="133"/>
+      <c r="BD84" s="133"/>
+      <c r="BE84" s="133"/>
+      <c r="BF84" s="133"/>
+      <c r="BG84" s="133"/>
+      <c r="BH84" s="133"/>
+      <c r="BI84" s="133"/>
+      <c r="BJ84" s="133"/>
+      <c r="BK84" s="134"/>
+      <c r="BL84" s="132"/>
+      <c r="BM84" s="133"/>
+      <c r="BN84" s="133"/>
+      <c r="BO84" s="133"/>
+      <c r="BP84" s="133"/>
+      <c r="BQ84" s="133"/>
+      <c r="BR84" s="133"/>
+      <c r="BS84" s="133"/>
+      <c r="BT84" s="133"/>
+      <c r="BU84" s="134"/>
+      <c r="BV84" s="132"/>
+      <c r="BW84" s="133"/>
+      <c r="BX84" s="133"/>
+      <c r="BY84" s="133"/>
+      <c r="BZ84" s="133"/>
+      <c r="CA84" s="133"/>
+      <c r="CB84" s="133"/>
+      <c r="CC84" s="133"/>
+      <c r="CD84" s="133"/>
+      <c r="CE84" s="134"/>
+      <c r="CF84" s="132" t="s">
+        <v>55</v>
+      </c>
+      <c r="CG84" s="133"/>
+      <c r="CH84" s="133"/>
+      <c r="CI84" s="133"/>
+      <c r="CJ84" s="133"/>
+      <c r="CK84" s="133"/>
+      <c r="CL84" s="133"/>
+      <c r="CM84" s="133"/>
+      <c r="CN84" s="133"/>
+      <c r="CO84" s="133"/>
+      <c r="CP84" s="133"/>
+      <c r="CQ84" s="133"/>
+      <c r="CR84" s="133"/>
+      <c r="CS84" s="133"/>
+      <c r="CT84" s="133"/>
+      <c r="CU84" s="133"/>
+      <c r="CV84" s="133"/>
+      <c r="CW84" s="133"/>
+      <c r="CX84" s="133"/>
+      <c r="CY84" s="133"/>
+      <c r="CZ84" s="133"/>
+      <c r="DA84" s="133"/>
+      <c r="DB84" s="133"/>
+      <c r="DC84" s="133"/>
+      <c r="DD84" s="133"/>
+      <c r="DE84" s="133"/>
+      <c r="DF84" s="133"/>
+      <c r="DG84" s="133"/>
+      <c r="DH84" s="133"/>
+      <c r="DI84" s="133"/>
+      <c r="DJ84" s="133"/>
+      <c r="DK84" s="133"/>
+      <c r="DL84" s="134"/>
+      <c r="DM84" s="132" t="s">
+        <v>55</v>
+      </c>
+      <c r="DN84" s="133"/>
+      <c r="DO84" s="133"/>
+      <c r="DP84" s="133"/>
+      <c r="DQ84" s="133"/>
+      <c r="DR84" s="133"/>
+      <c r="DS84" s="133"/>
+      <c r="DT84" s="133"/>
+      <c r="DU84" s="134"/>
+      <c r="DV84" s="132" t="s">
+        <v>55</v>
+      </c>
+      <c r="DW84" s="133"/>
+      <c r="DX84" s="133"/>
+      <c r="DY84" s="133"/>
+      <c r="DZ84" s="133"/>
+      <c r="EA84" s="133"/>
+      <c r="EB84" s="133"/>
+      <c r="EC84" s="133"/>
+      <c r="ED84" s="133"/>
+      <c r="EE84" s="133"/>
+      <c r="EF84" s="133"/>
+      <c r="EG84" s="134"/>
+      <c r="EH84" s="132"/>
+      <c r="EI84" s="133"/>
+      <c r="EJ84" s="133"/>
+      <c r="EK84" s="133"/>
+      <c r="EL84" s="133"/>
+      <c r="EM84" s="133"/>
+      <c r="EN84" s="133"/>
+      <c r="EO84" s="133"/>
+      <c r="EP84" s="133"/>
+      <c r="EQ84" s="134"/>
+      <c r="ER84" s="132"/>
+      <c r="ES84" s="133"/>
+      <c r="ET84" s="133"/>
+      <c r="EU84" s="133"/>
+      <c r="EV84" s="133"/>
+      <c r="EW84" s="133"/>
+      <c r="EX84" s="133"/>
+      <c r="EY84" s="133"/>
+      <c r="EZ84" s="133"/>
+      <c r="FA84" s="134"/>
+      <c r="FB84" s="132"/>
+      <c r="FC84" s="133"/>
+      <c r="FD84" s="133"/>
+      <c r="FE84" s="133"/>
+      <c r="FF84" s="133"/>
+      <c r="FG84" s="133"/>
+      <c r="FH84" s="133"/>
+      <c r="FI84" s="133"/>
+      <c r="FJ84" s="133"/>
+      <c r="FK84" s="134"/>
+    </row>
+    <row r="85" spans="1:167" s="33" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A85" s="145" t="s">
+        <v>72</v>
+      </c>
+      <c r="B85" s="146"/>
+      <c r="C85" s="146"/>
+      <c r="D85" s="146"/>
+      <c r="E85" s="146"/>
+      <c r="F85" s="146"/>
+      <c r="G85" s="146"/>
+      <c r="H85" s="146"/>
+      <c r="I85" s="146"/>
+      <c r="J85" s="146"/>
+      <c r="K85" s="146"/>
+      <c r="L85" s="146"/>
+      <c r="M85" s="146"/>
+      <c r="N85" s="146"/>
+      <c r="O85" s="146"/>
+      <c r="P85" s="146"/>
+      <c r="Q85" s="146"/>
+      <c r="R85" s="146"/>
+      <c r="S85" s="146"/>
+      <c r="T85" s="146"/>
+      <c r="U85" s="146"/>
+      <c r="V85" s="146"/>
+      <c r="W85" s="146"/>
+      <c r="X85" s="146"/>
+      <c r="Y85" s="146"/>
+      <c r="Z85" s="146"/>
+      <c r="AA85" s="146"/>
+      <c r="AB85" s="146"/>
+      <c r="AC85" s="146"/>
+      <c r="AD85" s="146"/>
+      <c r="AE85" s="146"/>
+      <c r="AF85" s="146"/>
+      <c r="AG85" s="147"/>
+      <c r="AH85" s="176"/>
+      <c r="AI85" s="177"/>
+      <c r="AJ85" s="177"/>
+      <c r="AK85" s="177"/>
+      <c r="AL85" s="177"/>
+      <c r="AM85" s="177"/>
+      <c r="AN85" s="177"/>
+      <c r="AO85" s="177"/>
+      <c r="AP85" s="178"/>
+      <c r="AQ85" s="176"/>
+      <c r="AR85" s="177"/>
+      <c r="AS85" s="177"/>
+      <c r="AT85" s="177"/>
+      <c r="AU85" s="177"/>
+      <c r="AV85" s="177"/>
+      <c r="AW85" s="177"/>
+      <c r="AX85" s="177"/>
+      <c r="AY85" s="177"/>
+      <c r="AZ85" s="177"/>
+      <c r="BA85" s="178"/>
+      <c r="BB85" s="176"/>
+      <c r="BC85" s="177"/>
+      <c r="BD85" s="177"/>
+      <c r="BE85" s="177"/>
+      <c r="BF85" s="177"/>
+      <c r="BG85" s="177"/>
+      <c r="BH85" s="177"/>
+      <c r="BI85" s="177"/>
+      <c r="BJ85" s="177"/>
+      <c r="BK85" s="178"/>
+      <c r="BL85" s="176"/>
+      <c r="BM85" s="177"/>
+      <c r="BN85" s="177"/>
+      <c r="BO85" s="177"/>
+      <c r="BP85" s="177"/>
+      <c r="BQ85" s="177"/>
+      <c r="BR85" s="177"/>
+      <c r="BS85" s="177"/>
+      <c r="BT85" s="177"/>
+      <c r="BU85" s="178"/>
+      <c r="BV85" s="176"/>
+      <c r="BW85" s="177"/>
+      <c r="BX85" s="177"/>
+      <c r="BY85" s="177"/>
+      <c r="BZ85" s="177"/>
+      <c r="CA85" s="177"/>
+      <c r="CB85" s="177"/>
+      <c r="CC85" s="177"/>
+      <c r="CD85" s="177"/>
+      <c r="CE85" s="177"/>
+      <c r="CF85" s="145" t="s">
+        <v>72</v>
+      </c>
+      <c r="CG85" s="146"/>
+      <c r="CH85" s="146"/>
+      <c r="CI85" s="146"/>
+      <c r="CJ85" s="146"/>
+      <c r="CK85" s="146"/>
+      <c r="CL85" s="146"/>
+      <c r="CM85" s="146"/>
+      <c r="CN85" s="146"/>
+      <c r="CO85" s="146"/>
+      <c r="CP85" s="146"/>
+      <c r="CQ85" s="146"/>
+      <c r="CR85" s="146"/>
+      <c r="CS85" s="146"/>
+      <c r="CT85" s="146"/>
+      <c r="CU85" s="146"/>
+      <c r="CV85" s="146"/>
+      <c r="CW85" s="146"/>
+      <c r="CX85" s="146"/>
+      <c r="CY85" s="146"/>
+      <c r="CZ85" s="146"/>
+      <c r="DA85" s="146"/>
+      <c r="DB85" s="146"/>
+      <c r="DC85" s="146"/>
+      <c r="DD85" s="146"/>
+      <c r="DE85" s="146"/>
+      <c r="DF85" s="146"/>
+      <c r="DG85" s="146"/>
+      <c r="DH85" s="146"/>
+      <c r="DI85" s="146"/>
+      <c r="DJ85" s="146"/>
+      <c r="DK85" s="146"/>
+      <c r="DL85" s="147"/>
+      <c r="DM85" s="132"/>
+      <c r="DN85" s="133"/>
+      <c r="DO85" s="133"/>
+      <c r="DP85" s="133"/>
+      <c r="DQ85" s="133"/>
+      <c r="DR85" s="133"/>
+      <c r="DS85" s="133"/>
+      <c r="DT85" s="133"/>
+      <c r="DU85" s="134"/>
+      <c r="DV85" s="132"/>
+      <c r="DW85" s="133"/>
+      <c r="DX85" s="133"/>
+      <c r="DY85" s="133"/>
+      <c r="DZ85" s="133"/>
+      <c r="EA85" s="133"/>
+      <c r="EB85" s="133"/>
+      <c r="EC85" s="133"/>
+      <c r="ED85" s="133"/>
+      <c r="EE85" s="133"/>
+      <c r="EF85" s="133"/>
+      <c r="EG85" s="134"/>
+      <c r="EH85" s="132"/>
+      <c r="EI85" s="133"/>
+      <c r="EJ85" s="133"/>
+      <c r="EK85" s="133"/>
+      <c r="EL85" s="133"/>
+      <c r="EM85" s="133"/>
+      <c r="EN85" s="133"/>
+      <c r="EO85" s="133"/>
+      <c r="EP85" s="133"/>
+      <c r="EQ85" s="134"/>
+      <c r="ER85" s="132"/>
+      <c r="ES85" s="133"/>
+      <c r="ET85" s="133"/>
+      <c r="EU85" s="133"/>
+      <c r="EV85" s="133"/>
+      <c r="EW85" s="133"/>
+      <c r="EX85" s="133"/>
+      <c r="EY85" s="133"/>
+      <c r="EZ85" s="133"/>
+      <c r="FA85" s="134"/>
+      <c r="FB85" s="132"/>
+      <c r="FC85" s="133"/>
+      <c r="FD85" s="133"/>
+      <c r="FE85" s="133"/>
+      <c r="FF85" s="133"/>
+      <c r="FG85" s="133"/>
+      <c r="FH85" s="133"/>
+      <c r="FI85" s="133"/>
+      <c r="FJ85" s="133"/>
+      <c r="FK85" s="134"/>
+    </row>
+    <row r="86" spans="1:167" ht="6" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" spans="1:167" s="19" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="100" t="s">
+        <v>73</v>
+      </c>
+      <c r="B87" s="101"/>
+      <c r="C87" s="101"/>
+      <c r="D87" s="101"/>
+      <c r="E87" s="101"/>
+      <c r="F87" s="101"/>
+      <c r="G87" s="101"/>
+      <c r="H87" s="101"/>
+      <c r="I87" s="101"/>
+      <c r="J87" s="101"/>
+      <c r="K87" s="101"/>
+      <c r="L87" s="101"/>
+      <c r="M87" s="101"/>
+      <c r="N87" s="101"/>
+      <c r="O87" s="101"/>
+      <c r="P87" s="101"/>
+      <c r="Q87" s="101"/>
+      <c r="R87" s="101"/>
+      <c r="S87" s="101"/>
+      <c r="T87" s="101"/>
+      <c r="U87" s="101"/>
+      <c r="V87" s="101"/>
+      <c r="W87" s="101"/>
+      <c r="X87" s="101"/>
+      <c r="Y87" s="101"/>
+      <c r="Z87" s="101"/>
+      <c r="AA87" s="101"/>
+      <c r="AB87" s="101"/>
+      <c r="AC87" s="101"/>
+      <c r="AD87" s="101"/>
+      <c r="AE87" s="101"/>
+      <c r="AF87" s="101"/>
+      <c r="AG87" s="101"/>
+      <c r="AH87" s="101"/>
+      <c r="AI87" s="101"/>
+      <c r="AJ87" s="101"/>
+      <c r="AK87" s="101"/>
+      <c r="AL87" s="101"/>
+      <c r="AM87" s="101"/>
+      <c r="AN87" s="101"/>
+      <c r="AO87" s="101"/>
+      <c r="AP87" s="101"/>
+      <c r="AQ87" s="101"/>
+      <c r="AR87" s="101"/>
+      <c r="AS87" s="101"/>
+      <c r="AT87" s="101"/>
+      <c r="AU87" s="101"/>
+      <c r="AV87" s="101"/>
+      <c r="AW87" s="101"/>
+      <c r="AX87" s="101"/>
+      <c r="AY87" s="101"/>
+      <c r="AZ87" s="101"/>
+      <c r="BA87" s="101"/>
+      <c r="BB87" s="101"/>
+      <c r="BC87" s="101"/>
+      <c r="BD87" s="101"/>
+      <c r="BE87" s="101"/>
+      <c r="BF87" s="101"/>
+      <c r="BG87" s="101"/>
+      <c r="BH87" s="101"/>
+      <c r="BI87" s="101"/>
+      <c r="BJ87" s="101"/>
+      <c r="BK87" s="101"/>
+      <c r="BL87" s="101"/>
+      <c r="BM87" s="101"/>
+      <c r="BN87" s="101"/>
+      <c r="BO87" s="101"/>
+      <c r="BP87" s="101"/>
+      <c r="BQ87" s="101"/>
+      <c r="BR87" s="101"/>
+      <c r="BS87" s="101"/>
+      <c r="BT87" s="101"/>
+      <c r="BU87" s="101"/>
+      <c r="BV87" s="101"/>
+      <c r="BW87" s="101"/>
+      <c r="BX87" s="101"/>
+      <c r="BY87" s="101"/>
+      <c r="BZ87" s="101"/>
+      <c r="CA87" s="101"/>
+      <c r="CB87" s="101"/>
+      <c r="CC87" s="101"/>
+      <c r="CD87" s="101"/>
+      <c r="CE87" s="101"/>
+      <c r="CF87" s="101"/>
+      <c r="CG87" s="101"/>
+      <c r="CH87" s="101"/>
+      <c r="CI87" s="101"/>
+      <c r="CJ87" s="101"/>
+      <c r="CK87" s="101"/>
+      <c r="CL87" s="101"/>
+      <c r="CM87" s="101"/>
+      <c r="CN87" s="101"/>
+      <c r="CO87" s="101"/>
+      <c r="CP87" s="101"/>
+      <c r="CQ87" s="101"/>
+      <c r="CR87" s="101"/>
+      <c r="CS87" s="101"/>
+      <c r="CT87" s="101"/>
+      <c r="CU87" s="101"/>
+      <c r="CV87" s="101"/>
+      <c r="CW87" s="101"/>
+      <c r="CX87" s="101"/>
+      <c r="CY87" s="101"/>
+      <c r="CZ87" s="101"/>
+      <c r="DA87" s="101"/>
+      <c r="DB87" s="101"/>
+      <c r="DC87" s="101"/>
+      <c r="DD87" s="101"/>
+      <c r="DE87" s="101"/>
+      <c r="DF87" s="101"/>
+      <c r="DG87" s="101"/>
+      <c r="DH87" s="101"/>
+      <c r="DI87" s="101"/>
+      <c r="DJ87" s="101"/>
+      <c r="DK87" s="101"/>
+      <c r="DL87" s="101"/>
+      <c r="DM87" s="101"/>
+      <c r="DN87" s="101"/>
+      <c r="DO87" s="101"/>
+      <c r="DP87" s="101"/>
+      <c r="DQ87" s="101"/>
+      <c r="DR87" s="101"/>
+      <c r="DS87" s="101"/>
+      <c r="DT87" s="101"/>
+      <c r="DU87" s="101"/>
+      <c r="DV87" s="101"/>
+      <c r="DW87" s="101"/>
+      <c r="DX87" s="101"/>
+      <c r="DY87" s="101"/>
+      <c r="DZ87" s="101"/>
+      <c r="EA87" s="101"/>
+      <c r="EB87" s="101"/>
+      <c r="EC87" s="101"/>
+      <c r="ED87" s="101"/>
+      <c r="EE87" s="101"/>
+      <c r="EF87" s="101"/>
+      <c r="EG87" s="101"/>
+      <c r="EH87" s="101"/>
+      <c r="EI87" s="101"/>
+      <c r="EJ87" s="101"/>
+      <c r="EK87" s="101"/>
+      <c r="EL87" s="101"/>
+      <c r="EM87" s="101"/>
+      <c r="EN87" s="101"/>
+      <c r="EO87" s="101"/>
+      <c r="EP87" s="101"/>
+      <c r="EQ87" s="101"/>
+      <c r="ER87" s="101"/>
+      <c r="ES87" s="101"/>
+      <c r="ET87" s="101"/>
+      <c r="EU87" s="101"/>
+      <c r="EV87" s="101"/>
+      <c r="EW87" s="101"/>
+      <c r="EX87" s="101"/>
+      <c r="EY87" s="101"/>
+      <c r="EZ87" s="101"/>
+      <c r="FA87" s="101"/>
+      <c r="FB87" s="101"/>
+      <c r="FC87" s="101"/>
+      <c r="FD87" s="101"/>
+      <c r="FE87" s="101"/>
+      <c r="FF87" s="101"/>
+      <c r="FG87" s="101"/>
+      <c r="FH87" s="101"/>
+      <c r="FI87" s="101"/>
+      <c r="FJ87" s="101"/>
+      <c r="FK87" s="101"/>
+    </row>
+    <row r="88" spans="1:167" s="2" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" spans="1:167" s="17" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="114" t="s">
+        <v>0</v>
+      </c>
+      <c r="B89" s="115"/>
+      <c r="C89" s="115"/>
+      <c r="D89" s="115"/>
+      <c r="E89" s="115"/>
+      <c r="F89" s="115"/>
+      <c r="G89" s="115"/>
+      <c r="H89" s="116"/>
+      <c r="I89" s="97" t="s">
         <v>33</v>
       </c>
-      <c r="B65" s="98"/>
-[...170 lines deleted...]
-      <c r="FK65" s="166"/>
+      <c r="J89" s="98"/>
+      <c r="K89" s="98"/>
+      <c r="L89" s="98"/>
+      <c r="M89" s="98"/>
+      <c r="N89" s="98"/>
+      <c r="O89" s="98"/>
+      <c r="P89" s="98"/>
+      <c r="Q89" s="98"/>
+      <c r="R89" s="98"/>
+      <c r="S89" s="98"/>
+      <c r="T89" s="98"/>
+      <c r="U89" s="98"/>
+      <c r="V89" s="98"/>
+      <c r="W89" s="98"/>
+      <c r="X89" s="98"/>
+      <c r="Y89" s="98"/>
+      <c r="Z89" s="98"/>
+      <c r="AA89" s="98"/>
+      <c r="AB89" s="98"/>
+      <c r="AC89" s="98"/>
+      <c r="AD89" s="98"/>
+      <c r="AE89" s="98"/>
+      <c r="AF89" s="98"/>
+      <c r="AG89" s="98"/>
+      <c r="AH89" s="98"/>
+      <c r="AI89" s="98"/>
+      <c r="AJ89" s="98"/>
+      <c r="AK89" s="98"/>
+      <c r="AL89" s="98"/>
+      <c r="AM89" s="98"/>
+      <c r="AN89" s="98"/>
+      <c r="AO89" s="98"/>
+      <c r="AP89" s="98"/>
+      <c r="AQ89" s="98"/>
+      <c r="AR89" s="98"/>
+      <c r="AS89" s="98"/>
+      <c r="AT89" s="98"/>
+      <c r="AU89" s="98"/>
+      <c r="AV89" s="98"/>
+      <c r="AW89" s="98"/>
+      <c r="AX89" s="98"/>
+      <c r="AY89" s="98"/>
+      <c r="AZ89" s="98"/>
+      <c r="BA89" s="98"/>
+      <c r="BB89" s="98"/>
+      <c r="BC89" s="98"/>
+      <c r="BD89" s="98"/>
+      <c r="BE89" s="98"/>
+      <c r="BF89" s="98"/>
+      <c r="BG89" s="98"/>
+      <c r="BH89" s="98"/>
+      <c r="BI89" s="98"/>
+      <c r="BJ89" s="98"/>
+      <c r="BK89" s="98"/>
+      <c r="BL89" s="98"/>
+      <c r="BM89" s="98"/>
+      <c r="BN89" s="98"/>
+      <c r="BO89" s="98"/>
+      <c r="BP89" s="98"/>
+      <c r="BQ89" s="98"/>
+      <c r="BR89" s="98"/>
+      <c r="BS89" s="98"/>
+      <c r="BT89" s="98"/>
+      <c r="BU89" s="98"/>
+      <c r="BV89" s="98"/>
+      <c r="BW89" s="98"/>
+      <c r="BX89" s="98"/>
+      <c r="BY89" s="98"/>
+      <c r="BZ89" s="98"/>
+      <c r="CA89" s="98"/>
+      <c r="CB89" s="98"/>
+      <c r="CC89" s="99"/>
+      <c r="CD89" s="97" t="s">
+        <v>36</v>
+      </c>
+      <c r="CE89" s="98"/>
+      <c r="CF89" s="98"/>
+      <c r="CG89" s="98"/>
+      <c r="CH89" s="98"/>
+      <c r="CI89" s="98"/>
+      <c r="CJ89" s="98"/>
+      <c r="CK89" s="98"/>
+      <c r="CL89" s="98"/>
+      <c r="CM89" s="98"/>
+      <c r="CN89" s="98"/>
+      <c r="CO89" s="98"/>
+      <c r="CP89" s="98"/>
+      <c r="CQ89" s="98"/>
+      <c r="CR89" s="98"/>
+      <c r="CS89" s="98"/>
+      <c r="CT89" s="98"/>
+      <c r="CU89" s="98"/>
+      <c r="CV89" s="98"/>
+      <c r="CW89" s="98"/>
+      <c r="CX89" s="98"/>
+      <c r="CY89" s="98"/>
+      <c r="CZ89" s="98"/>
+      <c r="DA89" s="98"/>
+      <c r="DB89" s="98"/>
+      <c r="DC89" s="98"/>
+      <c r="DD89" s="98"/>
+      <c r="DE89" s="98"/>
+      <c r="DF89" s="98"/>
+      <c r="DG89" s="98"/>
+      <c r="DH89" s="98"/>
+      <c r="DI89" s="98"/>
+      <c r="DJ89" s="98"/>
+      <c r="DK89" s="98"/>
+      <c r="DL89" s="98"/>
+      <c r="DM89" s="98"/>
+      <c r="DN89" s="98"/>
+      <c r="DO89" s="98"/>
+      <c r="DP89" s="98"/>
+      <c r="DQ89" s="98"/>
+      <c r="DR89" s="98"/>
+      <c r="DS89" s="98"/>
+      <c r="DT89" s="98"/>
+      <c r="DU89" s="98"/>
+      <c r="DV89" s="98"/>
+      <c r="DW89" s="98"/>
+      <c r="DX89" s="98"/>
+      <c r="DY89" s="98"/>
+      <c r="DZ89" s="98"/>
+      <c r="EA89" s="98"/>
+      <c r="EB89" s="98"/>
+      <c r="EC89" s="98"/>
+      <c r="ED89" s="98"/>
+      <c r="EE89" s="98"/>
+      <c r="EF89" s="98"/>
+      <c r="EG89" s="98"/>
+      <c r="EH89" s="98"/>
+      <c r="EI89" s="98"/>
+      <c r="EJ89" s="98"/>
+      <c r="EK89" s="98"/>
+      <c r="EL89" s="98"/>
+      <c r="EM89" s="98"/>
+      <c r="EN89" s="98"/>
+      <c r="EO89" s="98"/>
+      <c r="EP89" s="98"/>
+      <c r="EQ89" s="98"/>
+      <c r="ER89" s="98"/>
+      <c r="ES89" s="98"/>
+      <c r="ET89" s="98"/>
+      <c r="EU89" s="98"/>
+      <c r="EV89" s="98"/>
+      <c r="EW89" s="98"/>
+      <c r="EX89" s="98"/>
+      <c r="EY89" s="98"/>
+      <c r="EZ89" s="98"/>
+      <c r="FA89" s="98"/>
+      <c r="FB89" s="98"/>
+      <c r="FC89" s="98"/>
+      <c r="FD89" s="98"/>
+      <c r="FE89" s="98"/>
+      <c r="FF89" s="98"/>
+      <c r="FG89" s="98"/>
+      <c r="FH89" s="98"/>
+      <c r="FI89" s="98"/>
+      <c r="FJ89" s="98"/>
+      <c r="FK89" s="99"/>
     </row>
-    <row r="66" spans="1:167" s="33" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...33 lines deleted...]
-      <c r="AH66" s="135" t="s">
+    <row r="90" spans="1:167" s="18" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="120"/>
+      <c r="B90" s="121"/>
+      <c r="C90" s="121"/>
+      <c r="D90" s="121"/>
+      <c r="E90" s="121"/>
+      <c r="F90" s="121"/>
+      <c r="G90" s="121"/>
+      <c r="H90" s="122"/>
+      <c r="I90" s="132" t="s">
+        <v>75</v>
+      </c>
+      <c r="J90" s="133"/>
+      <c r="K90" s="133"/>
+      <c r="L90" s="133"/>
+      <c r="M90" s="133"/>
+      <c r="N90" s="133"/>
+      <c r="O90" s="133"/>
+      <c r="P90" s="133"/>
+      <c r="Q90" s="133"/>
+      <c r="R90" s="133"/>
+      <c r="S90" s="133"/>
+      <c r="T90" s="133"/>
+      <c r="U90" s="133"/>
+      <c r="V90" s="133"/>
+      <c r="W90" s="133"/>
+      <c r="X90" s="133"/>
+      <c r="Y90" s="133"/>
+      <c r="Z90" s="133"/>
+      <c r="AA90" s="134"/>
+      <c r="AB90" s="132" t="s">
+        <v>34</v>
+      </c>
+      <c r="AC90" s="133"/>
+      <c r="AD90" s="133"/>
+      <c r="AE90" s="133"/>
+      <c r="AF90" s="133"/>
+      <c r="AG90" s="133"/>
+      <c r="AH90" s="133"/>
+      <c r="AI90" s="133"/>
+      <c r="AJ90" s="133"/>
+      <c r="AK90" s="133"/>
+      <c r="AL90" s="133"/>
+      <c r="AM90" s="133"/>
+      <c r="AN90" s="133"/>
+      <c r="AO90" s="133"/>
+      <c r="AP90" s="133"/>
+      <c r="AQ90" s="133"/>
+      <c r="AR90" s="133"/>
+      <c r="AS90" s="133"/>
+      <c r="AT90" s="134"/>
+      <c r="AU90" s="97" t="s">
+        <v>35</v>
+      </c>
+      <c r="AV90" s="98"/>
+      <c r="AW90" s="98"/>
+      <c r="AX90" s="98"/>
+      <c r="AY90" s="98"/>
+      <c r="AZ90" s="98"/>
+      <c r="BA90" s="98"/>
+      <c r="BB90" s="98"/>
+      <c r="BC90" s="98"/>
+      <c r="BD90" s="98"/>
+      <c r="BE90" s="98"/>
+      <c r="BF90" s="98"/>
+      <c r="BG90" s="98"/>
+      <c r="BH90" s="98"/>
+      <c r="BI90" s="98"/>
+      <c r="BJ90" s="98"/>
+      <c r="BK90" s="98"/>
+      <c r="BL90" s="98"/>
+      <c r="BM90" s="98"/>
+      <c r="BN90" s="98"/>
+      <c r="BO90" s="98"/>
+      <c r="BP90" s="98"/>
+      <c r="BQ90" s="98"/>
+      <c r="BR90" s="98"/>
+      <c r="BS90" s="98"/>
+      <c r="BT90" s="98"/>
+      <c r="BU90" s="98"/>
+      <c r="BV90" s="98"/>
+      <c r="BW90" s="98"/>
+      <c r="BX90" s="98"/>
+      <c r="BY90" s="98"/>
+      <c r="BZ90" s="98"/>
+      <c r="CA90" s="98"/>
+      <c r="CB90" s="98"/>
+      <c r="CC90" s="99"/>
+      <c r="CD90" s="132" t="s">
+        <v>75</v>
+      </c>
+      <c r="CE90" s="133"/>
+      <c r="CF90" s="133"/>
+      <c r="CG90" s="133"/>
+      <c r="CH90" s="133"/>
+      <c r="CI90" s="133"/>
+      <c r="CJ90" s="133"/>
+      <c r="CK90" s="133"/>
+      <c r="CL90" s="133"/>
+      <c r="CM90" s="133"/>
+      <c r="CN90" s="133"/>
+      <c r="CO90" s="133"/>
+      <c r="CP90" s="133"/>
+      <c r="CQ90" s="133"/>
+      <c r="CR90" s="133"/>
+      <c r="CS90" s="133"/>
+      <c r="CT90" s="133"/>
+      <c r="CU90" s="133"/>
+      <c r="CV90" s="133"/>
+      <c r="CW90" s="133"/>
+      <c r="CX90" s="133"/>
+      <c r="CY90" s="133"/>
+      <c r="CZ90" s="133"/>
+      <c r="DA90" s="134"/>
+      <c r="DB90" s="97" t="s">
+        <v>37</v>
+      </c>
+      <c r="DC90" s="98"/>
+      <c r="DD90" s="98"/>
+      <c r="DE90" s="98"/>
+      <c r="DF90" s="98"/>
+      <c r="DG90" s="98"/>
+      <c r="DH90" s="98"/>
+      <c r="DI90" s="98"/>
+      <c r="DJ90" s="98"/>
+      <c r="DK90" s="98"/>
+      <c r="DL90" s="98"/>
+      <c r="DM90" s="98"/>
+      <c r="DN90" s="98"/>
+      <c r="DO90" s="98"/>
+      <c r="DP90" s="98"/>
+      <c r="DQ90" s="98"/>
+      <c r="DR90" s="98"/>
+      <c r="DS90" s="98"/>
+      <c r="DT90" s="98"/>
+      <c r="DU90" s="98"/>
+      <c r="DV90" s="98"/>
+      <c r="DW90" s="98"/>
+      <c r="DX90" s="98"/>
+      <c r="DY90" s="98"/>
+      <c r="DZ90" s="98"/>
+      <c r="EA90" s="98"/>
+      <c r="EB90" s="98"/>
+      <c r="EC90" s="99"/>
+      <c r="ED90" s="132" t="s">
+        <v>38</v>
+      </c>
+      <c r="EE90" s="133"/>
+      <c r="EF90" s="133"/>
+      <c r="EG90" s="133"/>
+      <c r="EH90" s="133"/>
+      <c r="EI90" s="133"/>
+      <c r="EJ90" s="133"/>
+      <c r="EK90" s="133"/>
+      <c r="EL90" s="133"/>
+      <c r="EM90" s="133"/>
+      <c r="EN90" s="133"/>
+      <c r="EO90" s="133"/>
+      <c r="EP90" s="133"/>
+      <c r="EQ90" s="133"/>
+      <c r="ER90" s="133"/>
+      <c r="ES90" s="133"/>
+      <c r="ET90" s="133"/>
+      <c r="EU90" s="133"/>
+      <c r="EV90" s="133"/>
+      <c r="EW90" s="133"/>
+      <c r="EX90" s="133"/>
+      <c r="EY90" s="133"/>
+      <c r="EZ90" s="133"/>
+      <c r="FA90" s="133"/>
+      <c r="FB90" s="133"/>
+      <c r="FC90" s="133"/>
+      <c r="FD90" s="133"/>
+      <c r="FE90" s="133"/>
+      <c r="FF90" s="133"/>
+      <c r="FG90" s="133"/>
+      <c r="FH90" s="133"/>
+      <c r="FI90" s="133"/>
+      <c r="FJ90" s="133"/>
+      <c r="FK90" s="134"/>
+    </row>
+    <row r="91" spans="1:167" s="75" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="194"/>
+      <c r="B91" s="195"/>
+      <c r="C91" s="195"/>
+      <c r="D91" s="195"/>
+      <c r="E91" s="195"/>
+      <c r="F91" s="195"/>
+      <c r="G91" s="195"/>
+      <c r="H91" s="196"/>
+      <c r="I91" s="179"/>
+      <c r="J91" s="180"/>
+      <c r="K91" s="180"/>
+      <c r="L91" s="180"/>
+      <c r="M91" s="180"/>
+      <c r="N91" s="180"/>
+      <c r="O91" s="180"/>
+      <c r="P91" s="180"/>
+      <c r="Q91" s="180"/>
+      <c r="R91" s="180"/>
+      <c r="S91" s="180"/>
+      <c r="T91" s="180"/>
+      <c r="U91" s="180"/>
+      <c r="V91" s="180"/>
+      <c r="W91" s="180"/>
+      <c r="X91" s="180"/>
+      <c r="Y91" s="180"/>
+      <c r="Z91" s="180"/>
+      <c r="AA91" s="181"/>
+      <c r="AB91" s="194"/>
+      <c r="AC91" s="195"/>
+      <c r="AD91" s="195"/>
+      <c r="AE91" s="195"/>
+      <c r="AF91" s="195"/>
+      <c r="AG91" s="195"/>
+      <c r="AH91" s="195"/>
+      <c r="AI91" s="195"/>
+      <c r="AJ91" s="195"/>
+      <c r="AK91" s="195"/>
+      <c r="AL91" s="195"/>
+      <c r="AM91" s="195"/>
+      <c r="AN91" s="195"/>
+      <c r="AO91" s="195"/>
+      <c r="AP91" s="195"/>
+      <c r="AQ91" s="195"/>
+      <c r="AR91" s="195"/>
+      <c r="AS91" s="195"/>
+      <c r="AT91" s="196"/>
+      <c r="AU91" s="197"/>
+      <c r="AV91" s="198"/>
+      <c r="AW91" s="198"/>
+      <c r="AX91" s="198"/>
+      <c r="AY91" s="198"/>
+      <c r="AZ91" s="198"/>
+      <c r="BA91" s="198"/>
+      <c r="BB91" s="198"/>
+      <c r="BC91" s="198"/>
+      <c r="BD91" s="198"/>
+      <c r="BE91" s="198"/>
+      <c r="BF91" s="198"/>
+      <c r="BG91" s="198"/>
+      <c r="BH91" s="198"/>
+      <c r="BI91" s="198"/>
+      <c r="BJ91" s="198"/>
+      <c r="BK91" s="198"/>
+      <c r="BL91" s="198"/>
+      <c r="BM91" s="198"/>
+      <c r="BN91" s="198"/>
+      <c r="BO91" s="198"/>
+      <c r="BP91" s="198"/>
+      <c r="BQ91" s="198"/>
+      <c r="BR91" s="198"/>
+      <c r="BS91" s="198"/>
+      <c r="BT91" s="198"/>
+      <c r="BU91" s="198"/>
+      <c r="BV91" s="198"/>
+      <c r="BW91" s="198"/>
+      <c r="BX91" s="198"/>
+      <c r="BY91" s="198"/>
+      <c r="BZ91" s="198"/>
+      <c r="CA91" s="198"/>
+      <c r="CB91" s="198"/>
+      <c r="CC91" s="199"/>
+      <c r="CD91" s="179"/>
+      <c r="CE91" s="180"/>
+      <c r="CF91" s="180"/>
+      <c r="CG91" s="180"/>
+      <c r="CH91" s="180"/>
+      <c r="CI91" s="180"/>
+      <c r="CJ91" s="180"/>
+      <c r="CK91" s="180"/>
+      <c r="CL91" s="180"/>
+      <c r="CM91" s="180"/>
+      <c r="CN91" s="180"/>
+      <c r="CO91" s="180"/>
+      <c r="CP91" s="180"/>
+      <c r="CQ91" s="180"/>
+      <c r="CR91" s="180"/>
+      <c r="CS91" s="180"/>
+      <c r="CT91" s="180"/>
+      <c r="CU91" s="180"/>
+      <c r="CV91" s="180"/>
+      <c r="CW91" s="180"/>
+      <c r="CX91" s="180"/>
+      <c r="CY91" s="180"/>
+      <c r="CZ91" s="180"/>
+      <c r="DA91" s="181"/>
+      <c r="DB91" s="179"/>
+      <c r="DC91" s="180"/>
+      <c r="DD91" s="180"/>
+      <c r="DE91" s="180"/>
+      <c r="DF91" s="180"/>
+      <c r="DG91" s="180"/>
+      <c r="DH91" s="180"/>
+      <c r="DI91" s="180"/>
+      <c r="DJ91" s="180"/>
+      <c r="DK91" s="180"/>
+      <c r="DL91" s="180"/>
+      <c r="DM91" s="180"/>
+      <c r="DN91" s="180"/>
+      <c r="DO91" s="180"/>
+      <c r="DP91" s="180"/>
+      <c r="DQ91" s="180"/>
+      <c r="DR91" s="180"/>
+      <c r="DS91" s="180"/>
+      <c r="DT91" s="180"/>
+      <c r="DU91" s="180"/>
+      <c r="DV91" s="180"/>
+      <c r="DW91" s="180"/>
+      <c r="DX91" s="180"/>
+      <c r="DY91" s="180"/>
+      <c r="DZ91" s="180"/>
+      <c r="EA91" s="180"/>
+      <c r="EB91" s="180"/>
+      <c r="EC91" s="181"/>
+      <c r="ED91" s="179"/>
+      <c r="EE91" s="180"/>
+      <c r="EF91" s="180"/>
+      <c r="EG91" s="180"/>
+      <c r="EH91" s="180"/>
+      <c r="EI91" s="180"/>
+      <c r="EJ91" s="180"/>
+      <c r="EK91" s="180"/>
+      <c r="EL91" s="180"/>
+      <c r="EM91" s="180"/>
+      <c r="EN91" s="180"/>
+      <c r="EO91" s="180"/>
+      <c r="EP91" s="180"/>
+      <c r="EQ91" s="180"/>
+      <c r="ER91" s="180"/>
+      <c r="ES91" s="180"/>
+      <c r="ET91" s="180"/>
+      <c r="EU91" s="180"/>
+      <c r="EV91" s="180"/>
+      <c r="EW91" s="180"/>
+      <c r="EX91" s="180"/>
+      <c r="EY91" s="180"/>
+      <c r="EZ91" s="180"/>
+      <c r="FA91" s="180"/>
+      <c r="FB91" s="180"/>
+      <c r="FC91" s="180"/>
+      <c r="FD91" s="180"/>
+      <c r="FE91" s="180"/>
+      <c r="FF91" s="180"/>
+      <c r="FG91" s="180"/>
+      <c r="FH91" s="180"/>
+      <c r="FI91" s="180"/>
+      <c r="FJ91" s="180"/>
+      <c r="FK91" s="181"/>
+    </row>
+    <row r="92" spans="1:167" s="60" customFormat="1" ht="15.75" x14ac:dyDescent="0.25"/>
+    <row r="93" spans="1:167" s="19" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="100" t="s">
+        <v>76</v>
+      </c>
+      <c r="B93" s="101"/>
+      <c r="C93" s="101"/>
+      <c r="D93" s="101"/>
+      <c r="E93" s="101"/>
+      <c r="F93" s="101"/>
+      <c r="G93" s="101"/>
+      <c r="H93" s="101"/>
+      <c r="I93" s="101"/>
+      <c r="J93" s="101"/>
+      <c r="K93" s="101"/>
+      <c r="L93" s="101"/>
+      <c r="M93" s="101"/>
+      <c r="N93" s="101"/>
+      <c r="O93" s="101"/>
+      <c r="P93" s="101"/>
+      <c r="Q93" s="101"/>
+      <c r="R93" s="101"/>
+      <c r="S93" s="101"/>
+      <c r="T93" s="101"/>
+      <c r="U93" s="101"/>
+      <c r="V93" s="101"/>
+      <c r="W93" s="101"/>
+      <c r="X93" s="101"/>
+      <c r="Y93" s="101"/>
+      <c r="Z93" s="101"/>
+      <c r="AA93" s="101"/>
+      <c r="AB93" s="101"/>
+      <c r="AC93" s="101"/>
+      <c r="AD93" s="101"/>
+      <c r="AE93" s="101"/>
+      <c r="AF93" s="101"/>
+      <c r="AG93" s="101"/>
+      <c r="AH93" s="101"/>
+      <c r="AI93" s="101"/>
+      <c r="AJ93" s="101"/>
+      <c r="AK93" s="101"/>
+      <c r="AL93" s="101"/>
+      <c r="AM93" s="101"/>
+      <c r="AN93" s="101"/>
+      <c r="AO93" s="101"/>
+      <c r="AP93" s="101"/>
+      <c r="AQ93" s="101"/>
+      <c r="AR93" s="101"/>
+      <c r="AS93" s="101"/>
+      <c r="AT93" s="101"/>
+      <c r="AU93" s="101"/>
+      <c r="AV93" s="101"/>
+      <c r="AW93" s="101"/>
+      <c r="AX93" s="101"/>
+      <c r="AY93" s="101"/>
+      <c r="AZ93" s="101"/>
+      <c r="BA93" s="101"/>
+      <c r="BB93" s="101"/>
+      <c r="BC93" s="101"/>
+      <c r="BD93" s="101"/>
+      <c r="BE93" s="101"/>
+      <c r="BF93" s="101"/>
+      <c r="BG93" s="101"/>
+      <c r="BH93" s="101"/>
+      <c r="BI93" s="101"/>
+      <c r="BJ93" s="101"/>
+      <c r="BK93" s="101"/>
+      <c r="BL93" s="101"/>
+      <c r="BM93" s="101"/>
+      <c r="BN93" s="101"/>
+      <c r="BO93" s="101"/>
+      <c r="BP93" s="101"/>
+      <c r="BQ93" s="101"/>
+      <c r="BR93" s="101"/>
+      <c r="BS93" s="101"/>
+      <c r="BT93" s="101"/>
+      <c r="BU93" s="101"/>
+      <c r="BV93" s="101"/>
+      <c r="BW93" s="101"/>
+      <c r="BX93" s="101"/>
+      <c r="BY93" s="101"/>
+      <c r="BZ93" s="101"/>
+      <c r="CA93" s="101"/>
+      <c r="CB93" s="101"/>
+      <c r="CC93" s="101"/>
+      <c r="CD93" s="101"/>
+      <c r="CE93" s="101"/>
+      <c r="CF93" s="101"/>
+      <c r="CG93" s="101"/>
+      <c r="CH93" s="101"/>
+      <c r="CI93" s="101"/>
+      <c r="CJ93" s="101"/>
+      <c r="CK93" s="101"/>
+      <c r="CL93" s="101"/>
+      <c r="CM93" s="101"/>
+      <c r="CN93" s="101"/>
+      <c r="CO93" s="101"/>
+      <c r="CP93" s="101"/>
+      <c r="CQ93" s="101"/>
+      <c r="CR93" s="101"/>
+      <c r="CS93" s="101"/>
+      <c r="CT93" s="101"/>
+      <c r="CU93" s="101"/>
+      <c r="CV93" s="101"/>
+      <c r="CW93" s="101"/>
+      <c r="CX93" s="101"/>
+      <c r="CY93" s="101"/>
+      <c r="CZ93" s="101"/>
+      <c r="DA93" s="101"/>
+      <c r="DB93" s="101"/>
+      <c r="DC93" s="101"/>
+      <c r="DD93" s="101"/>
+      <c r="DE93" s="101"/>
+      <c r="DF93" s="101"/>
+      <c r="DG93" s="101"/>
+      <c r="DH93" s="101"/>
+      <c r="DI93" s="101"/>
+      <c r="DJ93" s="101"/>
+      <c r="DK93" s="101"/>
+      <c r="DL93" s="101"/>
+      <c r="DM93" s="101"/>
+      <c r="DN93" s="101"/>
+      <c r="DO93" s="101"/>
+      <c r="DP93" s="101"/>
+      <c r="DQ93" s="101"/>
+      <c r="DR93" s="101"/>
+      <c r="DS93" s="101"/>
+      <c r="DT93" s="101"/>
+      <c r="DU93" s="101"/>
+      <c r="DV93" s="101"/>
+      <c r="DW93" s="101"/>
+      <c r="DX93" s="101"/>
+      <c r="DY93" s="101"/>
+      <c r="DZ93" s="101"/>
+      <c r="EA93" s="101"/>
+      <c r="EB93" s="101"/>
+      <c r="EC93" s="101"/>
+      <c r="ED93" s="101"/>
+      <c r="EE93" s="101"/>
+      <c r="EF93" s="101"/>
+      <c r="EG93" s="101"/>
+      <c r="EH93" s="101"/>
+      <c r="EI93" s="101"/>
+      <c r="EJ93" s="101"/>
+      <c r="EK93" s="101"/>
+      <c r="EL93" s="101"/>
+      <c r="EM93" s="101"/>
+      <c r="EN93" s="101"/>
+      <c r="EO93" s="101"/>
+      <c r="EP93" s="101"/>
+      <c r="EQ93" s="101"/>
+      <c r="ER93" s="101"/>
+      <c r="ES93" s="101"/>
+      <c r="ET93" s="101"/>
+      <c r="EU93" s="101"/>
+      <c r="EV93" s="101"/>
+      <c r="EW93" s="101"/>
+      <c r="EX93" s="101"/>
+      <c r="EY93" s="101"/>
+      <c r="EZ93" s="101"/>
+      <c r="FA93" s="101"/>
+      <c r="FB93" s="101"/>
+      <c r="FC93" s="101"/>
+      <c r="FD93" s="101"/>
+      <c r="FE93" s="101"/>
+      <c r="FF93" s="101"/>
+      <c r="FG93" s="101"/>
+      <c r="FH93" s="101"/>
+      <c r="FI93" s="101"/>
+      <c r="FJ93" s="101"/>
+      <c r="FK93" s="101"/>
+    </row>
+    <row r="94" spans="1:167" s="60" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="95" spans="1:167" s="75" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="114" t="s">
+        <v>0</v>
+      </c>
+      <c r="B95" s="115"/>
+      <c r="C95" s="115"/>
+      <c r="D95" s="115"/>
+      <c r="E95" s="115"/>
+      <c r="F95" s="116"/>
+      <c r="G95" s="182" t="s">
+        <v>80</v>
+      </c>
+      <c r="H95" s="183"/>
+      <c r="I95" s="183"/>
+      <c r="J95" s="183"/>
+      <c r="K95" s="183"/>
+      <c r="L95" s="183"/>
+      <c r="M95" s="183"/>
+      <c r="N95" s="183"/>
+      <c r="O95" s="183"/>
+      <c r="P95" s="183"/>
+      <c r="Q95" s="183"/>
+      <c r="R95" s="183"/>
+      <c r="S95" s="183"/>
+      <c r="T95" s="183"/>
+      <c r="U95" s="183"/>
+      <c r="V95" s="183"/>
+      <c r="W95" s="183"/>
+      <c r="X95" s="183"/>
+      <c r="Y95" s="183"/>
+      <c r="Z95" s="183"/>
+      <c r="AA95" s="183"/>
+      <c r="AB95" s="183"/>
+      <c r="AC95" s="183"/>
+      <c r="AD95" s="183"/>
+      <c r="AE95" s="183"/>
+      <c r="AF95" s="183"/>
+      <c r="AG95" s="183"/>
+      <c r="AH95" s="183"/>
+      <c r="AI95" s="183"/>
+      <c r="AJ95" s="183"/>
+      <c r="AK95" s="183"/>
+      <c r="AL95" s="183"/>
+      <c r="AM95" s="184"/>
+      <c r="AN95" s="114" t="s">
+        <v>39</v>
+      </c>
+      <c r="AO95" s="115"/>
+      <c r="AP95" s="115"/>
+      <c r="AQ95" s="115"/>
+      <c r="AR95" s="115"/>
+      <c r="AS95" s="115"/>
+      <c r="AT95" s="115"/>
+      <c r="AU95" s="115"/>
+      <c r="AV95" s="115"/>
+      <c r="AW95" s="115"/>
+      <c r="AX95" s="115"/>
+      <c r="AY95" s="116"/>
+      <c r="AZ95" s="114" t="s">
+        <v>40</v>
+      </c>
+      <c r="BA95" s="115"/>
+      <c r="BB95" s="115"/>
+      <c r="BC95" s="115"/>
+      <c r="BD95" s="115"/>
+      <c r="BE95" s="115"/>
+      <c r="BF95" s="115"/>
+      <c r="BG95" s="115"/>
+      <c r="BH95" s="115"/>
+      <c r="BI95" s="115"/>
+      <c r="BJ95" s="115"/>
+      <c r="BK95" s="115"/>
+      <c r="BL95" s="116"/>
+      <c r="BM95" s="132" t="s">
+        <v>41</v>
+      </c>
+      <c r="BN95" s="133"/>
+      <c r="BO95" s="133"/>
+      <c r="BP95" s="133"/>
+      <c r="BQ95" s="133"/>
+      <c r="BR95" s="133"/>
+      <c r="BS95" s="133"/>
+      <c r="BT95" s="133"/>
+      <c r="BU95" s="133"/>
+      <c r="BV95" s="133"/>
+      <c r="BW95" s="133"/>
+      <c r="BX95" s="133"/>
+      <c r="BY95" s="133"/>
+      <c r="BZ95" s="133"/>
+      <c r="CA95" s="133"/>
+      <c r="CB95" s="133"/>
+      <c r="CC95" s="133"/>
+      <c r="CD95" s="133"/>
+      <c r="CE95" s="133"/>
+      <c r="CF95" s="133"/>
+      <c r="CG95" s="133"/>
+      <c r="CH95" s="133"/>
+      <c r="CI95" s="133"/>
+      <c r="CJ95" s="133"/>
+      <c r="CK95" s="133"/>
+      <c r="CL95" s="133"/>
+      <c r="CM95" s="133"/>
+      <c r="CN95" s="133"/>
+      <c r="CO95" s="133"/>
+      <c r="CP95" s="133"/>
+      <c r="CQ95" s="133"/>
+      <c r="CR95" s="133"/>
+      <c r="CS95" s="133"/>
+      <c r="CT95" s="133"/>
+      <c r="CU95" s="133"/>
+      <c r="CV95" s="133"/>
+      <c r="CW95" s="133"/>
+      <c r="CX95" s="133"/>
+      <c r="CY95" s="133"/>
+      <c r="CZ95" s="133"/>
+      <c r="DA95" s="133"/>
+      <c r="DB95" s="133"/>
+      <c r="DC95" s="133"/>
+      <c r="DD95" s="133"/>
+      <c r="DE95" s="133"/>
+      <c r="DF95" s="133"/>
+      <c r="DG95" s="133"/>
+      <c r="DH95" s="133"/>
+      <c r="DI95" s="133"/>
+      <c r="DJ95" s="133"/>
+      <c r="DK95" s="133"/>
+      <c r="DL95" s="133"/>
+      <c r="DM95" s="133"/>
+      <c r="DN95" s="133"/>
+      <c r="DO95" s="133"/>
+      <c r="DP95" s="133"/>
+      <c r="DQ95" s="133"/>
+      <c r="DR95" s="133"/>
+      <c r="DS95" s="133"/>
+      <c r="DT95" s="133"/>
+      <c r="DU95" s="133"/>
+      <c r="DV95" s="133"/>
+      <c r="DW95" s="133"/>
+      <c r="DX95" s="133"/>
+      <c r="DY95" s="133"/>
+      <c r="DZ95" s="133"/>
+      <c r="EA95" s="133"/>
+      <c r="EB95" s="133"/>
+      <c r="EC95" s="133"/>
+      <c r="ED95" s="133"/>
+      <c r="EE95" s="133"/>
+      <c r="EF95" s="133"/>
+      <c r="EG95" s="133"/>
+      <c r="EH95" s="133"/>
+      <c r="EI95" s="133"/>
+      <c r="EJ95" s="133"/>
+      <c r="EK95" s="133"/>
+      <c r="EL95" s="133"/>
+      <c r="EM95" s="133"/>
+      <c r="EN95" s="133"/>
+      <c r="EO95" s="133"/>
+      <c r="EP95" s="133"/>
+      <c r="EQ95" s="133"/>
+      <c r="ER95" s="133"/>
+      <c r="ES95" s="133"/>
+      <c r="ET95" s="133"/>
+      <c r="EU95" s="133"/>
+      <c r="EV95" s="133"/>
+      <c r="EW95" s="133"/>
+      <c r="EX95" s="133"/>
+      <c r="EY95" s="133"/>
+      <c r="EZ95" s="133"/>
+      <c r="FA95" s="133"/>
+      <c r="FB95" s="133"/>
+      <c r="FC95" s="133"/>
+      <c r="FD95" s="133"/>
+      <c r="FE95" s="133"/>
+      <c r="FF95" s="133"/>
+      <c r="FG95" s="133"/>
+      <c r="FH95" s="133"/>
+      <c r="FI95" s="133"/>
+      <c r="FJ95" s="133"/>
+      <c r="FK95" s="133"/>
+    </row>
+    <row r="96" spans="1:167" s="75" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A96" s="117"/>
+      <c r="B96" s="118"/>
+      <c r="C96" s="118"/>
+      <c r="D96" s="118"/>
+      <c r="E96" s="118"/>
+      <c r="F96" s="119"/>
+      <c r="G96" s="185"/>
+      <c r="H96" s="186"/>
+      <c r="I96" s="186"/>
+      <c r="J96" s="186"/>
+      <c r="K96" s="186"/>
+      <c r="L96" s="186"/>
+      <c r="M96" s="186"/>
+      <c r="N96" s="186"/>
+      <c r="O96" s="186"/>
+      <c r="P96" s="186"/>
+      <c r="Q96" s="186"/>
+      <c r="R96" s="186"/>
+      <c r="S96" s="186"/>
+      <c r="T96" s="186"/>
+      <c r="U96" s="186"/>
+      <c r="V96" s="186"/>
+      <c r="W96" s="186"/>
+      <c r="X96" s="186"/>
+      <c r="Y96" s="186"/>
+      <c r="Z96" s="186"/>
+      <c r="AA96" s="186"/>
+      <c r="AB96" s="186"/>
+      <c r="AC96" s="186"/>
+      <c r="AD96" s="186"/>
+      <c r="AE96" s="186"/>
+      <c r="AF96" s="186"/>
+      <c r="AG96" s="186"/>
+      <c r="AH96" s="186"/>
+      <c r="AI96" s="186"/>
+      <c r="AJ96" s="186"/>
+      <c r="AK96" s="186"/>
+      <c r="AL96" s="186"/>
+      <c r="AM96" s="187"/>
+      <c r="AN96" s="117"/>
+      <c r="AO96" s="118"/>
+      <c r="AP96" s="118"/>
+      <c r="AQ96" s="118"/>
+      <c r="AR96" s="118"/>
+      <c r="AS96" s="118"/>
+      <c r="AT96" s="118"/>
+      <c r="AU96" s="118"/>
+      <c r="AV96" s="118"/>
+      <c r="AW96" s="118"/>
+      <c r="AX96" s="118"/>
+      <c r="AY96" s="119"/>
+      <c r="AZ96" s="117"/>
+      <c r="BA96" s="118"/>
+      <c r="BB96" s="118"/>
+      <c r="BC96" s="118"/>
+      <c r="BD96" s="118"/>
+      <c r="BE96" s="118"/>
+      <c r="BF96" s="118"/>
+      <c r="BG96" s="118"/>
+      <c r="BH96" s="118"/>
+      <c r="BI96" s="118"/>
+      <c r="BJ96" s="118"/>
+      <c r="BK96" s="118"/>
+      <c r="BL96" s="119"/>
+      <c r="BM96" s="132" t="s">
+        <v>42</v>
+      </c>
+      <c r="BN96" s="133"/>
+      <c r="BO96" s="133"/>
+      <c r="BP96" s="133"/>
+      <c r="BQ96" s="133"/>
+      <c r="BR96" s="133"/>
+      <c r="BS96" s="133"/>
+      <c r="BT96" s="133"/>
+      <c r="BU96" s="133"/>
+      <c r="BV96" s="133"/>
+      <c r="BW96" s="133"/>
+      <c r="BX96" s="133"/>
+      <c r="BY96" s="133"/>
+      <c r="BZ96" s="133"/>
+      <c r="CA96" s="133"/>
+      <c r="CB96" s="133"/>
+      <c r="CC96" s="133"/>
+      <c r="CD96" s="133"/>
+      <c r="CE96" s="133"/>
+      <c r="CF96" s="133"/>
+      <c r="CG96" s="133"/>
+      <c r="CH96" s="133"/>
+      <c r="CI96" s="133"/>
+      <c r="CJ96" s="133"/>
+      <c r="CK96" s="133"/>
+      <c r="CL96" s="133"/>
+      <c r="CM96" s="133"/>
+      <c r="CN96" s="133"/>
+      <c r="CO96" s="133"/>
+      <c r="CP96" s="133"/>
+      <c r="CQ96" s="133"/>
+      <c r="CR96" s="133"/>
+      <c r="CS96" s="133"/>
+      <c r="CT96" s="133"/>
+      <c r="CU96" s="133"/>
+      <c r="CV96" s="133"/>
+      <c r="CW96" s="133"/>
+      <c r="CX96" s="133"/>
+      <c r="CY96" s="133"/>
+      <c r="CZ96" s="133"/>
+      <c r="DA96" s="133"/>
+      <c r="DB96" s="133"/>
+      <c r="DC96" s="133"/>
+      <c r="DD96" s="133"/>
+      <c r="DE96" s="133"/>
+      <c r="DF96" s="133"/>
+      <c r="DG96" s="133"/>
+      <c r="DH96" s="133"/>
+      <c r="DI96" s="133"/>
+      <c r="DJ96" s="133"/>
+      <c r="DK96" s="134"/>
+      <c r="DL96" s="132" t="s">
+        <v>38</v>
+      </c>
+      <c r="DM96" s="133"/>
+      <c r="DN96" s="133"/>
+      <c r="DO96" s="133"/>
+      <c r="DP96" s="133"/>
+      <c r="DQ96" s="133"/>
+      <c r="DR96" s="133"/>
+      <c r="DS96" s="133"/>
+      <c r="DT96" s="133"/>
+      <c r="DU96" s="133"/>
+      <c r="DV96" s="133"/>
+      <c r="DW96" s="133"/>
+      <c r="DX96" s="133"/>
+      <c r="DY96" s="133"/>
+      <c r="DZ96" s="133"/>
+      <c r="EA96" s="133"/>
+      <c r="EB96" s="133"/>
+      <c r="EC96" s="133"/>
+      <c r="ED96" s="133"/>
+      <c r="EE96" s="133"/>
+      <c r="EF96" s="133"/>
+      <c r="EG96" s="133"/>
+      <c r="EH96" s="133"/>
+      <c r="EI96" s="133"/>
+      <c r="EJ96" s="133"/>
+      <c r="EK96" s="133"/>
+      <c r="EL96" s="133"/>
+      <c r="EM96" s="133"/>
+      <c r="EN96" s="133"/>
+      <c r="EO96" s="133"/>
+      <c r="EP96" s="133"/>
+      <c r="EQ96" s="133"/>
+      <c r="ER96" s="133"/>
+      <c r="ES96" s="133"/>
+      <c r="ET96" s="133"/>
+      <c r="EU96" s="133"/>
+      <c r="EV96" s="133"/>
+      <c r="EW96" s="133"/>
+      <c r="EX96" s="133"/>
+      <c r="EY96" s="133"/>
+      <c r="EZ96" s="133"/>
+      <c r="FA96" s="133"/>
+      <c r="FB96" s="133"/>
+      <c r="FC96" s="133"/>
+      <c r="FD96" s="133"/>
+      <c r="FE96" s="133"/>
+      <c r="FF96" s="133"/>
+      <c r="FG96" s="133"/>
+      <c r="FH96" s="133"/>
+      <c r="FI96" s="133"/>
+      <c r="FJ96" s="133"/>
+      <c r="FK96" s="133"/>
+    </row>
+    <row r="97" spans="1:167" s="75" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="117"/>
+      <c r="B97" s="118"/>
+      <c r="C97" s="118"/>
+      <c r="D97" s="118"/>
+      <c r="E97" s="118"/>
+      <c r="F97" s="119"/>
+      <c r="G97" s="185"/>
+      <c r="H97" s="186"/>
+      <c r="I97" s="186"/>
+      <c r="J97" s="186"/>
+      <c r="K97" s="186"/>
+      <c r="L97" s="186"/>
+      <c r="M97" s="186"/>
+      <c r="N97" s="186"/>
+      <c r="O97" s="186"/>
+      <c r="P97" s="186"/>
+      <c r="Q97" s="186"/>
+      <c r="R97" s="186"/>
+      <c r="S97" s="186"/>
+      <c r="T97" s="186"/>
+      <c r="U97" s="186"/>
+      <c r="V97" s="186"/>
+      <c r="W97" s="186"/>
+      <c r="X97" s="186"/>
+      <c r="Y97" s="186"/>
+      <c r="Z97" s="186"/>
+      <c r="AA97" s="186"/>
+      <c r="AB97" s="186"/>
+      <c r="AC97" s="186"/>
+      <c r="AD97" s="186"/>
+      <c r="AE97" s="186"/>
+      <c r="AF97" s="186"/>
+      <c r="AG97" s="186"/>
+      <c r="AH97" s="186"/>
+      <c r="AI97" s="186"/>
+      <c r="AJ97" s="186"/>
+      <c r="AK97" s="186"/>
+      <c r="AL97" s="186"/>
+      <c r="AM97" s="187"/>
+      <c r="AN97" s="117"/>
+      <c r="AO97" s="118"/>
+      <c r="AP97" s="118"/>
+      <c r="AQ97" s="118"/>
+      <c r="AR97" s="118"/>
+      <c r="AS97" s="118"/>
+      <c r="AT97" s="118"/>
+      <c r="AU97" s="118"/>
+      <c r="AV97" s="118"/>
+      <c r="AW97" s="118"/>
+      <c r="AX97" s="118"/>
+      <c r="AY97" s="119"/>
+      <c r="AZ97" s="117"/>
+      <c r="BA97" s="118"/>
+      <c r="BB97" s="118"/>
+      <c r="BC97" s="118"/>
+      <c r="BD97" s="118"/>
+      <c r="BE97" s="118"/>
+      <c r="BF97" s="118"/>
+      <c r="BG97" s="118"/>
+      <c r="BH97" s="118"/>
+      <c r="BI97" s="118"/>
+      <c r="BJ97" s="118"/>
+      <c r="BK97" s="118"/>
+      <c r="BL97" s="119"/>
+      <c r="BM97" s="114" t="s">
+        <v>29</v>
+      </c>
+      <c r="BN97" s="115"/>
+      <c r="BO97" s="115"/>
+      <c r="BP97" s="115"/>
+      <c r="BQ97" s="115"/>
+      <c r="BR97" s="115"/>
+      <c r="BS97" s="115"/>
+      <c r="BT97" s="115"/>
+      <c r="BU97" s="116"/>
+      <c r="BV97" s="97" t="s">
+        <v>53</v>
+      </c>
+      <c r="BW97" s="98"/>
+      <c r="BX97" s="98"/>
+      <c r="BY97" s="98"/>
+      <c r="BZ97" s="98"/>
+      <c r="CA97" s="98"/>
+      <c r="CB97" s="98"/>
+      <c r="CC97" s="98"/>
+      <c r="CD97" s="98"/>
+      <c r="CE97" s="98"/>
+      <c r="CF97" s="98"/>
+      <c r="CG97" s="98"/>
+      <c r="CH97" s="98"/>
+      <c r="CI97" s="98"/>
+      <c r="CJ97" s="98"/>
+      <c r="CK97" s="98"/>
+      <c r="CL97" s="98"/>
+      <c r="CM97" s="98"/>
+      <c r="CN97" s="98"/>
+      <c r="CO97" s="98"/>
+      <c r="CP97" s="98"/>
+      <c r="CQ97" s="99"/>
+      <c r="CR97" s="97" t="s">
+        <v>77</v>
+      </c>
+      <c r="CS97" s="98"/>
+      <c r="CT97" s="98"/>
+      <c r="CU97" s="98"/>
+      <c r="CV97" s="98"/>
+      <c r="CW97" s="98"/>
+      <c r="CX97" s="98"/>
+      <c r="CY97" s="98"/>
+      <c r="CZ97" s="98"/>
+      <c r="DA97" s="98"/>
+      <c r="DB97" s="98"/>
+      <c r="DC97" s="98"/>
+      <c r="DD97" s="98"/>
+      <c r="DE97" s="98"/>
+      <c r="DF97" s="98"/>
+      <c r="DG97" s="98"/>
+      <c r="DH97" s="98"/>
+      <c r="DI97" s="98"/>
+      <c r="DJ97" s="98"/>
+      <c r="DK97" s="99"/>
+      <c r="DL97" s="114" t="s">
+        <v>29</v>
+      </c>
+      <c r="DM97" s="115"/>
+      <c r="DN97" s="115"/>
+      <c r="DO97" s="115"/>
+      <c r="DP97" s="115"/>
+      <c r="DQ97" s="115"/>
+      <c r="DR97" s="115"/>
+      <c r="DS97" s="115"/>
+      <c r="DT97" s="115"/>
+      <c r="DU97" s="115"/>
+      <c r="DV97" s="116"/>
+      <c r="DW97" s="97" t="s">
+        <v>53</v>
+      </c>
+      <c r="DX97" s="98"/>
+      <c r="DY97" s="98"/>
+      <c r="DZ97" s="98"/>
+      <c r="EA97" s="98"/>
+      <c r="EB97" s="98"/>
+      <c r="EC97" s="98"/>
+      <c r="ED97" s="98"/>
+      <c r="EE97" s="98"/>
+      <c r="EF97" s="98"/>
+      <c r="EG97" s="98"/>
+      <c r="EH97" s="98"/>
+      <c r="EI97" s="98"/>
+      <c r="EJ97" s="98"/>
+      <c r="EK97" s="98"/>
+      <c r="EL97" s="98"/>
+      <c r="EM97" s="98"/>
+      <c r="EN97" s="98"/>
+      <c r="EO97" s="98"/>
+      <c r="EP97" s="98"/>
+      <c r="EQ97" s="98"/>
+      <c r="ER97" s="99"/>
+      <c r="ES97" s="97" t="s">
+        <v>77</v>
+      </c>
+      <c r="ET97" s="98"/>
+      <c r="EU97" s="98"/>
+      <c r="EV97" s="98"/>
+      <c r="EW97" s="98"/>
+      <c r="EX97" s="98"/>
+      <c r="EY97" s="98"/>
+      <c r="EZ97" s="98"/>
+      <c r="FA97" s="98"/>
+      <c r="FB97" s="98"/>
+      <c r="FC97" s="98"/>
+      <c r="FD97" s="98"/>
+      <c r="FE97" s="98"/>
+      <c r="FF97" s="98"/>
+      <c r="FG97" s="98"/>
+      <c r="FH97" s="98"/>
+      <c r="FI97" s="98"/>
+      <c r="FJ97" s="98"/>
+      <c r="FK97" s="99"/>
+    </row>
+    <row r="98" spans="1:167" s="75" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="120"/>
+      <c r="B98" s="121"/>
+      <c r="C98" s="121"/>
+      <c r="D98" s="121"/>
+      <c r="E98" s="121"/>
+      <c r="F98" s="122"/>
+      <c r="G98" s="188"/>
+      <c r="H98" s="189"/>
+      <c r="I98" s="189"/>
+      <c r="J98" s="189"/>
+      <c r="K98" s="189"/>
+      <c r="L98" s="189"/>
+      <c r="M98" s="189"/>
+      <c r="N98" s="189"/>
+      <c r="O98" s="189"/>
+      <c r="P98" s="189"/>
+      <c r="Q98" s="189"/>
+      <c r="R98" s="189"/>
+      <c r="S98" s="189"/>
+      <c r="T98" s="189"/>
+      <c r="U98" s="189"/>
+      <c r="V98" s="189"/>
+      <c r="W98" s="189"/>
+      <c r="X98" s="189"/>
+      <c r="Y98" s="189"/>
+      <c r="Z98" s="189"/>
+      <c r="AA98" s="189"/>
+      <c r="AB98" s="189"/>
+      <c r="AC98" s="189"/>
+      <c r="AD98" s="189"/>
+      <c r="AE98" s="189"/>
+      <c r="AF98" s="189"/>
+      <c r="AG98" s="189"/>
+      <c r="AH98" s="189"/>
+      <c r="AI98" s="189"/>
+      <c r="AJ98" s="189"/>
+      <c r="AK98" s="189"/>
+      <c r="AL98" s="189"/>
+      <c r="AM98" s="190"/>
+      <c r="AN98" s="120"/>
+      <c r="AO98" s="121"/>
+      <c r="AP98" s="121"/>
+      <c r="AQ98" s="121"/>
+      <c r="AR98" s="121"/>
+      <c r="AS98" s="121"/>
+      <c r="AT98" s="121"/>
+      <c r="AU98" s="121"/>
+      <c r="AV98" s="121"/>
+      <c r="AW98" s="121"/>
+      <c r="AX98" s="121"/>
+      <c r="AY98" s="122"/>
+      <c r="AZ98" s="120"/>
+      <c r="BA98" s="121"/>
+      <c r="BB98" s="121"/>
+      <c r="BC98" s="121"/>
+      <c r="BD98" s="121"/>
+      <c r="BE98" s="121"/>
+      <c r="BF98" s="121"/>
+      <c r="BG98" s="121"/>
+      <c r="BH98" s="121"/>
+      <c r="BI98" s="121"/>
+      <c r="BJ98" s="121"/>
+      <c r="BK98" s="121"/>
+      <c r="BL98" s="122"/>
+      <c r="BM98" s="120"/>
+      <c r="BN98" s="121"/>
+      <c r="BO98" s="121"/>
+      <c r="BP98" s="121"/>
+      <c r="BQ98" s="121"/>
+      <c r="BR98" s="121"/>
+      <c r="BS98" s="121"/>
+      <c r="BT98" s="121"/>
+      <c r="BU98" s="122"/>
+      <c r="BV98" s="97" t="s">
         <v>30</v>
       </c>
-      <c r="AI66" s="136"/>
-[...7 lines deleted...]
-      <c r="AQ66" s="115" t="s">
+      <c r="BW98" s="98"/>
+      <c r="BX98" s="98"/>
+      <c r="BY98" s="98"/>
+      <c r="BZ98" s="98"/>
+      <c r="CA98" s="98"/>
+      <c r="CB98" s="98"/>
+      <c r="CC98" s="98"/>
+      <c r="CD98" s="98"/>
+      <c r="CE98" s="98"/>
+      <c r="CF98" s="99"/>
+      <c r="CG98" s="97" t="s">
+        <v>31</v>
+      </c>
+      <c r="CH98" s="98"/>
+      <c r="CI98" s="98"/>
+      <c r="CJ98" s="98"/>
+      <c r="CK98" s="98"/>
+      <c r="CL98" s="98"/>
+      <c r="CM98" s="98"/>
+      <c r="CN98" s="98"/>
+      <c r="CO98" s="98"/>
+      <c r="CP98" s="98"/>
+      <c r="CQ98" s="99"/>
+      <c r="CR98" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="CS98" s="98"/>
+      <c r="CT98" s="98"/>
+      <c r="CU98" s="98"/>
+      <c r="CV98" s="98"/>
+      <c r="CW98" s="98"/>
+      <c r="CX98" s="98"/>
+      <c r="CY98" s="98"/>
+      <c r="CZ98" s="98"/>
+      <c r="DA98" s="99"/>
+      <c r="DB98" s="97" t="s">
         <v>55</v>
       </c>
-      <c r="AR66" s="116"/>
-[...74 lines deleted...]
-      <c r="DM66" s="167" t="s">
+      <c r="DC98" s="98"/>
+      <c r="DD98" s="98"/>
+      <c r="DE98" s="98"/>
+      <c r="DF98" s="98"/>
+      <c r="DG98" s="98"/>
+      <c r="DH98" s="98"/>
+      <c r="DI98" s="98"/>
+      <c r="DJ98" s="98"/>
+      <c r="DK98" s="99"/>
+      <c r="DL98" s="120"/>
+      <c r="DM98" s="121"/>
+      <c r="DN98" s="121"/>
+      <c r="DO98" s="121"/>
+      <c r="DP98" s="121"/>
+      <c r="DQ98" s="121"/>
+      <c r="DR98" s="121"/>
+      <c r="DS98" s="121"/>
+      <c r="DT98" s="121"/>
+      <c r="DU98" s="121"/>
+      <c r="DV98" s="122"/>
+      <c r="DW98" s="97" t="s">
         <v>30</v>
       </c>
-      <c r="DN66" s="167"/>
-[...7 lines deleted...]
-      <c r="DV66" s="167" t="s">
+      <c r="DX98" s="98"/>
+      <c r="DY98" s="98"/>
+      <c r="DZ98" s="98"/>
+      <c r="EA98" s="98"/>
+      <c r="EB98" s="98"/>
+      <c r="EC98" s="98"/>
+      <c r="ED98" s="98"/>
+      <c r="EE98" s="98"/>
+      <c r="EF98" s="98"/>
+      <c r="EG98" s="99"/>
+      <c r="EH98" s="97" t="s">
+        <v>31</v>
+      </c>
+      <c r="EI98" s="98"/>
+      <c r="EJ98" s="98"/>
+      <c r="EK98" s="98"/>
+      <c r="EL98" s="98"/>
+      <c r="EM98" s="98"/>
+      <c r="EN98" s="98"/>
+      <c r="EO98" s="98"/>
+      <c r="EP98" s="98"/>
+      <c r="EQ98" s="98"/>
+      <c r="ER98" s="99"/>
+      <c r="ES98" s="97" t="s">
+        <v>29</v>
+      </c>
+      <c r="ET98" s="98"/>
+      <c r="EU98" s="98"/>
+      <c r="EV98" s="98"/>
+      <c r="EW98" s="98"/>
+      <c r="EX98" s="98"/>
+      <c r="EY98" s="98"/>
+      <c r="EZ98" s="98"/>
+      <c r="FA98" s="98"/>
+      <c r="FB98" s="99"/>
+      <c r="FC98" s="97" t="s">
         <v>55</v>
       </c>
-      <c r="DW66" s="167"/>
-[...41 lines deleted...]
-      <c r="FK66" s="166"/>
+      <c r="FD98" s="98"/>
+      <c r="FE98" s="98"/>
+      <c r="FF98" s="98"/>
+      <c r="FG98" s="98"/>
+      <c r="FH98" s="98"/>
+      <c r="FI98" s="98"/>
+      <c r="FJ98" s="98"/>
+      <c r="FK98" s="99"/>
     </row>
-    <row r="67" spans="1:167" s="33" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-[...182 lines deleted...]
-      <c r="FK67" s="166"/>
+    <row r="99" spans="1:167" s="87" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A99" s="205" t="s">
+        <v>12</v>
+      </c>
+      <c r="B99" s="206"/>
+      <c r="C99" s="206"/>
+      <c r="D99" s="206"/>
+      <c r="E99" s="206"/>
+      <c r="F99" s="207"/>
+      <c r="G99" s="191"/>
+      <c r="H99" s="192"/>
+      <c r="I99" s="192"/>
+      <c r="J99" s="192"/>
+      <c r="K99" s="192"/>
+      <c r="L99" s="192"/>
+      <c r="M99" s="192"/>
+      <c r="N99" s="192"/>
+      <c r="O99" s="192"/>
+      <c r="P99" s="192"/>
+      <c r="Q99" s="192"/>
+      <c r="R99" s="192"/>
+      <c r="S99" s="192"/>
+      <c r="T99" s="192"/>
+      <c r="U99" s="192"/>
+      <c r="V99" s="192"/>
+      <c r="W99" s="192"/>
+      <c r="X99" s="192"/>
+      <c r="Y99" s="192"/>
+      <c r="Z99" s="192"/>
+      <c r="AA99" s="192"/>
+      <c r="AB99" s="192"/>
+      <c r="AC99" s="192"/>
+      <c r="AD99" s="192"/>
+      <c r="AE99" s="192"/>
+      <c r="AF99" s="192"/>
+      <c r="AG99" s="192"/>
+      <c r="AH99" s="192"/>
+      <c r="AI99" s="192"/>
+      <c r="AJ99" s="192"/>
+      <c r="AK99" s="192"/>
+      <c r="AL99" s="192"/>
+      <c r="AM99" s="193"/>
+      <c r="AN99" s="129"/>
+      <c r="AO99" s="130"/>
+      <c r="AP99" s="130"/>
+      <c r="AQ99" s="130"/>
+      <c r="AR99" s="130"/>
+      <c r="AS99" s="130"/>
+      <c r="AT99" s="130"/>
+      <c r="AU99" s="130"/>
+      <c r="AV99" s="130"/>
+      <c r="AW99" s="130"/>
+      <c r="AX99" s="130"/>
+      <c r="AY99" s="131"/>
+      <c r="AZ99" s="129"/>
+      <c r="BA99" s="130"/>
+      <c r="BB99" s="130"/>
+      <c r="BC99" s="130"/>
+      <c r="BD99" s="130"/>
+      <c r="BE99" s="130"/>
+      <c r="BF99" s="130"/>
+      <c r="BG99" s="130"/>
+      <c r="BH99" s="130"/>
+      <c r="BI99" s="130"/>
+      <c r="BJ99" s="130"/>
+      <c r="BK99" s="130"/>
+      <c r="BL99" s="131"/>
+      <c r="BM99" s="129"/>
+      <c r="BN99" s="130"/>
+      <c r="BO99" s="130"/>
+      <c r="BP99" s="130"/>
+      <c r="BQ99" s="130"/>
+      <c r="BR99" s="130"/>
+      <c r="BS99" s="130"/>
+      <c r="BT99" s="130"/>
+      <c r="BU99" s="131"/>
+      <c r="BV99" s="129"/>
+      <c r="BW99" s="130"/>
+      <c r="BX99" s="130"/>
+      <c r="BY99" s="130"/>
+      <c r="BZ99" s="130"/>
+      <c r="CA99" s="130"/>
+      <c r="CB99" s="130"/>
+      <c r="CC99" s="130"/>
+      <c r="CD99" s="130"/>
+      <c r="CE99" s="130"/>
+      <c r="CF99" s="131"/>
+      <c r="CG99" s="129"/>
+      <c r="CH99" s="130"/>
+      <c r="CI99" s="130"/>
+      <c r="CJ99" s="130"/>
+      <c r="CK99" s="130"/>
+      <c r="CL99" s="130"/>
+      <c r="CM99" s="130"/>
+      <c r="CN99" s="130"/>
+      <c r="CO99" s="130"/>
+      <c r="CP99" s="130"/>
+      <c r="CQ99" s="131"/>
+      <c r="CR99" s="129"/>
+      <c r="CS99" s="130"/>
+      <c r="CT99" s="130"/>
+      <c r="CU99" s="130"/>
+      <c r="CV99" s="130"/>
+      <c r="CW99" s="130"/>
+      <c r="CX99" s="130"/>
+      <c r="CY99" s="130"/>
+      <c r="CZ99" s="130"/>
+      <c r="DA99" s="131"/>
+      <c r="DB99" s="129"/>
+      <c r="DC99" s="130"/>
+      <c r="DD99" s="130"/>
+      <c r="DE99" s="130"/>
+      <c r="DF99" s="130"/>
+      <c r="DG99" s="130"/>
+      <c r="DH99" s="130"/>
+      <c r="DI99" s="130"/>
+      <c r="DJ99" s="130"/>
+      <c r="DK99" s="131"/>
+      <c r="DL99" s="129"/>
+      <c r="DM99" s="130"/>
+      <c r="DN99" s="130"/>
+      <c r="DO99" s="130"/>
+      <c r="DP99" s="130"/>
+      <c r="DQ99" s="130"/>
+      <c r="DR99" s="130"/>
+      <c r="DS99" s="130"/>
+      <c r="DT99" s="130"/>
+      <c r="DU99" s="130"/>
+      <c r="DV99" s="131"/>
+      <c r="DW99" s="129"/>
+      <c r="DX99" s="130"/>
+      <c r="DY99" s="130"/>
+      <c r="DZ99" s="130"/>
+      <c r="EA99" s="130"/>
+      <c r="EB99" s="130"/>
+      <c r="EC99" s="130"/>
+      <c r="ED99" s="130"/>
+      <c r="EE99" s="130"/>
+      <c r="EF99" s="130"/>
+      <c r="EG99" s="131"/>
+      <c r="EH99" s="129"/>
+      <c r="EI99" s="130"/>
+      <c r="EJ99" s="130"/>
+      <c r="EK99" s="130"/>
+      <c r="EL99" s="130"/>
+      <c r="EM99" s="130"/>
+      <c r="EN99" s="130"/>
+      <c r="EO99" s="130"/>
+      <c r="EP99" s="130"/>
+      <c r="EQ99" s="130"/>
+      <c r="ER99" s="131"/>
+      <c r="ES99" s="129"/>
+      <c r="ET99" s="130"/>
+      <c r="EU99" s="130"/>
+      <c r="EV99" s="130"/>
+      <c r="EW99" s="130"/>
+      <c r="EX99" s="130"/>
+      <c r="EY99" s="130"/>
+      <c r="EZ99" s="130"/>
+      <c r="FA99" s="130"/>
+      <c r="FB99" s="131"/>
+      <c r="FC99" s="129"/>
+      <c r="FD99" s="130"/>
+      <c r="FE99" s="130"/>
+      <c r="FF99" s="130"/>
+      <c r="FG99" s="130"/>
+      <c r="FH99" s="130"/>
+      <c r="FI99" s="130"/>
+      <c r="FJ99" s="130"/>
+      <c r="FK99" s="131"/>
     </row>
-    <row r="68" spans="1:167" s="33" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK68" s="137"/>
+    <row r="100" spans="1:167" s="87" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A100" s="162" t="s">
+        <v>43</v>
+      </c>
+      <c r="B100" s="163"/>
+      <c r="C100" s="163"/>
+      <c r="D100" s="163"/>
+      <c r="E100" s="163"/>
+      <c r="F100" s="164"/>
+      <c r="G100" s="202"/>
+      <c r="H100" s="203"/>
+      <c r="I100" s="203"/>
+      <c r="J100" s="203"/>
+      <c r="K100" s="203"/>
+      <c r="L100" s="203"/>
+      <c r="M100" s="203"/>
+      <c r="N100" s="203"/>
+      <c r="O100" s="203"/>
+      <c r="P100" s="203"/>
+      <c r="Q100" s="203"/>
+      <c r="R100" s="203"/>
+      <c r="S100" s="203"/>
+      <c r="T100" s="203"/>
+      <c r="U100" s="203"/>
+      <c r="V100" s="203"/>
+      <c r="W100" s="203"/>
+      <c r="X100" s="203"/>
+      <c r="Y100" s="203"/>
+      <c r="Z100" s="203"/>
+      <c r="AA100" s="203"/>
+      <c r="AB100" s="203"/>
+      <c r="AC100" s="203"/>
+      <c r="AD100" s="203"/>
+      <c r="AE100" s="203"/>
+      <c r="AF100" s="203"/>
+      <c r="AG100" s="203"/>
+      <c r="AH100" s="203"/>
+      <c r="AI100" s="203"/>
+      <c r="AJ100" s="203"/>
+      <c r="AK100" s="203"/>
+      <c r="AL100" s="203"/>
+      <c r="AM100" s="204"/>
+      <c r="AN100" s="132"/>
+      <c r="AO100" s="133"/>
+      <c r="AP100" s="133"/>
+      <c r="AQ100" s="133"/>
+      <c r="AR100" s="133"/>
+      <c r="AS100" s="133"/>
+      <c r="AT100" s="133"/>
+      <c r="AU100" s="133"/>
+      <c r="AV100" s="133"/>
+      <c r="AW100" s="133"/>
+      <c r="AX100" s="133"/>
+      <c r="AY100" s="134"/>
+      <c r="AZ100" s="132"/>
+      <c r="BA100" s="133"/>
+      <c r="BB100" s="133"/>
+      <c r="BC100" s="133"/>
+      <c r="BD100" s="133"/>
+      <c r="BE100" s="133"/>
+      <c r="BF100" s="133"/>
+      <c r="BG100" s="133"/>
+      <c r="BH100" s="133"/>
+      <c r="BI100" s="133"/>
+      <c r="BJ100" s="133"/>
+      <c r="BK100" s="133"/>
+      <c r="BL100" s="134"/>
+      <c r="BM100" s="132"/>
+      <c r="BN100" s="133"/>
+      <c r="BO100" s="133"/>
+      <c r="BP100" s="133"/>
+      <c r="BQ100" s="133"/>
+      <c r="BR100" s="133"/>
+      <c r="BS100" s="133"/>
+      <c r="BT100" s="133"/>
+      <c r="BU100" s="134"/>
+      <c r="BV100" s="132"/>
+      <c r="BW100" s="133"/>
+      <c r="BX100" s="133"/>
+      <c r="BY100" s="133"/>
+      <c r="BZ100" s="133"/>
+      <c r="CA100" s="133"/>
+      <c r="CB100" s="133"/>
+      <c r="CC100" s="133"/>
+      <c r="CD100" s="133"/>
+      <c r="CE100" s="133"/>
+      <c r="CF100" s="134"/>
+      <c r="CG100" s="132"/>
+      <c r="CH100" s="133"/>
+      <c r="CI100" s="133"/>
+      <c r="CJ100" s="133"/>
+      <c r="CK100" s="133"/>
+      <c r="CL100" s="133"/>
+      <c r="CM100" s="133"/>
+      <c r="CN100" s="133"/>
+      <c r="CO100" s="133"/>
+      <c r="CP100" s="133"/>
+      <c r="CQ100" s="134"/>
+      <c r="CR100" s="132"/>
+      <c r="CS100" s="133"/>
+      <c r="CT100" s="133"/>
+      <c r="CU100" s="133"/>
+      <c r="CV100" s="133"/>
+      <c r="CW100" s="133"/>
+      <c r="CX100" s="133"/>
+      <c r="CY100" s="133"/>
+      <c r="CZ100" s="133"/>
+      <c r="DA100" s="134"/>
+      <c r="DB100" s="132"/>
+      <c r="DC100" s="133"/>
+      <c r="DD100" s="133"/>
+      <c r="DE100" s="133"/>
+      <c r="DF100" s="133"/>
+      <c r="DG100" s="133"/>
+      <c r="DH100" s="133"/>
+      <c r="DI100" s="133"/>
+      <c r="DJ100" s="133"/>
+      <c r="DK100" s="134"/>
+      <c r="DL100" s="132"/>
+      <c r="DM100" s="133"/>
+      <c r="DN100" s="133"/>
+      <c r="DO100" s="133"/>
+      <c r="DP100" s="133"/>
+      <c r="DQ100" s="133"/>
+      <c r="DR100" s="133"/>
+      <c r="DS100" s="133"/>
+      <c r="DT100" s="133"/>
+      <c r="DU100" s="133"/>
+      <c r="DV100" s="134"/>
+      <c r="DW100" s="132"/>
+      <c r="DX100" s="133"/>
+      <c r="DY100" s="133"/>
+      <c r="DZ100" s="133"/>
+      <c r="EA100" s="133"/>
+      <c r="EB100" s="133"/>
+      <c r="EC100" s="133"/>
+      <c r="ED100" s="133"/>
+      <c r="EE100" s="133"/>
+      <c r="EF100" s="133"/>
+      <c r="EG100" s="134"/>
+      <c r="EH100" s="132"/>
+      <c r="EI100" s="133"/>
+      <c r="EJ100" s="133"/>
+      <c r="EK100" s="133"/>
+      <c r="EL100" s="133"/>
+      <c r="EM100" s="133"/>
+      <c r="EN100" s="133"/>
+      <c r="EO100" s="133"/>
+      <c r="EP100" s="133"/>
+      <c r="EQ100" s="133"/>
+      <c r="ER100" s="134"/>
+      <c r="ES100" s="132"/>
+      <c r="ET100" s="133"/>
+      <c r="EU100" s="133"/>
+      <c r="EV100" s="133"/>
+      <c r="EW100" s="133"/>
+      <c r="EX100" s="133"/>
+      <c r="EY100" s="133"/>
+      <c r="EZ100" s="133"/>
+      <c r="FA100" s="133"/>
+      <c r="FB100" s="134"/>
+      <c r="FC100" s="132"/>
+      <c r="FD100" s="133"/>
+      <c r="FE100" s="133"/>
+      <c r="FF100" s="133"/>
+      <c r="FG100" s="133"/>
+      <c r="FH100" s="133"/>
+      <c r="FI100" s="133"/>
+      <c r="FJ100" s="133"/>
+      <c r="FK100" s="134"/>
     </row>
-    <row r="69" spans="1:167" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...174 lines deleted...]
-      <c r="FK69" s="140"/>
+    <row r="101" spans="1:167" s="75" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A101" s="39"/>
+      <c r="B101" s="39"/>
+      <c r="C101" s="39"/>
+      <c r="D101" s="39"/>
+      <c r="E101" s="39"/>
+      <c r="F101" s="39"/>
+      <c r="G101" s="66"/>
+      <c r="H101" s="66"/>
+      <c r="I101" s="66"/>
+      <c r="J101" s="66"/>
+      <c r="K101" s="66"/>
+      <c r="L101" s="66"/>
+      <c r="M101" s="66"/>
+      <c r="N101" s="66"/>
+      <c r="O101" s="66"/>
+      <c r="P101" s="66"/>
+      <c r="Q101" s="66"/>
+      <c r="R101" s="66"/>
+      <c r="S101" s="66"/>
+      <c r="T101" s="66"/>
+      <c r="U101" s="66"/>
+      <c r="V101" s="66"/>
+      <c r="W101" s="66"/>
+      <c r="X101" s="66"/>
+      <c r="Y101" s="66"/>
+      <c r="Z101" s="66"/>
+      <c r="AA101" s="66"/>
+      <c r="AB101" s="66"/>
+      <c r="AC101" s="66"/>
+      <c r="AD101" s="66"/>
+      <c r="AE101" s="66"/>
+      <c r="AF101" s="66"/>
+      <c r="AG101" s="67"/>
+      <c r="AH101" s="67"/>
+      <c r="AI101" s="67"/>
+      <c r="AJ101" s="67"/>
+      <c r="AK101" s="67"/>
+      <c r="AL101" s="67"/>
+      <c r="AM101" s="67"/>
+      <c r="AN101" s="36"/>
+      <c r="AO101" s="36"/>
+      <c r="AP101" s="36"/>
+      <c r="AQ101" s="36"/>
+      <c r="AR101" s="36"/>
+      <c r="AS101" s="36"/>
+      <c r="AT101" s="36"/>
+      <c r="AU101" s="36"/>
+      <c r="AV101" s="36"/>
+      <c r="AW101" s="36"/>
+      <c r="AX101" s="36"/>
+      <c r="AY101" s="36"/>
+      <c r="AZ101" s="36"/>
+      <c r="BA101" s="36"/>
+      <c r="BB101" s="36"/>
+      <c r="BC101" s="36"/>
+      <c r="BD101" s="36"/>
+      <c r="BE101" s="36"/>
+      <c r="BF101" s="36"/>
+      <c r="BG101" s="36"/>
+      <c r="BH101" s="36"/>
+      <c r="BI101" s="36"/>
+      <c r="BJ101" s="36"/>
+      <c r="BK101" s="36"/>
+      <c r="BL101" s="36"/>
+      <c r="BM101" s="36"/>
+      <c r="BN101" s="36"/>
+      <c r="BO101" s="36"/>
+      <c r="BP101" s="36"/>
+      <c r="BQ101" s="36"/>
+      <c r="BR101" s="36"/>
+      <c r="BS101" s="36"/>
+      <c r="BT101" s="36"/>
+      <c r="BU101" s="36"/>
+      <c r="BV101" s="36"/>
+      <c r="BW101" s="36"/>
+      <c r="BX101" s="36"/>
+      <c r="BY101" s="36"/>
+      <c r="BZ101" s="36"/>
+      <c r="CA101" s="36"/>
+      <c r="CB101" s="36"/>
+      <c r="CC101" s="36"/>
+      <c r="CD101" s="36"/>
+      <c r="CE101" s="36"/>
+      <c r="CF101" s="36"/>
+      <c r="CG101" s="36"/>
+      <c r="CH101" s="36"/>
+      <c r="CI101" s="36"/>
+      <c r="CJ101" s="36"/>
+      <c r="CK101" s="36"/>
+      <c r="CL101" s="36"/>
+      <c r="CM101" s="36"/>
+      <c r="CN101" s="36"/>
+      <c r="CO101" s="36"/>
+      <c r="CP101" s="36"/>
+      <c r="CQ101" s="36"/>
+      <c r="CR101" s="36"/>
+      <c r="CS101" s="36"/>
+      <c r="CT101" s="36"/>
+      <c r="CU101" s="36"/>
+      <c r="CV101" s="36"/>
+      <c r="CW101" s="36"/>
+      <c r="CX101" s="36"/>
+      <c r="CY101" s="36"/>
+      <c r="CZ101" s="36"/>
+      <c r="DA101" s="36"/>
+      <c r="DB101" s="36"/>
+      <c r="DC101" s="36"/>
+      <c r="DD101" s="36"/>
+      <c r="DE101" s="36"/>
+      <c r="DF101" s="36"/>
+      <c r="DG101" s="36"/>
+      <c r="DH101" s="36"/>
+      <c r="DI101" s="36"/>
+      <c r="DJ101" s="36"/>
+      <c r="DK101" s="36"/>
+      <c r="DL101" s="36"/>
+      <c r="DM101" s="36"/>
+      <c r="DN101" s="36"/>
+      <c r="DO101" s="36"/>
+      <c r="DP101" s="36"/>
+      <c r="DQ101" s="36"/>
+      <c r="DR101" s="36"/>
+      <c r="DS101" s="36"/>
+      <c r="DT101" s="36"/>
+      <c r="DU101" s="36"/>
+      <c r="DV101" s="36"/>
+      <c r="DW101" s="36"/>
+      <c r="DX101" s="36"/>
+      <c r="DY101" s="36"/>
+      <c r="DZ101" s="36"/>
+      <c r="EA101" s="36"/>
+      <c r="EB101" s="36"/>
+      <c r="EC101" s="36"/>
+      <c r="ED101" s="36"/>
+      <c r="EE101" s="36"/>
+      <c r="EF101" s="36"/>
+      <c r="EG101" s="36"/>
+      <c r="EH101" s="36"/>
+      <c r="EI101" s="36"/>
+      <c r="EJ101" s="36"/>
+      <c r="EK101" s="36"/>
+      <c r="EL101" s="36"/>
+      <c r="EM101" s="36"/>
+      <c r="EN101" s="36"/>
+      <c r="EO101" s="36"/>
+      <c r="EP101" s="36"/>
+      <c r="EQ101" s="36"/>
+      <c r="ER101" s="36"/>
+      <c r="ES101" s="36"/>
+      <c r="ET101" s="36"/>
+      <c r="EU101" s="36"/>
+      <c r="EV101" s="36"/>
+      <c r="EW101" s="36"/>
+      <c r="EX101" s="36"/>
+      <c r="EY101" s="36"/>
+      <c r="EZ101" s="36"/>
+      <c r="FA101" s="36"/>
+      <c r="FB101" s="36"/>
+      <c r="FC101" s="36"/>
+      <c r="FD101" s="36"/>
+      <c r="FE101" s="36"/>
+      <c r="FF101" s="36"/>
+      <c r="FG101" s="36"/>
+      <c r="FH101" s="36"/>
+      <c r="FI101" s="36"/>
+      <c r="FJ101" s="36"/>
+      <c r="FK101" s="36"/>
     </row>
-    <row r="70" spans="1:167" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...162 lines deleted...]
-      <c r="FK70" s="140"/>
+    <row r="102" spans="1:167" s="60" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A102" s="62"/>
+      <c r="B102" s="62"/>
+      <c r="C102" s="62"/>
+      <c r="D102" s="62"/>
+      <c r="E102" s="62"/>
+      <c r="F102" s="62"/>
+      <c r="G102" s="62"/>
+      <c r="H102" s="62"/>
+      <c r="I102" s="62"/>
+      <c r="J102" s="62"/>
+      <c r="K102" s="62"/>
+      <c r="L102" s="62"/>
+      <c r="M102" s="62"/>
+      <c r="N102" s="62"/>
+      <c r="O102" s="62"/>
+      <c r="P102" s="62"/>
+      <c r="Q102" s="62"/>
+      <c r="R102" s="62"/>
+      <c r="S102" s="62"/>
+      <c r="T102" s="62"/>
+      <c r="U102" s="62"/>
+      <c r="V102" s="62"/>
+      <c r="W102" s="62"/>
+      <c r="X102" s="62"/>
+      <c r="Y102" s="62"/>
+      <c r="Z102" s="62"/>
+      <c r="AA102" s="62"/>
+      <c r="AB102" s="62"/>
+      <c r="AC102" s="62"/>
+      <c r="AD102" s="62"/>
+      <c r="AE102" s="61"/>
+      <c r="AF102" s="61"/>
     </row>
-    <row r="71" spans="1:167" s="33" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK71" s="143"/>
+    <row r="103" spans="1:167" s="16" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A103" s="200" t="s">
+        <v>82</v>
+      </c>
+      <c r="B103" s="200"/>
+      <c r="C103" s="200"/>
+      <c r="D103" s="200"/>
+      <c r="E103" s="200"/>
+      <c r="F103" s="200"/>
+      <c r="G103" s="200"/>
+      <c r="H103" s="200"/>
+      <c r="I103" s="200"/>
+      <c r="J103" s="200"/>
+      <c r="K103" s="200"/>
+      <c r="L103" s="200"/>
+      <c r="M103" s="200"/>
+      <c r="N103" s="200"/>
+      <c r="O103" s="200"/>
+      <c r="P103" s="200"/>
+      <c r="Q103" s="200"/>
+      <c r="R103" s="200"/>
+      <c r="S103" s="200"/>
+      <c r="T103" s="200"/>
+      <c r="U103" s="200"/>
+      <c r="V103" s="200"/>
+      <c r="W103" s="200"/>
+      <c r="X103" s="200"/>
+      <c r="Y103" s="200"/>
+      <c r="Z103" s="200"/>
+      <c r="AA103" s="200"/>
+      <c r="AB103" s="200"/>
+      <c r="AC103" s="200"/>
+      <c r="AD103" s="200"/>
+      <c r="AE103" s="200"/>
+      <c r="AF103" s="200"/>
+      <c r="AG103" s="200"/>
+      <c r="AH103" s="200"/>
+      <c r="AI103" s="200"/>
+      <c r="AJ103" s="200"/>
+      <c r="AK103" s="200"/>
+      <c r="AL103" s="200"/>
+      <c r="AM103" s="200"/>
+      <c r="AN103" s="200"/>
+      <c r="AO103" s="200"/>
+      <c r="AP103" s="200"/>
+      <c r="AQ103" s="200"/>
+      <c r="AR103" s="200"/>
+      <c r="AS103" s="200"/>
+      <c r="AT103" s="200"/>
+      <c r="AU103" s="200"/>
+      <c r="AV103" s="200"/>
+      <c r="AW103" s="200"/>
+      <c r="AX103" s="200"/>
+      <c r="AY103" s="200"/>
+      <c r="AZ103" s="200"/>
+      <c r="BA103" s="200"/>
+      <c r="BB103" s="200"/>
+      <c r="BC103" s="200"/>
+      <c r="BD103" s="200"/>
+      <c r="BE103" s="200"/>
+      <c r="BF103" s="200"/>
+      <c r="BG103" s="200"/>
+      <c r="BH103" s="200"/>
+      <c r="BI103" s="200"/>
+      <c r="BJ103" s="200"/>
+      <c r="BK103" s="200"/>
+      <c r="BL103" s="200"/>
+      <c r="BM103" s="200"/>
+      <c r="BN103" s="200"/>
+      <c r="BO103" s="200"/>
+      <c r="BP103" s="200"/>
+      <c r="BQ103" s="200"/>
+      <c r="BR103" s="200"/>
+      <c r="BS103" s="200"/>
+      <c r="BT103" s="200"/>
+      <c r="BU103" s="200"/>
+      <c r="BV103" s="200"/>
+      <c r="BW103" s="200"/>
+      <c r="BX103" s="200"/>
+      <c r="BY103" s="200"/>
+      <c r="BZ103" s="200"/>
+      <c r="CA103" s="200"/>
+      <c r="CB103" s="200"/>
+      <c r="CC103" s="200"/>
+      <c r="CD103" s="200"/>
+      <c r="CE103" s="200"/>
+      <c r="CF103" s="200"/>
+      <c r="CG103" s="200"/>
+      <c r="CH103" s="200"/>
+      <c r="CI103" s="200"/>
+      <c r="CJ103" s="200"/>
+      <c r="CK103" s="200"/>
+      <c r="CL103" s="200"/>
+      <c r="CM103" s="200"/>
+      <c r="CN103" s="200"/>
+      <c r="CO103" s="200"/>
+      <c r="CP103" s="200"/>
+      <c r="CQ103" s="200"/>
+      <c r="CR103" s="200"/>
+      <c r="CS103" s="200"/>
+      <c r="CT103" s="200"/>
+      <c r="CU103" s="200"/>
+      <c r="CV103" s="200"/>
+      <c r="CW103" s="200"/>
+      <c r="CX103" s="200"/>
+      <c r="CY103" s="200"/>
+      <c r="CZ103" s="200"/>
+      <c r="DA103" s="200"/>
+      <c r="DB103" s="200"/>
+      <c r="DC103" s="200"/>
+      <c r="DD103" s="200"/>
+      <c r="DE103" s="200"/>
+      <c r="DF103" s="200"/>
+      <c r="DG103" s="200"/>
+      <c r="DH103" s="200"/>
+      <c r="DI103" s="200"/>
+      <c r="DJ103" s="200"/>
+      <c r="DK103" s="200"/>
+      <c r="DL103" s="200"/>
+      <c r="DM103" s="200"/>
+      <c r="DN103" s="200"/>
+      <c r="DO103" s="200"/>
+      <c r="DP103" s="200"/>
+      <c r="DQ103" s="200"/>
+      <c r="DR103" s="200"/>
+      <c r="DS103" s="200"/>
+      <c r="DT103" s="200"/>
+      <c r="DU103" s="200"/>
+      <c r="DV103" s="200"/>
+      <c r="DW103" s="200"/>
+      <c r="DX103" s="200"/>
+      <c r="DY103" s="200"/>
+      <c r="DZ103" s="200"/>
+      <c r="EA103" s="200"/>
+      <c r="EB103" s="200"/>
+      <c r="EC103" s="200"/>
+      <c r="ED103" s="200"/>
+      <c r="EE103" s="200"/>
+      <c r="EF103" s="200"/>
+      <c r="EG103" s="200"/>
+      <c r="EH103" s="200"/>
+      <c r="EI103" s="200"/>
+      <c r="EJ103" s="200"/>
+      <c r="EK103" s="200"/>
+      <c r="EL103" s="200"/>
+      <c r="EM103" s="200"/>
+      <c r="EN103" s="200"/>
+      <c r="EO103" s="200"/>
+      <c r="EP103" s="200"/>
+      <c r="EQ103" s="200"/>
+      <c r="ER103" s="200"/>
+      <c r="ES103" s="200"/>
+      <c r="ET103" s="200"/>
+      <c r="EU103" s="200"/>
+      <c r="EV103" s="200"/>
+      <c r="EW103" s="200"/>
+      <c r="EX103" s="200"/>
+      <c r="EY103" s="200"/>
+      <c r="EZ103" s="200"/>
+      <c r="FA103" s="200"/>
+      <c r="FB103" s="200"/>
+      <c r="FC103" s="200"/>
+      <c r="FD103" s="200"/>
+      <c r="FE103" s="200"/>
+      <c r="FF103" s="200"/>
+      <c r="FG103" s="200"/>
+      <c r="FH103" s="200"/>
+      <c r="FI103" s="200"/>
+      <c r="FJ103" s="200"/>
+      <c r="FK103" s="200"/>
     </row>
-    <row r="72" spans="1:167" s="33" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK72" s="137"/>
+    <row r="104" spans="1:167" s="16" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="200" t="s">
+        <v>83</v>
+      </c>
+      <c r="B104" s="200"/>
+      <c r="C104" s="200"/>
+      <c r="D104" s="200"/>
+      <c r="E104" s="200"/>
+      <c r="F104" s="200"/>
+      <c r="G104" s="200"/>
+      <c r="H104" s="200"/>
+      <c r="I104" s="200"/>
+      <c r="J104" s="200"/>
+      <c r="K104" s="200"/>
+      <c r="L104" s="200"/>
+      <c r="M104" s="200"/>
+      <c r="N104" s="200"/>
+      <c r="O104" s="200"/>
+      <c r="P104" s="200"/>
+      <c r="Q104" s="200"/>
+      <c r="R104" s="200"/>
+      <c r="S104" s="200"/>
+      <c r="T104" s="200"/>
+      <c r="U104" s="200"/>
+      <c r="V104" s="200"/>
+      <c r="W104" s="200"/>
+      <c r="X104" s="200"/>
+      <c r="Y104" s="200"/>
+      <c r="Z104" s="200"/>
+      <c r="AA104" s="200"/>
+      <c r="AB104" s="200"/>
+      <c r="AC104" s="200"/>
+      <c r="AD104" s="200"/>
+      <c r="AE104" s="200"/>
+      <c r="AF104" s="200"/>
+      <c r="AG104" s="200"/>
+      <c r="AH104" s="200"/>
+      <c r="AI104" s="200"/>
+      <c r="AJ104" s="200"/>
+      <c r="AK104" s="200"/>
+      <c r="AL104" s="200"/>
+      <c r="AM104" s="200"/>
+      <c r="AN104" s="200"/>
+      <c r="AO104" s="200"/>
+      <c r="AP104" s="200"/>
+      <c r="AQ104" s="200"/>
+      <c r="AR104" s="200"/>
+      <c r="AS104" s="200"/>
+      <c r="AT104" s="200"/>
+      <c r="AU104" s="200"/>
+      <c r="AV104" s="200"/>
+      <c r="AW104" s="200"/>
+      <c r="AX104" s="200"/>
+      <c r="AY104" s="200"/>
+      <c r="AZ104" s="200"/>
+      <c r="BA104" s="200"/>
+      <c r="BB104" s="200"/>
+      <c r="BC104" s="200"/>
+      <c r="BD104" s="200"/>
+      <c r="BE104" s="200"/>
+      <c r="BF104" s="200"/>
+      <c r="BG104" s="200"/>
+      <c r="BH104" s="200"/>
+      <c r="BI104" s="200"/>
+      <c r="BJ104" s="200"/>
+      <c r="BK104" s="200"/>
+      <c r="BL104" s="200"/>
+      <c r="BM104" s="200"/>
+      <c r="BN104" s="200"/>
+      <c r="BO104" s="200"/>
+      <c r="BP104" s="200"/>
+      <c r="BQ104" s="200"/>
+      <c r="BR104" s="200"/>
+      <c r="BS104" s="200"/>
+      <c r="BT104" s="200"/>
+      <c r="BU104" s="200"/>
+      <c r="BV104" s="200"/>
+      <c r="BW104" s="200"/>
+      <c r="BX104" s="200"/>
+      <c r="BY104" s="200"/>
+      <c r="BZ104" s="200"/>
+      <c r="CA104" s="200"/>
+      <c r="CB104" s="200"/>
+      <c r="CC104" s="200"/>
+      <c r="CD104" s="200"/>
+      <c r="CE104" s="200"/>
+      <c r="CF104" s="200"/>
+      <c r="CG104" s="200"/>
+      <c r="CH104" s="200"/>
+      <c r="CI104" s="200"/>
+      <c r="CJ104" s="200"/>
+      <c r="CK104" s="200"/>
+      <c r="CL104" s="200"/>
+      <c r="CM104" s="200"/>
+      <c r="CN104" s="200"/>
+      <c r="CO104" s="200"/>
+      <c r="CP104" s="200"/>
+      <c r="CQ104" s="200"/>
+      <c r="CR104" s="200"/>
+      <c r="CS104" s="200"/>
+      <c r="CT104" s="200"/>
+      <c r="CU104" s="200"/>
+      <c r="CV104" s="200"/>
+      <c r="CW104" s="200"/>
+      <c r="CX104" s="200"/>
+      <c r="CY104" s="200"/>
+      <c r="CZ104" s="200"/>
+      <c r="DA104" s="200"/>
+      <c r="DB104" s="200"/>
+      <c r="DC104" s="200"/>
+      <c r="DD104" s="200"/>
+      <c r="DE104" s="200"/>
+      <c r="DF104" s="200"/>
+      <c r="DG104" s="200"/>
+      <c r="DH104" s="200"/>
+      <c r="DI104" s="200"/>
+      <c r="DJ104" s="200"/>
+      <c r="DK104" s="200"/>
+      <c r="DL104" s="200"/>
+      <c r="DM104" s="200"/>
+      <c r="DN104" s="200"/>
+      <c r="DO104" s="200"/>
+      <c r="DP104" s="200"/>
+      <c r="DQ104" s="200"/>
+      <c r="DR104" s="200"/>
+      <c r="DS104" s="200"/>
+      <c r="DT104" s="200"/>
+      <c r="DU104" s="200"/>
+      <c r="DV104" s="200"/>
+      <c r="DW104" s="200"/>
+      <c r="DX104" s="200"/>
+      <c r="DY104" s="200"/>
+      <c r="DZ104" s="200"/>
+      <c r="EA104" s="200"/>
+      <c r="EB104" s="200"/>
+      <c r="EC104" s="200"/>
+      <c r="ED104" s="200"/>
+      <c r="EE104" s="200"/>
+      <c r="EF104" s="200"/>
+      <c r="EG104" s="200"/>
+      <c r="EH104" s="200"/>
+      <c r="EI104" s="200"/>
+      <c r="EJ104" s="200"/>
+      <c r="EK104" s="200"/>
+      <c r="EL104" s="200"/>
+      <c r="EM104" s="200"/>
+      <c r="EN104" s="200"/>
+      <c r="EO104" s="200"/>
+      <c r="EP104" s="200"/>
+      <c r="EQ104" s="200"/>
+      <c r="ER104" s="200"/>
+      <c r="ES104" s="200"/>
+      <c r="ET104" s="200"/>
+      <c r="EU104" s="200"/>
+      <c r="EV104" s="200"/>
+      <c r="EW104" s="200"/>
+      <c r="EX104" s="200"/>
+      <c r="EY104" s="200"/>
+      <c r="EZ104" s="200"/>
+      <c r="FA104" s="200"/>
+      <c r="FB104" s="200"/>
+      <c r="FC104" s="200"/>
+      <c r="FD104" s="200"/>
+      <c r="FE104" s="200"/>
+      <c r="FF104" s="200"/>
+      <c r="FG104" s="200"/>
+      <c r="FH104" s="200"/>
+      <c r="FI104" s="200"/>
+      <c r="FJ104" s="200"/>
+      <c r="FK104" s="200"/>
     </row>
-    <row r="73" spans="1:167" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...174 lines deleted...]
-      <c r="FK73" s="140"/>
+    <row r="105" spans="1:167" s="63" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A105" s="88" t="s">
+        <v>84</v>
+      </c>
+      <c r="B105" s="16"/>
+      <c r="C105" s="16"/>
+      <c r="D105" s="16"/>
+      <c r="E105" s="16"/>
+      <c r="F105" s="16"/>
+      <c r="G105" s="16"/>
+      <c r="H105" s="16"/>
+      <c r="I105" s="16"/>
+      <c r="J105" s="16"/>
+      <c r="K105" s="16"/>
+      <c r="L105" s="16"/>
+      <c r="M105" s="16"/>
+      <c r="N105" s="16"/>
+      <c r="O105" s="16"/>
+      <c r="P105" s="16"/>
+      <c r="Q105" s="16"/>
+      <c r="R105" s="16"/>
+      <c r="S105" s="16"/>
+      <c r="T105" s="16"/>
+      <c r="U105" s="16"/>
+      <c r="V105" s="16"/>
+      <c r="W105" s="16"/>
+      <c r="X105" s="16"/>
+      <c r="Y105" s="16"/>
+      <c r="Z105" s="16"/>
+      <c r="AA105" s="16"/>
+      <c r="AB105" s="16"/>
+      <c r="AC105" s="16"/>
+      <c r="AD105" s="16"/>
+      <c r="AE105" s="16"/>
+      <c r="AF105" s="16"/>
+      <c r="AG105" s="16"/>
+      <c r="AH105" s="16"/>
+      <c r="AI105" s="16"/>
+      <c r="AJ105" s="16"/>
+      <c r="AK105" s="16"/>
+      <c r="AL105" s="16"/>
+      <c r="AM105" s="16"/>
+      <c r="AN105" s="16"/>
+      <c r="AO105" s="16"/>
+      <c r="AP105" s="16"/>
+      <c r="AQ105" s="16"/>
+      <c r="AR105" s="16"/>
+      <c r="AS105" s="16"/>
+      <c r="AT105" s="16"/>
+      <c r="AU105" s="16"/>
+      <c r="AV105" s="16"/>
+      <c r="AW105" s="16"/>
+      <c r="AX105" s="16"/>
+      <c r="AY105" s="16"/>
+      <c r="AZ105" s="16"/>
+      <c r="BA105" s="16"/>
+      <c r="BB105" s="16"/>
+      <c r="BC105" s="16"/>
+      <c r="BD105" s="16"/>
+      <c r="BE105" s="16"/>
+      <c r="BF105" s="16"/>
+      <c r="BG105" s="16"/>
+      <c r="BH105" s="16"/>
+      <c r="BI105" s="16"/>
+      <c r="BJ105" s="16"/>
+      <c r="BK105" s="16"/>
+      <c r="BL105" s="16"/>
+      <c r="BM105" s="16"/>
+      <c r="BN105" s="16"/>
+      <c r="BO105" s="16"/>
+      <c r="BP105" s="16"/>
+      <c r="BQ105" s="16"/>
+      <c r="BR105" s="16"/>
+      <c r="BS105" s="16"/>
+      <c r="BT105" s="16"/>
+      <c r="BU105" s="16"/>
+      <c r="BV105" s="16"/>
+      <c r="BW105" s="16"/>
+      <c r="BX105" s="16"/>
+      <c r="BY105" s="16"/>
+      <c r="BZ105" s="16"/>
+      <c r="CA105" s="16"/>
+      <c r="CB105" s="16"/>
+      <c r="CC105" s="16"/>
+      <c r="CD105" s="16"/>
+      <c r="CE105" s="16"/>
+      <c r="CF105" s="16"/>
+      <c r="CG105" s="16"/>
+      <c r="CH105" s="16"/>
+      <c r="CI105" s="16"/>
+      <c r="CJ105" s="16"/>
+      <c r="CK105" s="16"/>
+      <c r="CL105" s="16"/>
+      <c r="CM105" s="16"/>
+      <c r="CN105" s="16"/>
+      <c r="CO105" s="16"/>
+      <c r="CP105" s="16"/>
+      <c r="CQ105" s="16"/>
+      <c r="CR105" s="16"/>
+      <c r="CS105" s="16"/>
+      <c r="CT105" s="16"/>
+      <c r="CU105" s="16"/>
+      <c r="CV105" s="16"/>
+      <c r="CW105" s="16"/>
+      <c r="CX105" s="16"/>
+      <c r="CY105" s="16"/>
+      <c r="CZ105" s="16"/>
+      <c r="DA105" s="16"/>
+      <c r="DB105" s="16"/>
+      <c r="DC105" s="16"/>
+      <c r="DD105" s="16"/>
+      <c r="DE105" s="16"/>
+      <c r="DF105" s="16"/>
+      <c r="DG105" s="16"/>
+      <c r="DH105" s="16"/>
+      <c r="DI105" s="16"/>
+      <c r="DJ105" s="16"/>
+      <c r="DK105" s="16"/>
+      <c r="DL105" s="16"/>
+      <c r="DM105" s="16"/>
+      <c r="DN105" s="16"/>
+      <c r="DO105" s="16"/>
+      <c r="DP105" s="16"/>
+      <c r="DQ105" s="16"/>
+      <c r="DR105" s="16"/>
+      <c r="DS105" s="16"/>
+      <c r="DT105" s="16"/>
+      <c r="DU105" s="16"/>
+      <c r="DV105" s="16"/>
+      <c r="DW105" s="16"/>
+      <c r="DX105" s="16"/>
+      <c r="DY105" s="16"/>
+      <c r="DZ105" s="16"/>
+      <c r="EA105" s="16"/>
+      <c r="EB105" s="16"/>
+      <c r="EC105" s="16"/>
+      <c r="ED105" s="16"/>
+      <c r="EE105" s="16"/>
+      <c r="EF105" s="16"/>
+      <c r="EG105" s="16"/>
+      <c r="EH105" s="16"/>
+      <c r="EI105" s="16"/>
+      <c r="EJ105" s="16"/>
+      <c r="EK105" s="16"/>
+      <c r="EL105" s="16"/>
+      <c r="EM105" s="16"/>
+      <c r="EN105" s="16"/>
+      <c r="EO105" s="16"/>
+      <c r="EP105" s="16"/>
+      <c r="EQ105" s="16"/>
+      <c r="ER105" s="16"/>
+      <c r="ES105" s="16"/>
+      <c r="ET105" s="16"/>
+      <c r="EU105" s="16"/>
+      <c r="EV105" s="16"/>
+      <c r="EW105" s="16"/>
+      <c r="EX105" s="16"/>
+      <c r="EY105" s="16"/>
+      <c r="EZ105" s="16"/>
+      <c r="FA105" s="16"/>
+      <c r="FB105" s="16"/>
+      <c r="FC105" s="16"/>
+      <c r="FD105" s="16"/>
+      <c r="FE105" s="16"/>
+      <c r="FF105" s="16"/>
+      <c r="FG105" s="16"/>
+      <c r="FH105" s="16"/>
+      <c r="FI105" s="16"/>
+      <c r="FJ105" s="16"/>
+      <c r="FK105" s="16"/>
     </row>
-    <row r="74" spans="1:167" s="11" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK74" s="140"/>
+    <row r="106" spans="1:167" s="63" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A106" s="201" t="s">
+        <v>85</v>
+      </c>
+      <c r="B106" s="201"/>
+      <c r="C106" s="201"/>
+      <c r="D106" s="201"/>
+      <c r="E106" s="201"/>
+      <c r="F106" s="201"/>
+      <c r="G106" s="201"/>
+      <c r="H106" s="201"/>
+      <c r="I106" s="201"/>
+      <c r="J106" s="201"/>
+      <c r="K106" s="201"/>
+      <c r="L106" s="201"/>
+      <c r="M106" s="201"/>
+      <c r="N106" s="201"/>
+      <c r="O106" s="201"/>
+      <c r="P106" s="201"/>
+      <c r="Q106" s="201"/>
+      <c r="R106" s="201"/>
+      <c r="S106" s="201"/>
+      <c r="T106" s="201"/>
+      <c r="U106" s="201"/>
+      <c r="V106" s="201"/>
+      <c r="W106" s="201"/>
+      <c r="X106" s="201"/>
+      <c r="Y106" s="201"/>
+      <c r="Z106" s="201"/>
+      <c r="AA106" s="201"/>
+      <c r="AB106" s="201"/>
+      <c r="AC106" s="201"/>
+      <c r="AD106" s="201"/>
+      <c r="AE106" s="201"/>
+      <c r="AF106" s="201"/>
+      <c r="AG106" s="201"/>
+      <c r="AH106" s="201"/>
+      <c r="AI106" s="201"/>
+      <c r="AJ106" s="201"/>
+      <c r="AK106" s="201"/>
+      <c r="AL106" s="201"/>
+      <c r="AM106" s="201"/>
+      <c r="AN106" s="201"/>
+      <c r="AO106" s="201"/>
+      <c r="AP106" s="201"/>
+      <c r="AQ106" s="201"/>
+      <c r="AR106" s="201"/>
+      <c r="AS106" s="201"/>
+      <c r="AT106" s="201"/>
+      <c r="AU106" s="201"/>
+      <c r="AV106" s="201"/>
+      <c r="AW106" s="201"/>
+      <c r="AX106" s="201"/>
+      <c r="AY106" s="201"/>
+      <c r="AZ106" s="201"/>
+      <c r="BA106" s="201"/>
+      <c r="BB106" s="201"/>
+      <c r="BC106" s="201"/>
+      <c r="BD106" s="201"/>
+      <c r="BE106" s="201"/>
+      <c r="BF106" s="201"/>
+      <c r="BG106" s="201"/>
+      <c r="BH106" s="201"/>
+      <c r="BI106" s="201"/>
+      <c r="BJ106" s="201"/>
+      <c r="BK106" s="201"/>
+      <c r="BL106" s="201"/>
+      <c r="BM106" s="201"/>
+      <c r="BN106" s="201"/>
+      <c r="BO106" s="201"/>
+      <c r="BP106" s="201"/>
+      <c r="BQ106" s="201"/>
+      <c r="BR106" s="201"/>
+      <c r="BS106" s="201"/>
+      <c r="BT106" s="201"/>
+      <c r="BU106" s="201"/>
+      <c r="BV106" s="201"/>
+      <c r="BW106" s="201"/>
+      <c r="BX106" s="201"/>
+      <c r="BY106" s="201"/>
+      <c r="BZ106" s="201"/>
+      <c r="CA106" s="201"/>
+      <c r="CB106" s="201"/>
+      <c r="CC106" s="201"/>
+      <c r="CD106" s="201"/>
+      <c r="CE106" s="201"/>
+      <c r="CF106" s="201"/>
+      <c r="CG106" s="201"/>
+      <c r="CH106" s="201"/>
+      <c r="CI106" s="201"/>
+      <c r="CJ106" s="201"/>
+      <c r="CK106" s="201"/>
+      <c r="CL106" s="201"/>
+      <c r="CM106" s="201"/>
+      <c r="CN106" s="201"/>
+      <c r="CO106" s="201"/>
+      <c r="CP106" s="201"/>
+      <c r="CQ106" s="201"/>
+      <c r="CR106" s="201"/>
+      <c r="CS106" s="201"/>
+      <c r="CT106" s="201"/>
+      <c r="CU106" s="201"/>
+      <c r="CV106" s="201"/>
+      <c r="CW106" s="201"/>
+      <c r="CX106" s="201"/>
+      <c r="CY106" s="201"/>
+      <c r="CZ106" s="201"/>
+      <c r="DA106" s="201"/>
+      <c r="DB106" s="201"/>
+      <c r="DC106" s="201"/>
+      <c r="DD106" s="201"/>
+      <c r="DE106" s="201"/>
+      <c r="DF106" s="201"/>
+      <c r="DG106" s="201"/>
+      <c r="DH106" s="201"/>
+      <c r="DI106" s="201"/>
+      <c r="DJ106" s="201"/>
+      <c r="DK106" s="201"/>
+      <c r="DL106" s="201"/>
+      <c r="DM106" s="201"/>
+      <c r="DN106" s="201"/>
+      <c r="DO106" s="201"/>
+      <c r="DP106" s="201"/>
+      <c r="DQ106" s="201"/>
+      <c r="DR106" s="201"/>
+      <c r="DS106" s="201"/>
+      <c r="DT106" s="201"/>
+      <c r="DU106" s="201"/>
+      <c r="DV106" s="201"/>
+      <c r="DW106" s="201"/>
+      <c r="DX106" s="201"/>
+      <c r="DY106" s="201"/>
+      <c r="DZ106" s="201"/>
+      <c r="EA106" s="201"/>
+      <c r="EB106" s="201"/>
+      <c r="EC106" s="201"/>
+      <c r="ED106" s="201"/>
+      <c r="EE106" s="201"/>
+      <c r="EF106" s="201"/>
+      <c r="EG106" s="201"/>
+      <c r="EH106" s="201"/>
+      <c r="EI106" s="201"/>
+      <c r="EJ106" s="201"/>
+      <c r="EK106" s="201"/>
+      <c r="EL106" s="201"/>
+      <c r="EM106" s="201"/>
+      <c r="EN106" s="201"/>
+      <c r="EO106" s="201"/>
+      <c r="EP106" s="201"/>
+      <c r="EQ106" s="201"/>
+      <c r="ER106" s="201"/>
+      <c r="ES106" s="201"/>
+      <c r="ET106" s="201"/>
+      <c r="EU106" s="201"/>
+      <c r="EV106" s="201"/>
+      <c r="EW106" s="201"/>
+      <c r="EX106" s="201"/>
+      <c r="EY106" s="201"/>
+      <c r="EZ106" s="201"/>
+      <c r="FA106" s="201"/>
+      <c r="FB106" s="201"/>
+      <c r="FC106" s="201"/>
+      <c r="FD106" s="201"/>
+      <c r="FE106" s="201"/>
+      <c r="FF106" s="201"/>
+      <c r="FG106" s="201"/>
+      <c r="FH106" s="201"/>
+      <c r="FI106" s="201"/>
+      <c r="FJ106" s="201"/>
+      <c r="FK106" s="201"/>
     </row>
-    <row r="75" spans="1:167" s="33" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-[...170 lines deleted...]
-      <c r="FK75" s="143"/>
+    <row r="107" spans="1:167" s="63" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A107" s="201" t="s">
+        <v>86</v>
+      </c>
+      <c r="B107" s="201"/>
+      <c r="C107" s="201"/>
+      <c r="D107" s="201"/>
+      <c r="E107" s="201"/>
+      <c r="F107" s="201"/>
+      <c r="G107" s="201"/>
+      <c r="H107" s="201"/>
+      <c r="I107" s="201"/>
+      <c r="J107" s="201"/>
+      <c r="K107" s="201"/>
+      <c r="L107" s="201"/>
+      <c r="M107" s="201"/>
+      <c r="N107" s="201"/>
+      <c r="O107" s="201"/>
+      <c r="P107" s="201"/>
+      <c r="Q107" s="201"/>
+      <c r="R107" s="201"/>
+      <c r="S107" s="201"/>
+      <c r="T107" s="201"/>
+      <c r="U107" s="201"/>
+      <c r="V107" s="201"/>
+      <c r="W107" s="201"/>
+      <c r="X107" s="201"/>
+      <c r="Y107" s="201"/>
+      <c r="Z107" s="201"/>
+      <c r="AA107" s="201"/>
+      <c r="AB107" s="201"/>
+      <c r="AC107" s="201"/>
+      <c r="AD107" s="201"/>
+      <c r="AE107" s="201"/>
+      <c r="AF107" s="201"/>
+      <c r="AG107" s="201"/>
+      <c r="AH107" s="201"/>
+      <c r="AI107" s="201"/>
+      <c r="AJ107" s="201"/>
+      <c r="AK107" s="201"/>
+      <c r="AL107" s="201"/>
+      <c r="AM107" s="201"/>
+      <c r="AN107" s="201"/>
+      <c r="AO107" s="201"/>
+      <c r="AP107" s="201"/>
+      <c r="AQ107" s="201"/>
+      <c r="AR107" s="201"/>
+      <c r="AS107" s="201"/>
+      <c r="AT107" s="201"/>
+      <c r="AU107" s="201"/>
+      <c r="AV107" s="201"/>
+      <c r="AW107" s="201"/>
+      <c r="AX107" s="201"/>
+      <c r="AY107" s="201"/>
+      <c r="AZ107" s="201"/>
+      <c r="BA107" s="201"/>
+      <c r="BB107" s="201"/>
+      <c r="BC107" s="201"/>
+      <c r="BD107" s="201"/>
+      <c r="BE107" s="201"/>
+      <c r="BF107" s="201"/>
+      <c r="BG107" s="201"/>
+      <c r="BH107" s="201"/>
+      <c r="BI107" s="201"/>
+      <c r="BJ107" s="201"/>
+      <c r="BK107" s="201"/>
+      <c r="BL107" s="201"/>
+      <c r="BM107" s="201"/>
+      <c r="BN107" s="201"/>
+      <c r="BO107" s="201"/>
+      <c r="BP107" s="201"/>
+      <c r="BQ107" s="201"/>
+      <c r="BR107" s="201"/>
+      <c r="BS107" s="201"/>
+      <c r="BT107" s="201"/>
+      <c r="BU107" s="201"/>
+      <c r="BV107" s="201"/>
+      <c r="BW107" s="201"/>
+      <c r="BX107" s="201"/>
+      <c r="BY107" s="201"/>
+      <c r="BZ107" s="201"/>
+      <c r="CA107" s="201"/>
+      <c r="CB107" s="201"/>
+      <c r="CC107" s="201"/>
+      <c r="CD107" s="201"/>
+      <c r="CE107" s="201"/>
+      <c r="CF107" s="201"/>
+      <c r="CG107" s="201"/>
+      <c r="CH107" s="201"/>
+      <c r="CI107" s="201"/>
+      <c r="CJ107" s="201"/>
+      <c r="CK107" s="201"/>
+      <c r="CL107" s="201"/>
+      <c r="CM107" s="201"/>
+      <c r="CN107" s="201"/>
+      <c r="CO107" s="201"/>
+      <c r="CP107" s="201"/>
+      <c r="CQ107" s="201"/>
+      <c r="CR107" s="201"/>
+      <c r="CS107" s="201"/>
+      <c r="CT107" s="201"/>
+      <c r="CU107" s="201"/>
+      <c r="CV107" s="201"/>
+      <c r="CW107" s="201"/>
+      <c r="CX107" s="201"/>
+      <c r="CY107" s="201"/>
+      <c r="CZ107" s="201"/>
+      <c r="DA107" s="201"/>
+      <c r="DB107" s="201"/>
+      <c r="DC107" s="201"/>
+      <c r="DD107" s="201"/>
+      <c r="DE107" s="201"/>
+      <c r="DF107" s="201"/>
+      <c r="DG107" s="201"/>
+      <c r="DH107" s="201"/>
+      <c r="DI107" s="201"/>
+      <c r="DJ107" s="201"/>
+      <c r="DK107" s="201"/>
+      <c r="DL107" s="201"/>
+      <c r="DM107" s="201"/>
+      <c r="DN107" s="201"/>
+      <c r="DO107" s="201"/>
+      <c r="DP107" s="201"/>
+      <c r="DQ107" s="201"/>
+      <c r="DR107" s="201"/>
+      <c r="DS107" s="201"/>
+      <c r="DT107" s="201"/>
+      <c r="DU107" s="201"/>
+      <c r="DV107" s="201"/>
+      <c r="DW107" s="201"/>
+      <c r="DX107" s="201"/>
+      <c r="DY107" s="201"/>
+      <c r="DZ107" s="201"/>
+      <c r="EA107" s="201"/>
+      <c r="EB107" s="201"/>
+      <c r="EC107" s="201"/>
+      <c r="ED107" s="201"/>
+      <c r="EE107" s="201"/>
+      <c r="EF107" s="201"/>
+      <c r="EG107" s="201"/>
+      <c r="EH107" s="201"/>
+      <c r="EI107" s="201"/>
+      <c r="EJ107" s="201"/>
+      <c r="EK107" s="201"/>
+      <c r="EL107" s="201"/>
+      <c r="EM107" s="201"/>
+      <c r="EN107" s="201"/>
+      <c r="EO107" s="201"/>
+      <c r="EP107" s="201"/>
+      <c r="EQ107" s="201"/>
+      <c r="ER107" s="201"/>
+      <c r="ES107" s="201"/>
+      <c r="ET107" s="201"/>
+      <c r="EU107" s="201"/>
+      <c r="EV107" s="201"/>
+      <c r="EW107" s="201"/>
+      <c r="EX107" s="201"/>
+      <c r="EY107" s="201"/>
+      <c r="EZ107" s="201"/>
+      <c r="FA107" s="201"/>
+      <c r="FB107" s="201"/>
+      <c r="FC107" s="201"/>
+      <c r="FD107" s="201"/>
+      <c r="FE107" s="201"/>
+      <c r="FF107" s="201"/>
+      <c r="FG107" s="201"/>
+      <c r="FH107" s="201"/>
+      <c r="FI107" s="201"/>
+      <c r="FJ107" s="201"/>
+      <c r="FK107" s="201"/>
     </row>
-    <row r="76" spans="1:167" s="33" customFormat="1" ht="61.5" customHeight="1" x14ac:dyDescent="0.2">
-[...4723 lines deleted...]
-      <c r="A108" s="207" t="s">
+    <row r="108" spans="1:167" s="63" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A108" s="88" t="s">
         <v>87</v>
       </c>
-      <c r="B108" s="207"/>
-[...506 lines deleted...]
-      <c r="FK110" s="16"/>
+      <c r="B108" s="16"/>
+      <c r="C108" s="16"/>
+      <c r="D108" s="16"/>
+      <c r="E108" s="16"/>
+      <c r="F108" s="16"/>
+      <c r="G108" s="16"/>
+      <c r="H108" s="16"/>
+      <c r="I108" s="16"/>
+      <c r="J108" s="16"/>
+      <c r="K108" s="16"/>
+      <c r="L108" s="16"/>
+      <c r="M108" s="16"/>
+      <c r="N108" s="16"/>
+      <c r="O108" s="16"/>
+      <c r="P108" s="16"/>
+      <c r="Q108" s="16"/>
+      <c r="R108" s="16"/>
+      <c r="S108" s="16"/>
+      <c r="T108" s="16"/>
+      <c r="U108" s="16"/>
+      <c r="V108" s="16"/>
+      <c r="W108" s="16"/>
+      <c r="X108" s="16"/>
+      <c r="Y108" s="16"/>
+      <c r="Z108" s="16"/>
+      <c r="AA108" s="16"/>
+      <c r="AB108" s="16"/>
+      <c r="AC108" s="16"/>
+      <c r="AD108" s="16"/>
+      <c r="AE108" s="16"/>
+      <c r="AF108" s="16"/>
+      <c r="AG108" s="16"/>
+      <c r="AH108" s="16"/>
+      <c r="AI108" s="16"/>
+      <c r="AJ108" s="16"/>
+      <c r="AK108" s="16"/>
+      <c r="AL108" s="16"/>
+      <c r="AM108" s="16"/>
+      <c r="AN108" s="16"/>
+      <c r="AO108" s="16"/>
+      <c r="AP108" s="16"/>
+      <c r="AQ108" s="16"/>
+      <c r="AR108" s="16"/>
+      <c r="AS108" s="16"/>
+      <c r="AT108" s="16"/>
+      <c r="AU108" s="16"/>
+      <c r="AV108" s="16"/>
+      <c r="AW108" s="16"/>
+      <c r="AX108" s="16"/>
+      <c r="AY108" s="16"/>
+      <c r="AZ108" s="16"/>
+      <c r="BA108" s="16"/>
+      <c r="BB108" s="16"/>
+      <c r="BC108" s="16"/>
+      <c r="BD108" s="16"/>
+      <c r="BE108" s="16"/>
+      <c r="BF108" s="16"/>
+      <c r="BG108" s="16"/>
+      <c r="BH108" s="16"/>
+      <c r="BI108" s="16"/>
+      <c r="BJ108" s="16"/>
+      <c r="BK108" s="16"/>
+      <c r="BL108" s="16"/>
+      <c r="BM108" s="16"/>
+      <c r="BN108" s="16"/>
+      <c r="BO108" s="16"/>
+      <c r="BP108" s="16"/>
+      <c r="BQ108" s="16"/>
+      <c r="BR108" s="16"/>
+      <c r="BS108" s="16"/>
+      <c r="BT108" s="16"/>
+      <c r="BU108" s="16"/>
+      <c r="BV108" s="16"/>
+      <c r="BW108" s="16"/>
+      <c r="BX108" s="16"/>
+      <c r="BY108" s="16"/>
+      <c r="BZ108" s="16"/>
+      <c r="CA108" s="16"/>
+      <c r="CB108" s="16"/>
+      <c r="CC108" s="16"/>
+      <c r="CD108" s="16"/>
+      <c r="CE108" s="16"/>
+      <c r="CF108" s="16"/>
+      <c r="CG108" s="16"/>
+      <c r="CH108" s="16"/>
+      <c r="CI108" s="16"/>
+      <c r="CJ108" s="16"/>
+      <c r="CK108" s="16"/>
+      <c r="CL108" s="16"/>
+      <c r="CM108" s="16"/>
+      <c r="CN108" s="16"/>
+      <c r="CO108" s="16"/>
+      <c r="CP108" s="16"/>
+      <c r="CQ108" s="16"/>
+      <c r="CR108" s="16"/>
+      <c r="CS108" s="16"/>
+      <c r="CT108" s="16"/>
+      <c r="CU108" s="16"/>
+      <c r="CV108" s="16"/>
+      <c r="CW108" s="16"/>
+      <c r="CX108" s="16"/>
+      <c r="CY108" s="16"/>
+      <c r="CZ108" s="16"/>
+      <c r="DA108" s="16"/>
+      <c r="DB108" s="16"/>
+      <c r="DC108" s="16"/>
+      <c r="DD108" s="16"/>
+      <c r="DE108" s="16"/>
+      <c r="DF108" s="16"/>
+      <c r="DG108" s="16"/>
+      <c r="DH108" s="16"/>
+      <c r="DI108" s="16"/>
+      <c r="DJ108" s="16"/>
+      <c r="DK108" s="16"/>
+      <c r="DL108" s="16"/>
+      <c r="DM108" s="16"/>
+      <c r="DN108" s="16"/>
+      <c r="DO108" s="16"/>
+      <c r="DP108" s="16"/>
+      <c r="DQ108" s="16"/>
+      <c r="DR108" s="16"/>
+      <c r="DS108" s="16"/>
+      <c r="DT108" s="16"/>
+      <c r="DU108" s="16"/>
+      <c r="DV108" s="16"/>
+      <c r="DW108" s="16"/>
+      <c r="DX108" s="16"/>
+      <c r="DY108" s="16"/>
+      <c r="DZ108" s="16"/>
+      <c r="EA108" s="16"/>
+      <c r="EB108" s="16"/>
+      <c r="EC108" s="16"/>
+      <c r="ED108" s="16"/>
+      <c r="EE108" s="16"/>
+      <c r="EF108" s="16"/>
+      <c r="EG108" s="16"/>
+      <c r="EH108" s="16"/>
+      <c r="EI108" s="16"/>
+      <c r="EJ108" s="16"/>
+      <c r="EK108" s="16"/>
+      <c r="EL108" s="16"/>
+      <c r="EM108" s="16"/>
+      <c r="EN108" s="16"/>
+      <c r="EO108" s="16"/>
+      <c r="EP108" s="16"/>
+      <c r="EQ108" s="16"/>
+      <c r="ER108" s="16"/>
+      <c r="ES108" s="16"/>
+      <c r="ET108" s="16"/>
+      <c r="EU108" s="16"/>
+      <c r="EV108" s="16"/>
+      <c r="EW108" s="16"/>
+      <c r="EX108" s="16"/>
+      <c r="EY108" s="16"/>
+      <c r="EZ108" s="16"/>
+      <c r="FA108" s="16"/>
+      <c r="FB108" s="16"/>
+      <c r="FC108" s="16"/>
+      <c r="FD108" s="16"/>
+      <c r="FE108" s="16"/>
+      <c r="FF108" s="16"/>
+      <c r="FG108" s="16"/>
+      <c r="FH108" s="16"/>
+      <c r="FI108" s="16"/>
+      <c r="FJ108" s="16"/>
+      <c r="FK108" s="16"/>
     </row>
   </sheetData>
-  <mergeCells count="313">
-[...24 lines deleted...]
-    <mergeCell ref="A43:CE43"/>
+  <mergeCells count="311">
+    <mergeCell ref="A103:FK103"/>
+    <mergeCell ref="A104:FK104"/>
+    <mergeCell ref="A106:FK106"/>
+    <mergeCell ref="A107:FK107"/>
+    <mergeCell ref="DL99:DV99"/>
+    <mergeCell ref="DW99:EG99"/>
+    <mergeCell ref="EH99:ER99"/>
+    <mergeCell ref="ES99:FB99"/>
+    <mergeCell ref="FC99:FK99"/>
+    <mergeCell ref="A100:F100"/>
+    <mergeCell ref="G100:AM100"/>
+    <mergeCell ref="AN100:AY100"/>
+    <mergeCell ref="AZ100:BL100"/>
+    <mergeCell ref="BM100:BU100"/>
+    <mergeCell ref="BV100:CF100"/>
+    <mergeCell ref="CG100:CQ100"/>
+    <mergeCell ref="CR100:DA100"/>
+    <mergeCell ref="DB100:DK100"/>
+    <mergeCell ref="DL100:DV100"/>
+    <mergeCell ref="DW100:EG100"/>
+    <mergeCell ref="EH100:ER100"/>
+    <mergeCell ref="ES100:FB100"/>
+    <mergeCell ref="FC100:FK100"/>
+    <mergeCell ref="A99:F99"/>
+    <mergeCell ref="G99:AM99"/>
+    <mergeCell ref="AN99:AY99"/>
+    <mergeCell ref="AZ99:BL99"/>
+    <mergeCell ref="BM99:BU99"/>
+    <mergeCell ref="BV99:CF99"/>
+    <mergeCell ref="CG99:CQ99"/>
+    <mergeCell ref="CR99:DA99"/>
+    <mergeCell ref="DB99:DK99"/>
+    <mergeCell ref="A91:H91"/>
+    <mergeCell ref="I91:AA91"/>
+    <mergeCell ref="AB91:AT91"/>
+    <mergeCell ref="AU91:CC91"/>
+    <mergeCell ref="CD91:DA91"/>
+    <mergeCell ref="DB91:EC91"/>
+    <mergeCell ref="ED91:FK91"/>
+    <mergeCell ref="A95:F98"/>
+    <mergeCell ref="G95:AM98"/>
+    <mergeCell ref="AN95:AY98"/>
+    <mergeCell ref="AZ95:BL98"/>
+    <mergeCell ref="BM95:FK95"/>
+    <mergeCell ref="BM96:DK96"/>
+    <mergeCell ref="DL96:FK96"/>
+    <mergeCell ref="BM97:BU98"/>
+    <mergeCell ref="BV97:CQ97"/>
+    <mergeCell ref="CR97:DK97"/>
+    <mergeCell ref="DL97:DV98"/>
+    <mergeCell ref="DW97:ER97"/>
+    <mergeCell ref="ES97:FK97"/>
+    <mergeCell ref="BV98:CF98"/>
+    <mergeCell ref="CG98:CQ98"/>
+    <mergeCell ref="CR98:DA98"/>
+    <mergeCell ref="DB98:DK98"/>
+    <mergeCell ref="A93:FK93"/>
+    <mergeCell ref="DW98:EG98"/>
+    <mergeCell ref="EH98:ER98"/>
+    <mergeCell ref="ES98:FB98"/>
+    <mergeCell ref="FC98:FK98"/>
+    <mergeCell ref="CF83:DL83"/>
+    <mergeCell ref="A89:H90"/>
+    <mergeCell ref="I89:CC89"/>
+    <mergeCell ref="CD89:FK89"/>
+    <mergeCell ref="I90:AA90"/>
+    <mergeCell ref="AB90:AT90"/>
+    <mergeCell ref="AU90:CC90"/>
+    <mergeCell ref="CD90:DA90"/>
+    <mergeCell ref="DB90:EC90"/>
+    <mergeCell ref="ED90:FK90"/>
+    <mergeCell ref="EH84:EQ84"/>
+    <mergeCell ref="ER84:FA84"/>
+    <mergeCell ref="FB84:FK84"/>
+    <mergeCell ref="A85:AG85"/>
+    <mergeCell ref="AH85:AP85"/>
+    <mergeCell ref="AQ85:BA85"/>
+    <mergeCell ref="BB85:BK85"/>
+    <mergeCell ref="BL85:BU85"/>
+    <mergeCell ref="BV85:CE85"/>
+    <mergeCell ref="DM77:DU79"/>
+    <mergeCell ref="DV77:EG79"/>
+    <mergeCell ref="EH77:EQ79"/>
+    <mergeCell ref="ER77:FA79"/>
+    <mergeCell ref="FB77:FK79"/>
+    <mergeCell ref="A80:AG80"/>
+    <mergeCell ref="AH80:AP83"/>
+    <mergeCell ref="AQ80:BA83"/>
+    <mergeCell ref="BB80:BK83"/>
+    <mergeCell ref="BL80:BU83"/>
+    <mergeCell ref="BV80:CE83"/>
+    <mergeCell ref="CF80:DL80"/>
+    <mergeCell ref="DM80:DU83"/>
+    <mergeCell ref="DV80:EG83"/>
+    <mergeCell ref="EH80:EQ83"/>
+    <mergeCell ref="ER80:FA83"/>
+    <mergeCell ref="FB80:FK83"/>
+    <mergeCell ref="A79:AG79"/>
+    <mergeCell ref="CF79:DL79"/>
+    <mergeCell ref="A77:T77"/>
+    <mergeCell ref="AH77:AP79"/>
+    <mergeCell ref="AQ77:BA79"/>
+    <mergeCell ref="BB77:BK79"/>
+    <mergeCell ref="A83:AG83"/>
+    <mergeCell ref="EH70:EQ73"/>
+    <mergeCell ref="ER70:FA73"/>
+    <mergeCell ref="FB70:FK73"/>
+    <mergeCell ref="AH74:AP76"/>
+    <mergeCell ref="AQ74:BA76"/>
+    <mergeCell ref="BB74:BK76"/>
+    <mergeCell ref="BL74:BU76"/>
+    <mergeCell ref="BV74:CE76"/>
+    <mergeCell ref="DM74:DU76"/>
+    <mergeCell ref="CK60:CS60"/>
+    <mergeCell ref="CT60:EW60"/>
+    <mergeCell ref="CT61:EW61"/>
+    <mergeCell ref="A70:AG70"/>
+    <mergeCell ref="AH70:AP73"/>
+    <mergeCell ref="AQ70:BA73"/>
+    <mergeCell ref="BB70:BK73"/>
+    <mergeCell ref="BL70:BU73"/>
+    <mergeCell ref="BV70:CE73"/>
+    <mergeCell ref="CF70:DL70"/>
+    <mergeCell ref="DM70:DU73"/>
+    <mergeCell ref="DV70:EG73"/>
+    <mergeCell ref="CF71:CX71"/>
+    <mergeCell ref="CY71:DJ71"/>
+    <mergeCell ref="DK71:DL71"/>
+    <mergeCell ref="CY72:DJ72"/>
+    <mergeCell ref="F60:N60"/>
+    <mergeCell ref="O60:BR60"/>
+    <mergeCell ref="O61:BR61"/>
+    <mergeCell ref="AF71:AG71"/>
+    <mergeCell ref="A73:AG73"/>
+    <mergeCell ref="CF73:DL73"/>
+    <mergeCell ref="A71:S71"/>
+    <mergeCell ref="T71:AE71"/>
+    <mergeCell ref="A42:DJ42"/>
+    <mergeCell ref="K48:AC48"/>
+    <mergeCell ref="F49:CD49"/>
+    <mergeCell ref="F53:AG53"/>
+    <mergeCell ref="F54:AL54"/>
+    <mergeCell ref="CK48:CO48"/>
+    <mergeCell ref="CK53:DL53"/>
+    <mergeCell ref="CK49:FJ49"/>
+    <mergeCell ref="CX46:DC46"/>
+    <mergeCell ref="DD46:DI46"/>
+    <mergeCell ref="DJ46:DX46"/>
+    <mergeCell ref="DY46:EG46"/>
+    <mergeCell ref="EH46:FK46"/>
+    <mergeCell ref="F48:J48"/>
+    <mergeCell ref="CP48:DH48"/>
+    <mergeCell ref="A46:E46"/>
+    <mergeCell ref="F46:R46"/>
+    <mergeCell ref="S46:Y46"/>
+    <mergeCell ref="Z46:AF46"/>
+    <mergeCell ref="AG46:AV46"/>
+    <mergeCell ref="CK54:DQ54"/>
+    <mergeCell ref="CK57:EH57"/>
+    <mergeCell ref="F51:W51"/>
+    <mergeCell ref="F52:P52"/>
+    <mergeCell ref="CK51:DB51"/>
+    <mergeCell ref="CK52:CU52"/>
+    <mergeCell ref="F50:V50"/>
+    <mergeCell ref="X51:AO51"/>
+    <mergeCell ref="Q52:AF52"/>
+    <mergeCell ref="AH53:AY53"/>
+    <mergeCell ref="AM54:BD54"/>
+    <mergeCell ref="CK50:DA50"/>
+    <mergeCell ref="DC51:DT51"/>
+    <mergeCell ref="CV52:DK52"/>
+    <mergeCell ref="DM53:ED53"/>
+    <mergeCell ref="DR54:EI54"/>
+    <mergeCell ref="BD57:BW57"/>
+    <mergeCell ref="EI57:FB57"/>
+    <mergeCell ref="F57:BC57"/>
+    <mergeCell ref="AW46:BE46"/>
+    <mergeCell ref="BF46:CE46"/>
+    <mergeCell ref="CF46:CJ46"/>
+    <mergeCell ref="CK46:CW46"/>
+    <mergeCell ref="A44:E45"/>
+    <mergeCell ref="F44:BE44"/>
+    <mergeCell ref="BF44:CE45"/>
+    <mergeCell ref="CF44:CJ45"/>
+    <mergeCell ref="CK44:EG44"/>
+    <mergeCell ref="EH44:FK45"/>
+    <mergeCell ref="F45:R45"/>
+    <mergeCell ref="S45:Y45"/>
+    <mergeCell ref="Z45:AF45"/>
+    <mergeCell ref="AG45:AV45"/>
+    <mergeCell ref="AW45:BE45"/>
+    <mergeCell ref="CK45:CW45"/>
+    <mergeCell ref="CX45:DC45"/>
+    <mergeCell ref="DD45:DI45"/>
+    <mergeCell ref="DJ45:DX45"/>
+    <mergeCell ref="DY45:EG45"/>
+    <mergeCell ref="CF85:DL85"/>
+    <mergeCell ref="DM85:DU85"/>
+    <mergeCell ref="DV85:EG85"/>
+    <mergeCell ref="EH85:EQ85"/>
+    <mergeCell ref="ER85:FA85"/>
+    <mergeCell ref="FB85:FK85"/>
+    <mergeCell ref="A74:AG74"/>
+    <mergeCell ref="CF74:DL74"/>
+    <mergeCell ref="A84:AG84"/>
+    <mergeCell ref="AH84:AP84"/>
+    <mergeCell ref="AQ84:BA84"/>
+    <mergeCell ref="BB84:BK84"/>
+    <mergeCell ref="BL84:BU84"/>
+    <mergeCell ref="BV84:CE84"/>
+    <mergeCell ref="CF84:DL84"/>
+    <mergeCell ref="DM84:DU84"/>
+    <mergeCell ref="DV84:EG84"/>
+    <mergeCell ref="DV74:EG76"/>
+    <mergeCell ref="EH74:EQ76"/>
+    <mergeCell ref="ER74:FA76"/>
+    <mergeCell ref="FB74:FK76"/>
+    <mergeCell ref="BL77:BU79"/>
+    <mergeCell ref="BV77:CE79"/>
+    <mergeCell ref="CF77:CY77"/>
+    <mergeCell ref="FB65:FK65"/>
+    <mergeCell ref="EH66:EQ69"/>
+    <mergeCell ref="ER66:FA69"/>
+    <mergeCell ref="FB66:FK69"/>
+    <mergeCell ref="AD67:AE67"/>
+    <mergeCell ref="A69:AG69"/>
+    <mergeCell ref="CF69:DL69"/>
+    <mergeCell ref="A66:AG66"/>
+    <mergeCell ref="AH66:AP69"/>
+    <mergeCell ref="AQ66:BA69"/>
+    <mergeCell ref="BB66:BK69"/>
+    <mergeCell ref="BL66:BU69"/>
+    <mergeCell ref="BV66:CE69"/>
+    <mergeCell ref="CF66:DL66"/>
+    <mergeCell ref="DM66:DU69"/>
+    <mergeCell ref="DV66:EG69"/>
+    <mergeCell ref="B67:L67"/>
+    <mergeCell ref="M67:AC67"/>
+    <mergeCell ref="M68:AC68"/>
+    <mergeCell ref="A87:FK87"/>
+    <mergeCell ref="A63:AG65"/>
+    <mergeCell ref="AH63:CE63"/>
+    <mergeCell ref="CF63:DL65"/>
+    <mergeCell ref="DM63:FK63"/>
     <mergeCell ref="I30:K30"/>
-    <mergeCell ref="N30:CE30"/>
-    <mergeCell ref="I38:K38"/>
+    <mergeCell ref="N29:CE30"/>
+    <mergeCell ref="I32:K32"/>
+    <mergeCell ref="I34:K34"/>
+    <mergeCell ref="DK42:EH42"/>
+    <mergeCell ref="DK43:EH43"/>
+    <mergeCell ref="AH64:AP65"/>
+    <mergeCell ref="AQ64:BK64"/>
+    <mergeCell ref="BL64:CE64"/>
+    <mergeCell ref="DM64:DU65"/>
+    <mergeCell ref="DV64:EQ64"/>
+    <mergeCell ref="ER64:FK64"/>
+    <mergeCell ref="AQ65:BA65"/>
+    <mergeCell ref="BB65:BK65"/>
+    <mergeCell ref="BL65:BU65"/>
+    <mergeCell ref="BV65:CE65"/>
+    <mergeCell ref="DV65:EG65"/>
+    <mergeCell ref="EH65:EQ65"/>
+    <mergeCell ref="ER65:FA65"/>
     <mergeCell ref="I18:K18"/>
     <mergeCell ref="I22:K22"/>
     <mergeCell ref="DT1:FK1"/>
     <mergeCell ref="DT2:FK2"/>
     <mergeCell ref="A7:FK7"/>
     <mergeCell ref="A8:FK8"/>
     <mergeCell ref="A11:FK11"/>
     <mergeCell ref="CN9:CR9"/>
     <mergeCell ref="BE9:BI9"/>
     <mergeCell ref="CS9:DF9"/>
     <mergeCell ref="DT3:FK3"/>
     <mergeCell ref="BJ9:CM9"/>
     <mergeCell ref="D14:G14"/>
     <mergeCell ref="H14:V14"/>
     <mergeCell ref="D16:G16"/>
     <mergeCell ref="H16:AF16"/>
     <mergeCell ref="W14:AR14"/>
-    <mergeCell ref="A89:FK89"/>
-[...6 lines deleted...]
-    <mergeCell ref="I34:K34"/>
+    <mergeCell ref="I24:K24"/>
+    <mergeCell ref="I26:K26"/>
+    <mergeCell ref="I20:K20"/>
+    <mergeCell ref="CF41:FK41"/>
+    <mergeCell ref="I28:K28"/>
+    <mergeCell ref="A39:FK39"/>
+    <mergeCell ref="A41:CE41"/>
     <mergeCell ref="I36:K36"/>
-    <mergeCell ref="DK44:EH44"/>
-[...257 lines deleted...]
-    <mergeCell ref="A101:F101"/>
+    <mergeCell ref="B81:L81"/>
+    <mergeCell ref="M81:AC81"/>
+    <mergeCell ref="AD81:AE81"/>
+    <mergeCell ref="M82:AC82"/>
+    <mergeCell ref="CG81:CQ81"/>
+    <mergeCell ref="CR81:DH81"/>
+    <mergeCell ref="DI81:DJ81"/>
+    <mergeCell ref="CR82:DH82"/>
+    <mergeCell ref="CG67:CQ67"/>
+    <mergeCell ref="CR67:DH67"/>
+    <mergeCell ref="DI67:DJ67"/>
+    <mergeCell ref="CR68:DH68"/>
+    <mergeCell ref="D75:S75"/>
+    <mergeCell ref="D76:S76"/>
+    <mergeCell ref="T75:AF75"/>
+    <mergeCell ref="CI75:CX75"/>
+    <mergeCell ref="CY75:DK75"/>
+    <mergeCell ref="CI76:CX76"/>
+    <mergeCell ref="T72:AE72"/>
+    <mergeCell ref="CZ77:DK77"/>
+    <mergeCell ref="CZ78:DK78"/>
+    <mergeCell ref="U77:AF77"/>
+    <mergeCell ref="U78:AF78"/>
   </mergeCells>
   <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.39370078740157483" right="0.31496062992125984" top="0.78740157480314965" bottom="0.39370078740157483" header="0.19685039370078741" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0" alignWithMargins="0">
     <oddHeader>&amp;R&amp;"Times New Roman,обычный"&amp;7Подготовлено с использованием системы &amp;"Times New Roman,полужирный"КонсультантПлюс</oddHeader>
   </headerFooter>
   <rowBreaks count="3" manualBreakCount="3">
-    <brk id="40" max="16383" man="1"/>
-[...1 lines deleted...]
-    <brk id="88" max="16383" man="1"/>
+    <brk id="38" max="16383" man="1"/>
+    <brk id="69" max="16383" man="1"/>
+    <brk id="86" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>