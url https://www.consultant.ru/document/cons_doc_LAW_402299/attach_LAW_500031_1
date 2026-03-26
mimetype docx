--- v0 (2025-12-05)
+++ v1 (2026-03-26)
@@ -95,276 +95,267 @@
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="60" w:type="dxa"/>
           <w:left w:w="80" w:type="dxa"/>
           <w:bottom w:w="60" w:type="dxa"/>
           <w:right w:w="80" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7100"/>
         <w:gridCol w:w="7100"/>
       </w:tblGrid>
       <w:tr w:rsidR="0014171D" w:rsidRPr="008B6DF1" w14:paraId="013D73AE" w14:textId="77777777" w:rsidTr="008B6DF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7100" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="267FC0E4" w14:textId="42A3FF21" w:rsidR="009058BA" w:rsidRPr="008B6DF1" w:rsidRDefault="00EB0BBB" w:rsidP="008B6DF1">
+          <w:p w14:paraId="267FC0E4" w14:textId="1A389253" w:rsidR="009058BA" w:rsidRPr="008B6DF1" w:rsidRDefault="00662091" w:rsidP="008B6DF1">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="287F7EA4" wp14:editId="6EEA5C41">
-                  <wp:extent cx="190500" cy="171450"/>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0752404A" wp14:editId="33A63C0F">
+                  <wp:extent cx="152400" cy="152400"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                  <wp:docPr id="2" name="Рисунок 2"/>
+                  <wp:docPr id="1" name="Рисунок 1"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="2" name="Рисунок 2"/>
+                          <pic:cNvPr id="1" name="Рисунок 1"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="152400" cy="152400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r w:rsidR="009058BA" w:rsidRPr="008B6DF1">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>Постановле</w:t>
+              </w:r>
+              <w:r w:rsidR="009058BA" w:rsidRPr="008B6DF1">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>н</w:t>
+              </w:r>
+              <w:r w:rsidR="009058BA" w:rsidRPr="008B6DF1">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>ие</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidR="009058BA" w:rsidRPr="008B6DF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Правительства РФ от 05.02.1998 N 162</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E17A5F3" w14:textId="77777777" w:rsidR="009058BA" w:rsidRPr="008B6DF1" w:rsidRDefault="009058BA" w:rsidP="008B6DF1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6DF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(ред. от 19.03.2020)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C461AD1" w14:textId="77777777" w:rsidR="0014171D" w:rsidRPr="008B6DF1" w:rsidRDefault="009058BA" w:rsidP="008B6DF1">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008B6DF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Об утверждении Правил поставки газа в Российской Федерации"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7100" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="687F9EF6" w14:textId="238F1466" w:rsidR="009058BA" w:rsidRPr="008B6DF1" w:rsidRDefault="001A2454" w:rsidP="008B6DF1">
+            <w:pPr>
+              <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="430E6578" wp14:editId="2CBB8BC1">
+                  <wp:extent cx="190500" cy="171450"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="4" name="Рисунок 4"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="4" name="Рисунок 4"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="190500" cy="171450"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...136 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="009058BA" w:rsidRPr="00622C4C">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Постан</w:t>
+                <w:t>Постановл</w:t>
               </w:r>
               <w:r w:rsidR="009058BA" w:rsidRPr="00622C4C">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>о</w:t>
+                <w:t>е</w:t>
               </w:r>
               <w:r w:rsidR="009058BA" w:rsidRPr="00622C4C">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>в</w:t>
-[...8 lines deleted...]
-                <w:t>ление</w:t>
+                <w:t>ние</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009058BA" w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Правительства РФ от 01.11.2021 N 1901</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42D84C09" w14:textId="77777777" w:rsidR="00864DA4" w:rsidRPr="00864DA4" w:rsidRDefault="00864DA4" w:rsidP="00864DA4">
             <w:pPr>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00864DA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2348,50 +2339,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B6DF1" w:rsidRPr="008B6DF1" w14:paraId="38D0AA98" w14:textId="77777777" w:rsidTr="008B6DF1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7100" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4DDBF572" w14:textId="77777777" w:rsidR="008B6DF1" w:rsidRPr="008B6DF1" w:rsidRDefault="008B6DF1" w:rsidP="00A04DC4">
             <w:pPr>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:ind w:firstLine="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>"броня газопотребления" - минимальный объем потребления газа, необходимый для безаварийной</w:t>
             </w:r>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:strike/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> при условии максимального использования резервных видов топлива</w:t>
             </w:r>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:strike/>
                 <w:color w:val="FF0000"/>
@@ -5296,60 +5288,51 @@
             </w:r>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> газопотребления, технических устройств, применяемых на опасном производственном объекте, локализации и ликвидации аварийных ситуаций (последствий аварий) (в случае если сеть газопотребления заявителя является опасным производственным объектом или объектом технического регулирования) </w:t>
             </w:r>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
               <w:t>в отношении принадлежащих заявителю сети газораспределения, сети газопотребления и технических устройст</w:t>
             </w:r>
             <w:r w:rsidRPr="00660288">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
-              <w:t>в</w:t>
-[...8 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>в;</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B087548" w14:textId="77777777" w:rsidR="00660288" w:rsidRPr="00660288" w:rsidRDefault="00660288" w:rsidP="00660288">
             <w:pPr>
               <w:spacing w:before="200" w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:ind w:firstLine="539"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00660288">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0"/>
               </w:rPr>
               <w:t xml:space="preserve">ж) копии документов, подтверждающих постановку мемориального сооружения, находящегося вне воинского захоронения и содержащего Вечный огонь или Огонь памяти, на централизованный учет, организуемый уполномоченным федеральным органом исполнительной власти по увековечению памяти погибших при защите Отечества (в случае если заявитель планирует использовать природный газ для обеспечения </w:t>
             </w:r>
             <w:r w:rsidRPr="00660288">
               <w:rPr>
@@ -13392,67 +13375,57 @@
           </w:tcPr>
           <w:p w14:paraId="35FFCE34" w14:textId="77777777" w:rsidR="008B6DF1" w:rsidRPr="008B6DF1" w:rsidRDefault="008B6DF1" w:rsidP="00A04DC4">
             <w:pPr>
               <w:pStyle w:val="ConsPlusTitle"/>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:strike/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31966A9F" w14:textId="77777777" w:rsidR="008B6DF1" w:rsidRPr="008B6DF1" w:rsidRDefault="00D82FF1" w:rsidP="00A04DC4">
             <w:pPr>
               <w:pStyle w:val="ConsPlusTitle"/>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-              <w:t>1)</w:t>
+            <w:r w:rsidRPr="008B6DF1">
+              <w:rPr>
+                <w:strike/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>VII(1)</w:t>
             </w:r>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>. Порядок определения покупателей, обязанных</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72852568" w14:textId="77777777" w:rsidR="008B6DF1" w:rsidRPr="008B6DF1" w:rsidRDefault="00D82FF1" w:rsidP="00A04DC4">
             <w:pPr>
               <w:pStyle w:val="ConsPlusTitle"/>
               <w:spacing w:after="1" w:line="200" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B6DF1">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предоставить обеспечение исполнения обязательств по оплате</w:t>
             </w:r>
           </w:p>
@@ -13646,51 +13619,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:position w:val="-20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64E46EDD" wp14:editId="5E3A6D01">
                   <wp:extent cx="762000" cy="390525"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="5" name="Рисунок 5"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 5"/>
                           <pic:cNvPicPr preferRelativeResize="0">
                             <a:picLocks noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9">
+                          <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="762000" cy="390525"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -15388,51 +15361,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:position w:val="-20"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2A7DFFF5" wp14:editId="0EC694AD">
                   <wp:extent cx="847725" cy="390525"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="6" name="Рисунок 6"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 6"/>
                           <pic:cNvPicPr preferRelativeResize="0">
                             <a:picLocks noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId11">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="847725" cy="390525"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -17490,58 +17463,58 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i3698" type="#_x0000_t75" style="width:15.9pt;height:13.1pt;visibility:visible" o:bullet="t">
+      <v:shape id="_x0000_i1092" type="#_x0000_t75" style="width:16.1pt;height:12.9pt;visibility:visible" o:bullet="t">
         <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:numPicBullet w:numPicBulletId="1">
     <w:pict>
-      <v:shape id="_x0000_i3699" type="#_x0000_t75" style="width:14.95pt;height:13.1pt;visibility:visible" o:bullet="t">
+      <v:shape id="_x0000_i1093" type="#_x0000_t75" style="width:15.05pt;height:12.9pt;visibility:visible" o:bullet="t">
         <v:imagedata r:id="rId2" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EC422A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E570A8FA"/>
     <w:lvl w:ilvl="0" w:tplc="115A113E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlPicBulletId w:val="0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="D3F89158" w:tentative="1">
@@ -17795,52 +17768,52 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="70"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0014171D"/>
     <w:rsid w:val="00003EA6"/>
     <w:rsid w:val="000111A1"/>
     <w:rsid w:val="000164E3"/>
     <w:rsid w:val="0001702B"/>
     <w:rsid w:val="0002541C"/>
     <w:rsid w:val="00037047"/>
     <w:rsid w:val="00042F47"/>
     <w:rsid w:val="00053991"/>
     <w:rsid w:val="00066AED"/>
     <w:rsid w:val="000821B0"/>
     <w:rsid w:val="00083C9E"/>
@@ -17959,50 +17932,51 @@
     <w:rsid w:val="00501901"/>
     <w:rsid w:val="005310FA"/>
     <w:rsid w:val="00535764"/>
     <w:rsid w:val="005561C9"/>
     <w:rsid w:val="005727EA"/>
     <w:rsid w:val="005817F6"/>
     <w:rsid w:val="0058704B"/>
     <w:rsid w:val="00587097"/>
     <w:rsid w:val="005871DC"/>
     <w:rsid w:val="005B00A6"/>
     <w:rsid w:val="005B2DD7"/>
     <w:rsid w:val="005B3B48"/>
     <w:rsid w:val="005B4C6E"/>
     <w:rsid w:val="005C711C"/>
     <w:rsid w:val="005D2B61"/>
     <w:rsid w:val="005D411D"/>
     <w:rsid w:val="005E1138"/>
     <w:rsid w:val="005F108F"/>
     <w:rsid w:val="005F2160"/>
     <w:rsid w:val="00604AE1"/>
     <w:rsid w:val="006072C0"/>
     <w:rsid w:val="00611569"/>
     <w:rsid w:val="00622C4C"/>
     <w:rsid w:val="0063069B"/>
     <w:rsid w:val="00660288"/>
+    <w:rsid w:val="00662091"/>
     <w:rsid w:val="006834E5"/>
     <w:rsid w:val="00687B32"/>
     <w:rsid w:val="006932C8"/>
     <w:rsid w:val="006A10B8"/>
     <w:rsid w:val="006A72BE"/>
     <w:rsid w:val="006B41B8"/>
     <w:rsid w:val="006D07B7"/>
     <w:rsid w:val="006D62DB"/>
     <w:rsid w:val="006E60A8"/>
     <w:rsid w:val="006E73DB"/>
     <w:rsid w:val="006F2176"/>
     <w:rsid w:val="006F24B5"/>
     <w:rsid w:val="006F6557"/>
     <w:rsid w:val="00703DE1"/>
     <w:rsid w:val="00716F98"/>
     <w:rsid w:val="007202D3"/>
     <w:rsid w:val="00732F29"/>
     <w:rsid w:val="00736BC9"/>
     <w:rsid w:val="007416E8"/>
     <w:rsid w:val="00746363"/>
     <w:rsid w:val="00753D84"/>
     <w:rsid w:val="00760232"/>
     <w:rsid w:val="00773A55"/>
     <w:rsid w:val="007851C1"/>
     <w:rsid w:val="007878BC"/>
@@ -18703,51 +18677,51 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C06018"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=681BB957171C224E0768EDC731D9407EEBA57CDB8B9CB1C4AC3AFD2CED9EFCC1608363413Bw3OBJ" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=FB8504DDCFAC73528A0B0C2B48DF849975B3BAEA5573740C0A3C3BE5635BD5BC66D008A9E3V8q6H" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=FB8504DDCFAC73528A0B0C2B48DF849975B3BAEA5573740C0A3C3BE5635BD5BC66D008A9E3V8q6H" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.consultant.ru" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="consultantplus://offline/ref=681BB957171C224E0768EDC731D9407EEBA57CDB8B9CB1C4AC3AFD2CED9EFCC1608363413Bw3OBJ" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>