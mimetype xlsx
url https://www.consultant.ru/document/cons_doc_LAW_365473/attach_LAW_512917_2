--- v0 (2025-12-08)
+++ v1 (2026-03-26)
@@ -2,56 +2,56 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\PROF-RyabkovaEV\Desktop\512917 478721red зам2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\PROF-RyabkovaEV\Desktop\512917 МВД замена 03.03.2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2C7CBFFF-AD41-42F1-94C1-AFACA63B2F10}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ABC2CAD0-1248-4AC5-82D4-E2277D9DDDEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="1005" windowWidth="25050" windowHeight="14175" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="12105" yWindow="840" windowWidth="15930" windowHeight="12150" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="стр.1_4" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">стр.1_4!$A$1:$BP$159</definedName>
   </definedNames>
   <calcPr calcId="191029" calcMode="manual"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -103,53 +103,50 @@
   <si>
     <t>):</t>
   </si>
   <si>
     <t>(кодовое обозначение вида)</t>
   </si>
   <si>
     <t>(наименование)</t>
   </si>
   <si>
     <t>«</t>
   </si>
   <si>
     <t>»</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>от «</t>
   </si>
   <si>
     <t>Паспортные данные лица, представляющего настоящее уведомление:</t>
   </si>
   <si>
-    <t>Фамилия, имя, отчество (при наличии)</t>
-[...1 lines deleted...]
-  <si>
     <t>Номер</t>
   </si>
   <si>
     <t>Кем выдан</t>
   </si>
   <si>
     <t>(подпись лица, представляющего
 уведомление)</t>
   </si>
   <si>
     <t>Место
 для печати
 (при наличии)</t>
   </si>
   <si>
     <t xml:space="preserve"> г.</t>
   </si>
   <si>
     <t>Выдан «</t>
   </si>
   <si>
     <t>(Оборотная сторона)</t>
   </si>
   <si>
     <t>1. Статус работодателя или заказчика работ (услуг)</t>
@@ -157,53 +154,50 @@
   <si>
     <t>Х</t>
   </si>
   <si>
     <t>1.1. Основной вид экономической деятельности
 в соответствии с Общероссийским классификатором
 видов экономической деятельности (ОКВЭД):</t>
   </si>
   <si>
     <t>2.1. Фамилия</t>
   </si>
   <si>
     <t>2.2. Имя</t>
   </si>
   <si>
     <t>2.4. Гражданство</t>
   </si>
   <si>
     <t>по</t>
   </si>
   <si>
     <t>г.</t>
   </si>
   <si>
     <t>Уведомление подано по доверенности №</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">(Нужное отметить </t>
   </si>
   <si>
     <t>Приложение № 7</t>
   </si>
   <si>
     <t>о заключении трудового договора
 или гражданско-правового договора на выполнение работ
 (оказание услуг) с иностранным гражданином (лицом без гражданства)</t>
   </si>
   <si>
     <t>(наименование территориального органа МВД России на региональном уровне)</t>
   </si>
   <si>
     <t>(нужное отметить</t>
   </si>
   <si>
     <t>1.2. Сведения о работодателе или заказчике работ (услуг):</t>
   </si>
   <si>
     <t>номер записи в Едином государственном реестре индивидуальных предпринимателей,</t>
   </si>
   <si>
     <t>наименование документа, удостоверяющего личность, его серия и номер, кем и когда выдан)</t>
   </si>
   <si>
@@ -581,50 +575,56 @@
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve">случае заключения трудового договора или гражданско-правового договора </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color indexed="9"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t>_________________</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">(нужное отметить </t>
+  </si>
+  <si>
+    <t>Фамилия, имя, отчество (при их наличии)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial Cyr"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="2"/>
       <charset val="204"/>
     </font>
     <font>
@@ -1412,61 +1412,61 @@
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -2068,97 +2068,97 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:BP159"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="1.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="68" width="1.28515625" style="1" customWidth="1"/>
     <col min="69" max="16384" width="1.28515625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:68" s="6" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="5"/>
       <c r="B1" s="5"/>
       <c r="AX1" s="122" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="AY1" s="122"/>
       <c r="AZ1" s="122"/>
       <c r="BA1" s="122"/>
       <c r="BB1" s="122"/>
       <c r="BC1" s="122"/>
       <c r="BD1" s="122"/>
       <c r="BE1" s="122"/>
       <c r="BF1" s="122"/>
       <c r="BG1" s="122"/>
       <c r="BH1" s="122"/>
       <c r="BI1" s="122"/>
       <c r="BJ1" s="122"/>
       <c r="BK1" s="122"/>
       <c r="BL1" s="122"/>
       <c r="BM1" s="122"/>
       <c r="BN1" s="122"/>
       <c r="BO1" s="122"/>
       <c r="BP1" s="122"/>
     </row>
     <row r="2" spans="1:68" s="6" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="AX2" s="123" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="AY2" s="123"/>
       <c r="AZ2" s="123"/>
       <c r="BA2" s="123"/>
       <c r="BB2" s="123"/>
       <c r="BC2" s="123"/>
       <c r="BD2" s="123"/>
       <c r="BE2" s="123"/>
       <c r="BF2" s="123"/>
       <c r="BG2" s="123"/>
       <c r="BH2" s="123"/>
       <c r="BI2" s="123"/>
       <c r="BJ2" s="123"/>
       <c r="BK2" s="123"/>
       <c r="BL2" s="123"/>
       <c r="BM2" s="123"/>
       <c r="BN2" s="123"/>
       <c r="BO2" s="123"/>
       <c r="BP2" s="123"/>
     </row>
     <row r="3" spans="1:68" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="AX3" s="121" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="AY3" s="121"/>
       <c r="AZ3" s="121"/>
       <c r="BA3" s="121"/>
       <c r="BB3" s="121"/>
       <c r="BC3" s="121"/>
       <c r="BD3" s="121"/>
       <c r="BE3" s="121"/>
       <c r="BF3" s="121"/>
       <c r="BG3" s="121"/>
       <c r="BH3" s="121"/>
       <c r="BI3" s="121"/>
       <c r="BJ3" s="121"/>
       <c r="BK3" s="121"/>
       <c r="BL3" s="121"/>
       <c r="BM3" s="121"/>
       <c r="BN3" s="121"/>
       <c r="BO3" s="121"/>
       <c r="BP3" s="121"/>
     </row>
     <row r="4" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:68" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="BP5" s="3" t="s">
         <v>0</v>
       </c>
@@ -2216,51 +2216,51 @@
       <c r="AU7" s="124"/>
       <c r="AV7" s="124"/>
       <c r="AW7" s="124"/>
       <c r="AX7" s="124"/>
       <c r="AY7" s="124"/>
       <c r="AZ7" s="124"/>
       <c r="BA7" s="124"/>
       <c r="BB7" s="124"/>
       <c r="BC7" s="124"/>
       <c r="BD7" s="124"/>
       <c r="BE7" s="124"/>
       <c r="BF7" s="124"/>
       <c r="BG7" s="124"/>
       <c r="BH7" s="124"/>
       <c r="BI7" s="124"/>
       <c r="BJ7" s="124"/>
       <c r="BK7" s="124"/>
       <c r="BL7" s="124"/>
       <c r="BM7" s="124"/>
       <c r="BN7" s="124"/>
       <c r="BO7" s="124"/>
       <c r="BP7" s="124"/>
     </row>
     <row r="8" spans="1:68" s="7" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="125" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B8" s="124"/>
       <c r="C8" s="124"/>
       <c r="D8" s="124"/>
       <c r="E8" s="124"/>
       <c r="F8" s="124"/>
       <c r="G8" s="124"/>
       <c r="H8" s="124"/>
       <c r="I8" s="124"/>
       <c r="J8" s="124"/>
       <c r="K8" s="124"/>
       <c r="L8" s="124"/>
       <c r="M8" s="124"/>
       <c r="N8" s="124"/>
       <c r="O8" s="124"/>
       <c r="P8" s="124"/>
       <c r="Q8" s="124"/>
       <c r="R8" s="124"/>
       <c r="S8" s="124"/>
       <c r="T8" s="124"/>
       <c r="U8" s="124"/>
       <c r="V8" s="124"/>
       <c r="W8" s="124"/>
       <c r="X8" s="124"/>
       <c r="Y8" s="124"/>
@@ -2513,51 +2513,51 @@
       <c r="AU16" s="87"/>
       <c r="AV16" s="87"/>
       <c r="AW16" s="87"/>
       <c r="AX16" s="87"/>
       <c r="AY16" s="87"/>
       <c r="AZ16" s="87"/>
       <c r="BA16" s="87"/>
       <c r="BB16" s="87"/>
       <c r="BC16" s="87"/>
       <c r="BD16" s="87"/>
       <c r="BE16" s="87"/>
       <c r="BF16" s="87"/>
       <c r="BG16" s="87"/>
       <c r="BH16" s="87"/>
       <c r="BI16" s="87"/>
       <c r="BJ16" s="87"/>
       <c r="BK16" s="87"/>
       <c r="BL16" s="87"/>
       <c r="BM16" s="103"/>
       <c r="BN16" s="104"/>
       <c r="BO16" s="104"/>
       <c r="BP16" s="104"/>
     </row>
     <row r="17" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="117" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B17" s="117"/>
       <c r="C17" s="117"/>
       <c r="D17" s="117"/>
       <c r="E17" s="117"/>
       <c r="F17" s="117"/>
       <c r="G17" s="117"/>
       <c r="H17" s="117"/>
       <c r="I17" s="117"/>
       <c r="J17" s="117"/>
       <c r="K17" s="117"/>
       <c r="L17" s="117"/>
       <c r="M17" s="117"/>
       <c r="N17" s="117"/>
       <c r="O17" s="117"/>
       <c r="P17" s="117"/>
       <c r="Q17" s="117"/>
       <c r="R17" s="117"/>
       <c r="S17" s="117"/>
       <c r="T17" s="117"/>
       <c r="U17" s="117"/>
       <c r="V17" s="117"/>
       <c r="W17" s="117"/>
       <c r="X17" s="117"/>
       <c r="Y17" s="117"/>
@@ -2585,148 +2585,148 @@
       <c r="AU17" s="117"/>
       <c r="AV17" s="117"/>
       <c r="AW17" s="117"/>
       <c r="AX17" s="117"/>
       <c r="AY17" s="117"/>
       <c r="AZ17" s="117"/>
       <c r="BA17" s="117"/>
       <c r="BB17" s="117"/>
       <c r="BC17" s="117"/>
       <c r="BD17" s="117"/>
       <c r="BE17" s="117"/>
       <c r="BF17" s="117"/>
       <c r="BG17" s="117"/>
       <c r="BH17" s="117"/>
       <c r="BI17" s="117"/>
       <c r="BJ17" s="117"/>
       <c r="BK17" s="117"/>
       <c r="BL17" s="117"/>
       <c r="BM17" s="129"/>
       <c r="BN17" s="129"/>
       <c r="BO17" s="129"/>
       <c r="BP17" s="129"/>
     </row>
     <row r="18" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="43" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B18" s="43"/>
       <c r="C18" s="43"/>
       <c r="D18" s="43"/>
       <c r="E18" s="43"/>
       <c r="F18" s="43"/>
       <c r="G18" s="43"/>
       <c r="H18" s="43"/>
       <c r="I18" s="43"/>
       <c r="J18" s="43"/>
       <c r="K18" s="43"/>
       <c r="L18" s="43"/>
       <c r="M18" s="43"/>
       <c r="N18" s="43"/>
       <c r="O18" s="43"/>
       <c r="P18" s="43"/>
       <c r="Q18" s="43"/>
       <c r="R18" s="43"/>
       <c r="S18" s="43"/>
       <c r="T18" s="43"/>
       <c r="U18" s="43"/>
       <c r="V18" s="43"/>
       <c r="W18" s="43"/>
       <c r="X18" s="43"/>
       <c r="Y18" s="43"/>
       <c r="Z18" s="43"/>
       <c r="AA18" s="43"/>
       <c r="AB18" s="43"/>
       <c r="AC18" s="43"/>
       <c r="AD18" s="43"/>
       <c r="AE18" s="43"/>
       <c r="AF18" s="43"/>
       <c r="AG18" s="43"/>
       <c r="AH18" s="43"/>
       <c r="AI18" s="43"/>
       <c r="AJ18" s="43"/>
       <c r="AK18" s="43"/>
       <c r="AL18" s="43"/>
       <c r="AM18" s="43"/>
       <c r="BC18" s="17" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="BD18" s="87" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="BE18" s="87"/>
       <c r="BF18" s="103" t="s">
         <v>8</v>
       </c>
       <c r="BG18" s="104"/>
       <c r="BH18" s="104"/>
       <c r="BI18" s="104"/>
       <c r="BJ18" s="87" t="s">
         <v>9</v>
       </c>
       <c r="BK18" s="87"/>
       <c r="BL18" s="13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="11"/>
     </row>
     <row r="20" spans="1:68" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="90"/>
       <c r="B20" s="91"/>
       <c r="D20" s="127" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="E20" s="127"/>
       <c r="F20" s="127"/>
       <c r="G20" s="127"/>
       <c r="H20" s="127"/>
       <c r="I20" s="127"/>
       <c r="J20" s="127"/>
       <c r="K20" s="127"/>
       <c r="L20" s="127"/>
       <c r="M20" s="127"/>
       <c r="N20" s="127"/>
       <c r="O20" s="127"/>
       <c r="P20" s="127"/>
       <c r="Q20" s="127"/>
       <c r="R20" s="127"/>
       <c r="S20" s="127"/>
       <c r="T20" s="127"/>
       <c r="U20" s="127"/>
       <c r="V20" s="127"/>
       <c r="W20" s="127"/>
       <c r="X20" s="127"/>
       <c r="Y20" s="127"/>
       <c r="Z20" s="127"/>
       <c r="AA20" s="127"/>
       <c r="AB20" s="127"/>
       <c r="AD20" s="90"/>
       <c r="AE20" s="91"/>
       <c r="AG20" s="128" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="AH20" s="128"/>
       <c r="AI20" s="128"/>
       <c r="AJ20" s="128"/>
       <c r="AK20" s="128"/>
       <c r="AL20" s="128"/>
       <c r="AM20" s="128"/>
       <c r="AN20" s="128"/>
       <c r="AO20" s="128"/>
       <c r="AP20" s="128"/>
       <c r="AQ20" s="128"/>
       <c r="AR20" s="128"/>
       <c r="AS20" s="128"/>
       <c r="AT20" s="128"/>
       <c r="AU20" s="128"/>
       <c r="AV20" s="128"/>
       <c r="AW20" s="128"/>
       <c r="AX20" s="128"/>
       <c r="AY20" s="128"/>
       <c r="AZ20" s="128"/>
       <c r="BA20" s="128"/>
       <c r="BB20" s="128"/>
       <c r="BC20" s="128"/>
       <c r="BD20" s="128"/>
       <c r="BE20" s="128"/>
@@ -2786,80 +2786,80 @@
       <c r="AW21" s="128"/>
       <c r="AX21" s="128"/>
       <c r="AY21" s="128"/>
       <c r="AZ21" s="128"/>
       <c r="BA21" s="128"/>
       <c r="BB21" s="128"/>
       <c r="BC21" s="128"/>
       <c r="BD21" s="128"/>
       <c r="BE21" s="128"/>
       <c r="BF21" s="128"/>
       <c r="BG21" s="128"/>
       <c r="BH21" s="128"/>
       <c r="BI21" s="128"/>
       <c r="BJ21" s="128"/>
       <c r="BK21" s="128"/>
       <c r="BL21" s="128"/>
       <c r="BM21" s="128"/>
       <c r="BN21" s="128"/>
       <c r="BO21" s="128"/>
       <c r="BP21" s="128"/>
     </row>
     <row r="22" spans="1:68" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="90"/>
       <c r="B22" s="91"/>
       <c r="D22" s="127" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E22" s="127"/>
       <c r="F22" s="127"/>
       <c r="G22" s="127"/>
       <c r="H22" s="127"/>
       <c r="I22" s="127"/>
       <c r="J22" s="127"/>
       <c r="K22" s="127"/>
       <c r="L22" s="127"/>
       <c r="M22" s="127"/>
       <c r="N22" s="127"/>
       <c r="O22" s="127"/>
       <c r="P22" s="127"/>
       <c r="Q22" s="127"/>
       <c r="R22" s="127"/>
       <c r="S22" s="127"/>
       <c r="T22" s="127"/>
       <c r="U22" s="127"/>
       <c r="V22" s="127"/>
       <c r="W22" s="127"/>
       <c r="X22" s="127"/>
       <c r="Y22" s="127"/>
       <c r="Z22" s="127"/>
       <c r="AA22" s="127"/>
       <c r="AB22" s="127"/>
       <c r="AD22" s="90"/>
       <c r="AE22" s="91"/>
       <c r="AG22" s="127" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="AH22" s="127"/>
       <c r="AI22" s="127"/>
       <c r="AJ22" s="127"/>
       <c r="AK22" s="127"/>
       <c r="AL22" s="127"/>
       <c r="AM22" s="127"/>
       <c r="AN22" s="127"/>
       <c r="AO22" s="127"/>
       <c r="AP22" s="127"/>
       <c r="AQ22" s="127"/>
       <c r="AR22" s="127"/>
       <c r="AS22" s="127"/>
       <c r="AT22" s="127"/>
       <c r="AU22" s="127"/>
       <c r="AV22" s="127"/>
       <c r="AW22" s="127"/>
       <c r="AX22" s="127"/>
       <c r="AY22" s="127"/>
       <c r="AZ22" s="127"/>
       <c r="BA22" s="127"/>
       <c r="BB22" s="127"/>
       <c r="BC22" s="127"/>
       <c r="BD22" s="127"/>
       <c r="BE22" s="127"/>
@@ -2883,80 +2883,80 @@
       <c r="G23" s="24"/>
       <c r="H23" s="24"/>
       <c r="I23" s="24"/>
       <c r="J23" s="24"/>
       <c r="K23" s="24"/>
       <c r="L23" s="24"/>
       <c r="M23" s="24"/>
       <c r="N23" s="24"/>
       <c r="O23" s="24"/>
       <c r="P23" s="24"/>
       <c r="Q23" s="24"/>
       <c r="R23" s="24"/>
       <c r="S23" s="24"/>
       <c r="T23" s="24"/>
       <c r="U23" s="24"/>
       <c r="V23" s="24"/>
       <c r="W23" s="24"/>
       <c r="X23" s="24"/>
       <c r="Y23" s="24"/>
       <c r="Z23" s="20"/>
     </row>
     <row r="24" spans="1:68" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="90"/>
       <c r="B24" s="91"/>
       <c r="D24" s="128" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="E24" s="128"/>
       <c r="F24" s="128"/>
       <c r="G24" s="128"/>
       <c r="H24" s="128"/>
       <c r="I24" s="128"/>
       <c r="J24" s="128"/>
       <c r="K24" s="128"/>
       <c r="L24" s="128"/>
       <c r="M24" s="128"/>
       <c r="N24" s="128"/>
       <c r="O24" s="128"/>
       <c r="P24" s="128"/>
       <c r="Q24" s="128"/>
       <c r="R24" s="128"/>
       <c r="S24" s="128"/>
       <c r="T24" s="128"/>
       <c r="U24" s="128"/>
       <c r="V24" s="128"/>
       <c r="W24" s="128"/>
       <c r="X24" s="128"/>
       <c r="Y24" s="128"/>
       <c r="Z24" s="128"/>
       <c r="AA24" s="128"/>
       <c r="AB24" s="128"/>
       <c r="AD24" s="90"/>
       <c r="AE24" s="91"/>
       <c r="AG24" s="127" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="AH24" s="127"/>
       <c r="AI24" s="127"/>
       <c r="AJ24" s="127"/>
       <c r="AK24" s="127"/>
       <c r="AL24" s="127"/>
       <c r="AM24" s="127"/>
       <c r="AN24" s="127"/>
       <c r="AO24" s="127"/>
       <c r="AP24" s="127"/>
       <c r="AQ24" s="127"/>
       <c r="AR24" s="127"/>
       <c r="AS24" s="127"/>
       <c r="AT24" s="127"/>
       <c r="AU24" s="127"/>
       <c r="AV24" s="127"/>
       <c r="AW24" s="127"/>
       <c r="AX24" s="127"/>
       <c r="AY24" s="127"/>
       <c r="AZ24" s="127"/>
       <c r="BA24" s="127"/>
       <c r="BB24" s="127"/>
       <c r="BC24" s="127"/>
       <c r="BD24" s="127"/>
       <c r="BE24" s="127"/>
@@ -2982,80 +2982,80 @@
       <c r="I25" s="128"/>
       <c r="J25" s="128"/>
       <c r="K25" s="128"/>
       <c r="L25" s="128"/>
       <c r="M25" s="128"/>
       <c r="N25" s="128"/>
       <c r="O25" s="128"/>
       <c r="P25" s="128"/>
       <c r="Q25" s="128"/>
       <c r="R25" s="128"/>
       <c r="S25" s="128"/>
       <c r="T25" s="128"/>
       <c r="U25" s="128"/>
       <c r="V25" s="128"/>
       <c r="W25" s="128"/>
       <c r="X25" s="128"/>
       <c r="Y25" s="128"/>
       <c r="Z25" s="128"/>
       <c r="AA25" s="128"/>
       <c r="AB25" s="128"/>
     </row>
     <row r="26" spans="1:68" s="6" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="90"/>
       <c r="B26" s="91"/>
       <c r="D26" s="128" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="E26" s="128"/>
       <c r="F26" s="128"/>
       <c r="G26" s="128"/>
       <c r="H26" s="128"/>
       <c r="I26" s="128"/>
       <c r="J26" s="128"/>
       <c r="K26" s="128"/>
       <c r="L26" s="128"/>
       <c r="M26" s="128"/>
       <c r="N26" s="128"/>
       <c r="O26" s="128"/>
       <c r="P26" s="128"/>
       <c r="Q26" s="128"/>
       <c r="R26" s="128"/>
       <c r="S26" s="128"/>
       <c r="T26" s="128"/>
       <c r="U26" s="128"/>
       <c r="V26" s="128"/>
       <c r="W26" s="128"/>
       <c r="X26" s="128"/>
       <c r="Y26" s="128"/>
       <c r="Z26" s="128"/>
       <c r="AA26" s="128"/>
       <c r="AB26" s="128"/>
       <c r="AD26" s="90"/>
       <c r="AE26" s="91"/>
       <c r="AG26" s="127" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="AH26" s="127"/>
       <c r="AI26" s="127"/>
       <c r="AJ26" s="127"/>
       <c r="AK26" s="127"/>
       <c r="AL26" s="127"/>
       <c r="AM26" s="127"/>
       <c r="AN26" s="127"/>
       <c r="AO26" s="127"/>
       <c r="AP26" s="127"/>
       <c r="AQ26" s="127"/>
       <c r="AR26" s="127"/>
       <c r="AS26" s="127"/>
       <c r="AT26" s="127"/>
       <c r="AU26" s="127"/>
       <c r="AV26" s="127"/>
       <c r="AW26" s="127"/>
       <c r="AX26" s="127"/>
       <c r="AY26" s="127"/>
       <c r="AZ26" s="127"/>
       <c r="BA26" s="127"/>
       <c r="BB26" s="127"/>
       <c r="BC26" s="127"/>
       <c r="BD26" s="127"/>
       <c r="BE26" s="127"/>
@@ -3105,51 +3105,51 @@
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="24"/>
       <c r="K28" s="24"/>
       <c r="L28" s="24"/>
       <c r="M28" s="24"/>
       <c r="N28" s="24"/>
       <c r="O28" s="24"/>
       <c r="P28" s="24"/>
       <c r="Q28" s="24"/>
       <c r="R28" s="24"/>
       <c r="S28" s="24"/>
       <c r="T28" s="24"/>
       <c r="U28" s="24"/>
       <c r="V28" s="24"/>
       <c r="W28" s="24"/>
       <c r="X28" s="24"/>
       <c r="Y28" s="24"/>
       <c r="Z28" s="20"/>
     </row>
     <row r="29" spans="1:68" s="2" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="116" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B29" s="116"/>
       <c r="C29" s="116"/>
       <c r="D29" s="116"/>
       <c r="E29" s="116"/>
       <c r="F29" s="116"/>
       <c r="G29" s="116"/>
       <c r="H29" s="116"/>
       <c r="I29" s="116"/>
       <c r="J29" s="116"/>
       <c r="K29" s="116"/>
       <c r="L29" s="116"/>
       <c r="M29" s="116"/>
       <c r="N29" s="116"/>
       <c r="O29" s="116"/>
       <c r="P29" s="116"/>
       <c r="Q29" s="116"/>
       <c r="R29" s="116"/>
       <c r="S29" s="116"/>
       <c r="T29" s="116"/>
       <c r="U29" s="116"/>
       <c r="V29" s="116"/>
       <c r="W29" s="116"/>
       <c r="X29" s="116"/>
       <c r="Y29" s="116"/>
@@ -3319,51 +3319,51 @@
       <c r="AU31" s="117"/>
       <c r="AV31" s="117"/>
       <c r="AW31" s="117"/>
       <c r="AX31" s="117"/>
       <c r="AY31" s="117"/>
       <c r="AZ31" s="117"/>
       <c r="BA31" s="117"/>
       <c r="BB31" s="117"/>
       <c r="BC31" s="117"/>
       <c r="BD31" s="117"/>
       <c r="BE31" s="117"/>
       <c r="BF31" s="117"/>
       <c r="BG31" s="117"/>
       <c r="BH31" s="117"/>
       <c r="BI31" s="117"/>
       <c r="BJ31" s="117"/>
       <c r="BK31" s="117"/>
       <c r="BL31" s="117"/>
       <c r="BM31" s="117"/>
       <c r="BN31" s="117"/>
       <c r="BO31" s="117"/>
       <c r="BP31" s="117"/>
     </row>
     <row r="32" spans="1:68" s="44" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A32" s="44" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:68" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11"/>
     </row>
     <row r="34" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="87"/>
       <c r="B34" s="87"/>
       <c r="C34" s="87"/>
       <c r="D34" s="87"/>
       <c r="E34" s="87"/>
       <c r="F34" s="87"/>
       <c r="G34" s="87"/>
       <c r="H34" s="87"/>
       <c r="I34" s="87"/>
       <c r="J34" s="87"/>
       <c r="K34" s="87"/>
       <c r="L34" s="87"/>
       <c r="M34" s="87"/>
       <c r="N34" s="87"/>
       <c r="O34" s="87"/>
       <c r="P34" s="87"/>
       <c r="Q34" s="87"/>
       <c r="R34" s="87"/>
       <c r="S34" s="87"/>
@@ -3543,51 +3543,51 @@
       <c r="AU38" s="87"/>
       <c r="AV38" s="87"/>
       <c r="AW38" s="87"/>
       <c r="AX38" s="87"/>
       <c r="AY38" s="87"/>
       <c r="AZ38" s="87"/>
       <c r="BA38" s="87"/>
       <c r="BB38" s="87"/>
       <c r="BC38" s="87"/>
       <c r="BD38" s="87"/>
       <c r="BE38" s="87"/>
       <c r="BF38" s="87"/>
       <c r="BG38" s="87"/>
       <c r="BH38" s="87"/>
       <c r="BI38" s="87"/>
       <c r="BJ38" s="87"/>
       <c r="BK38" s="87"/>
       <c r="BL38" s="87"/>
       <c r="BM38" s="87"/>
       <c r="BN38" s="87"/>
       <c r="BO38" s="87"/>
       <c r="BP38" s="87"/>
     </row>
     <row r="39" spans="1:68" s="18" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="126" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B39" s="126"/>
       <c r="C39" s="126"/>
       <c r="D39" s="126"/>
       <c r="E39" s="126"/>
       <c r="F39" s="126"/>
       <c r="G39" s="126"/>
       <c r="H39" s="126"/>
       <c r="I39" s="126"/>
       <c r="J39" s="126"/>
       <c r="K39" s="126"/>
       <c r="L39" s="126"/>
       <c r="M39" s="126"/>
       <c r="N39" s="126"/>
       <c r="O39" s="126"/>
       <c r="P39" s="126"/>
       <c r="Q39" s="126"/>
       <c r="R39" s="126"/>
       <c r="S39" s="126"/>
       <c r="T39" s="126"/>
       <c r="U39" s="126"/>
       <c r="V39" s="126"/>
       <c r="W39" s="126"/>
       <c r="X39" s="126"/>
       <c r="Y39" s="126"/>
@@ -3685,51 +3685,51 @@
       <c r="AU40" s="80"/>
       <c r="AV40" s="80"/>
       <c r="AW40" s="80"/>
       <c r="AX40" s="80"/>
       <c r="AY40" s="80"/>
       <c r="AZ40" s="80"/>
       <c r="BA40" s="80"/>
       <c r="BB40" s="80"/>
       <c r="BC40" s="80"/>
       <c r="BD40" s="80"/>
       <c r="BE40" s="80"/>
       <c r="BF40" s="80"/>
       <c r="BG40" s="80"/>
       <c r="BH40" s="80"/>
       <c r="BI40" s="80"/>
       <c r="BJ40" s="80"/>
       <c r="BK40" s="80"/>
       <c r="BL40" s="80"/>
       <c r="BM40" s="80"/>
       <c r="BN40" s="80"/>
       <c r="BO40" s="80"/>
       <c r="BP40" s="80"/>
     </row>
     <row r="41" spans="1:68" s="18" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="126" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B41" s="126"/>
       <c r="C41" s="126"/>
       <c r="D41" s="126"/>
       <c r="E41" s="126"/>
       <c r="F41" s="126"/>
       <c r="G41" s="126"/>
       <c r="H41" s="126"/>
       <c r="I41" s="126"/>
       <c r="J41" s="126"/>
       <c r="K41" s="126"/>
       <c r="L41" s="126"/>
       <c r="M41" s="126"/>
       <c r="N41" s="126"/>
       <c r="O41" s="126"/>
       <c r="P41" s="126"/>
       <c r="Q41" s="126"/>
       <c r="R41" s="126"/>
       <c r="S41" s="126"/>
       <c r="T41" s="126"/>
       <c r="U41" s="126"/>
       <c r="V41" s="126"/>
       <c r="W41" s="126"/>
       <c r="X41" s="126"/>
       <c r="Y41" s="126"/>
@@ -3827,51 +3827,51 @@
       <c r="AU42" s="80"/>
       <c r="AV42" s="80"/>
       <c r="AW42" s="80"/>
       <c r="AX42" s="80"/>
       <c r="AY42" s="80"/>
       <c r="AZ42" s="80"/>
       <c r="BA42" s="80"/>
       <c r="BB42" s="80"/>
       <c r="BC42" s="80"/>
       <c r="BD42" s="80"/>
       <c r="BE42" s="80"/>
       <c r="BF42" s="80"/>
       <c r="BG42" s="80"/>
       <c r="BH42" s="80"/>
       <c r="BI42" s="80"/>
       <c r="BJ42" s="80"/>
       <c r="BK42" s="80"/>
       <c r="BL42" s="80"/>
       <c r="BM42" s="80"/>
       <c r="BN42" s="80"/>
       <c r="BO42" s="80"/>
       <c r="BP42" s="80"/>
     </row>
     <row r="43" spans="1:68" s="18" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="126" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B43" s="126"/>
       <c r="C43" s="126"/>
       <c r="D43" s="126"/>
       <c r="E43" s="126"/>
       <c r="F43" s="126"/>
       <c r="G43" s="126"/>
       <c r="H43" s="126"/>
       <c r="I43" s="126"/>
       <c r="J43" s="126"/>
       <c r="K43" s="126"/>
       <c r="L43" s="126"/>
       <c r="M43" s="126"/>
       <c r="N43" s="126"/>
       <c r="O43" s="126"/>
       <c r="P43" s="126"/>
       <c r="Q43" s="126"/>
       <c r="R43" s="126"/>
       <c r="S43" s="126"/>
       <c r="T43" s="126"/>
       <c r="U43" s="126"/>
       <c r="V43" s="126"/>
       <c r="W43" s="126"/>
       <c r="X43" s="126"/>
       <c r="Y43" s="126"/>
@@ -3969,51 +3969,51 @@
       <c r="AU44" s="80"/>
       <c r="AV44" s="80"/>
       <c r="AW44" s="80"/>
       <c r="AX44" s="80"/>
       <c r="AY44" s="80"/>
       <c r="AZ44" s="80"/>
       <c r="BA44" s="80"/>
       <c r="BB44" s="80"/>
       <c r="BC44" s="80"/>
       <c r="BD44" s="80"/>
       <c r="BE44" s="80"/>
       <c r="BF44" s="80"/>
       <c r="BG44" s="80"/>
       <c r="BH44" s="80"/>
       <c r="BI44" s="80"/>
       <c r="BJ44" s="80"/>
       <c r="BK44" s="80"/>
       <c r="BL44" s="80"/>
       <c r="BM44" s="80"/>
       <c r="BN44" s="80"/>
       <c r="BO44" s="80"/>
       <c r="BP44" s="80"/>
     </row>
     <row r="45" spans="1:68" s="18" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="134" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B45" s="134"/>
       <c r="C45" s="134"/>
       <c r="D45" s="134"/>
       <c r="E45" s="134"/>
       <c r="F45" s="134"/>
       <c r="G45" s="134"/>
       <c r="H45" s="134"/>
       <c r="I45" s="134"/>
       <c r="J45" s="134"/>
       <c r="K45" s="134"/>
       <c r="L45" s="134"/>
       <c r="M45" s="134"/>
       <c r="N45" s="134"/>
       <c r="O45" s="134"/>
       <c r="P45" s="134"/>
       <c r="Q45" s="134"/>
       <c r="R45" s="134"/>
       <c r="S45" s="134"/>
       <c r="T45" s="134"/>
       <c r="U45" s="134"/>
       <c r="V45" s="134"/>
       <c r="W45" s="134"/>
       <c r="X45" s="134"/>
       <c r="Y45" s="134"/>
@@ -4063,51 +4063,51 @@
     </row>
     <row r="46" spans="1:68" s="2" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="10"/>
       <c r="B46" s="10"/>
       <c r="C46" s="10"/>
       <c r="D46" s="10"/>
       <c r="E46" s="10"/>
       <c r="F46" s="10"/>
       <c r="G46" s="10"/>
       <c r="H46" s="10"/>
       <c r="I46" s="10"/>
       <c r="J46" s="10"/>
       <c r="K46" s="10"/>
       <c r="L46" s="10"/>
       <c r="M46" s="10"/>
       <c r="N46" s="10"/>
       <c r="O46" s="10"/>
       <c r="P46" s="10"/>
       <c r="Q46" s="10"/>
       <c r="R46" s="10"/>
       <c r="S46" s="10"/>
       <c r="T46" s="10"/>
     </row>
     <row r="47" spans="1:68" s="23" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="130" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B47" s="131"/>
       <c r="C47" s="131"/>
       <c r="D47" s="131"/>
       <c r="E47" s="131"/>
       <c r="F47" s="131"/>
       <c r="G47" s="131"/>
       <c r="H47" s="131"/>
       <c r="I47" s="131"/>
       <c r="J47" s="131"/>
       <c r="K47" s="131"/>
       <c r="L47" s="131"/>
       <c r="M47" s="131"/>
       <c r="N47" s="131"/>
       <c r="O47" s="131"/>
       <c r="P47" s="131"/>
       <c r="Q47" s="131"/>
       <c r="R47" s="131"/>
       <c r="S47" s="131"/>
       <c r="T47" s="131"/>
       <c r="U47" s="131"/>
       <c r="V47" s="131"/>
       <c r="W47" s="131"/>
       <c r="X47" s="131"/>
       <c r="Y47" s="131"/>
@@ -4205,51 +4205,51 @@
       <c r="AU48" s="26"/>
       <c r="AV48" s="26"/>
       <c r="AW48" s="26"/>
       <c r="AX48" s="26"/>
       <c r="AY48" s="26"/>
       <c r="AZ48" s="26"/>
       <c r="BA48" s="26"/>
       <c r="BB48" s="26"/>
       <c r="BC48" s="26"/>
       <c r="BD48" s="26"/>
       <c r="BE48" s="26"/>
       <c r="BF48" s="26"/>
       <c r="BG48" s="26"/>
       <c r="BH48" s="26"/>
       <c r="BI48" s="26"/>
       <c r="BJ48" s="26"/>
       <c r="BK48" s="26"/>
       <c r="BL48" s="26"/>
       <c r="BM48" s="26"/>
       <c r="BN48" s="26"/>
       <c r="BO48" s="26"/>
       <c r="BP48" s="26"/>
     </row>
     <row r="49" spans="1:68" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B49" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C49" s="79"/>
       <c r="D49" s="79"/>
       <c r="E49" s="79"/>
       <c r="F49" s="79"/>
       <c r="G49" s="79"/>
       <c r="H49" s="79"/>
       <c r="I49" s="79"/>
       <c r="J49" s="79"/>
       <c r="K49" s="79"/>
       <c r="L49" s="79"/>
       <c r="M49" s="79"/>
       <c r="N49" s="79"/>
       <c r="O49" s="79"/>
       <c r="P49" s="79"/>
       <c r="Q49" s="79"/>
       <c r="R49" s="79"/>
       <c r="S49" s="79"/>
       <c r="T49" s="79"/>
       <c r="U49" s="79"/>
       <c r="V49" s="79"/>
       <c r="W49" s="79"/>
       <c r="X49" s="79"/>
       <c r="Y49" s="79"/>
       <c r="Z49" s="79"/>
@@ -4346,51 +4346,51 @@
       <c r="AU51" s="80"/>
       <c r="AV51" s="80"/>
       <c r="AW51" s="80"/>
       <c r="AX51" s="80"/>
       <c r="AY51" s="80"/>
       <c r="AZ51" s="80"/>
       <c r="BA51" s="80"/>
       <c r="BB51" s="80"/>
       <c r="BC51" s="80"/>
       <c r="BD51" s="80"/>
       <c r="BE51" s="80"/>
       <c r="BF51" s="80"/>
       <c r="BG51" s="80"/>
       <c r="BH51" s="80"/>
       <c r="BI51" s="80"/>
       <c r="BJ51" s="80"/>
       <c r="BK51" s="80"/>
       <c r="BL51" s="80"/>
       <c r="BM51" s="80"/>
       <c r="BN51" s="80"/>
       <c r="BO51" s="80"/>
       <c r="BP51" s="80"/>
     </row>
     <row r="52" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="117" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B52" s="117"/>
       <c r="C52" s="117"/>
       <c r="D52" s="117"/>
       <c r="E52" s="117"/>
       <c r="F52" s="117"/>
       <c r="G52" s="117"/>
       <c r="H52" s="117"/>
       <c r="I52" s="117"/>
       <c r="J52" s="117"/>
       <c r="K52" s="117"/>
       <c r="L52" s="117"/>
       <c r="M52" s="117"/>
       <c r="N52" s="117"/>
       <c r="O52" s="117"/>
       <c r="P52" s="117"/>
       <c r="Q52" s="117"/>
       <c r="R52" s="117"/>
       <c r="S52" s="117"/>
       <c r="T52" s="117"/>
       <c r="U52" s="117"/>
       <c r="V52" s="117"/>
       <c r="W52" s="117"/>
       <c r="X52" s="117"/>
       <c r="Y52" s="117"/>
@@ -4488,51 +4488,51 @@
       <c r="AU53" s="80"/>
       <c r="AV53" s="80"/>
       <c r="AW53" s="80"/>
       <c r="AX53" s="80"/>
       <c r="AY53" s="80"/>
       <c r="AZ53" s="80"/>
       <c r="BA53" s="80"/>
       <c r="BB53" s="80"/>
       <c r="BC53" s="80"/>
       <c r="BD53" s="80"/>
       <c r="BE53" s="80"/>
       <c r="BF53" s="80"/>
       <c r="BG53" s="80"/>
       <c r="BH53" s="80"/>
       <c r="BI53" s="80"/>
       <c r="BJ53" s="80"/>
       <c r="BK53" s="80"/>
       <c r="BL53" s="80"/>
       <c r="BM53" s="80"/>
       <c r="BN53" s="80"/>
       <c r="BO53" s="80"/>
       <c r="BP53" s="80"/>
     </row>
     <row r="54" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="117" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B54" s="117"/>
       <c r="C54" s="117"/>
       <c r="D54" s="117"/>
       <c r="E54" s="117"/>
       <c r="F54" s="117"/>
       <c r="G54" s="117"/>
       <c r="H54" s="117"/>
       <c r="I54" s="117"/>
       <c r="J54" s="117"/>
       <c r="K54" s="117"/>
       <c r="L54" s="117"/>
       <c r="M54" s="117"/>
       <c r="N54" s="117"/>
       <c r="O54" s="117"/>
       <c r="P54" s="117"/>
       <c r="Q54" s="117"/>
       <c r="R54" s="117"/>
       <c r="S54" s="117"/>
       <c r="T54" s="117"/>
       <c r="U54" s="117"/>
       <c r="V54" s="117"/>
       <c r="W54" s="117"/>
       <c r="X54" s="117"/>
       <c r="Y54" s="117"/>
@@ -4630,51 +4630,51 @@
       <c r="AU55" s="80"/>
       <c r="AV55" s="80"/>
       <c r="AW55" s="80"/>
       <c r="AX55" s="80"/>
       <c r="AY55" s="80"/>
       <c r="AZ55" s="80"/>
       <c r="BA55" s="80"/>
       <c r="BB55" s="80"/>
       <c r="BC55" s="80"/>
       <c r="BD55" s="80"/>
       <c r="BE55" s="80"/>
       <c r="BF55" s="80"/>
       <c r="BG55" s="80"/>
       <c r="BH55" s="80"/>
       <c r="BI55" s="80"/>
       <c r="BJ55" s="80"/>
       <c r="BK55" s="80"/>
       <c r="BL55" s="80"/>
       <c r="BM55" s="80"/>
       <c r="BN55" s="80"/>
       <c r="BO55" s="80"/>
       <c r="BP55" s="80"/>
     </row>
     <row r="56" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="120" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B56" s="120"/>
       <c r="C56" s="120"/>
       <c r="D56" s="120"/>
       <c r="E56" s="120"/>
       <c r="F56" s="120"/>
       <c r="G56" s="120"/>
       <c r="H56" s="120"/>
       <c r="I56" s="120"/>
       <c r="J56" s="120"/>
       <c r="K56" s="120"/>
       <c r="L56" s="120"/>
       <c r="M56" s="120"/>
       <c r="N56" s="120"/>
       <c r="O56" s="120"/>
       <c r="P56" s="120"/>
       <c r="Q56" s="120"/>
       <c r="R56" s="120"/>
       <c r="S56" s="120"/>
       <c r="T56" s="120"/>
       <c r="U56" s="120"/>
       <c r="V56" s="120"/>
       <c r="W56" s="120"/>
       <c r="X56" s="120"/>
       <c r="Y56" s="120"/>
@@ -4772,51 +4772,51 @@
       <c r="AU57" s="80"/>
       <c r="AV57" s="80"/>
       <c r="AW57" s="80"/>
       <c r="AX57" s="80"/>
       <c r="AY57" s="80"/>
       <c r="AZ57" s="80"/>
       <c r="BA57" s="80"/>
       <c r="BB57" s="80"/>
       <c r="BC57" s="80"/>
       <c r="BD57" s="80"/>
       <c r="BE57" s="80"/>
       <c r="BF57" s="80"/>
       <c r="BG57" s="80"/>
       <c r="BH57" s="80"/>
       <c r="BI57" s="80"/>
       <c r="BJ57" s="80"/>
       <c r="BK57" s="80"/>
       <c r="BL57" s="80"/>
       <c r="BM57" s="80"/>
       <c r="BN57" s="80"/>
       <c r="BO57" s="80"/>
       <c r="BP57" s="80"/>
     </row>
     <row r="58" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="117" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B58" s="117"/>
       <c r="C58" s="117"/>
       <c r="D58" s="117"/>
       <c r="E58" s="117"/>
       <c r="F58" s="117"/>
       <c r="G58" s="117"/>
       <c r="H58" s="117"/>
       <c r="I58" s="117"/>
       <c r="J58" s="117"/>
       <c r="K58" s="117"/>
       <c r="L58" s="117"/>
       <c r="M58" s="117"/>
       <c r="N58" s="117"/>
       <c r="O58" s="117"/>
       <c r="P58" s="117"/>
       <c r="Q58" s="117"/>
       <c r="R58" s="117"/>
       <c r="S58" s="117"/>
       <c r="T58" s="117"/>
       <c r="U58" s="117"/>
       <c r="V58" s="117"/>
       <c r="W58" s="117"/>
       <c r="X58" s="117"/>
       <c r="Y58" s="117"/>
@@ -4914,51 +4914,51 @@
       <c r="AU59" s="80"/>
       <c r="AV59" s="80"/>
       <c r="AW59" s="80"/>
       <c r="AX59" s="80"/>
       <c r="AY59" s="80"/>
       <c r="AZ59" s="80"/>
       <c r="BA59" s="80"/>
       <c r="BB59" s="80"/>
       <c r="BC59" s="80"/>
       <c r="BD59" s="80"/>
       <c r="BE59" s="80"/>
       <c r="BF59" s="80"/>
       <c r="BG59" s="80"/>
       <c r="BH59" s="80"/>
       <c r="BI59" s="80"/>
       <c r="BJ59" s="80"/>
       <c r="BK59" s="80"/>
       <c r="BL59" s="80"/>
       <c r="BM59" s="80"/>
       <c r="BN59" s="80"/>
       <c r="BO59" s="80"/>
       <c r="BP59" s="80"/>
     </row>
     <row r="60" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="117" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B60" s="117"/>
       <c r="C60" s="117"/>
       <c r="D60" s="117"/>
       <c r="E60" s="117"/>
       <c r="F60" s="117"/>
       <c r="G60" s="117"/>
       <c r="H60" s="117"/>
       <c r="I60" s="117"/>
       <c r="J60" s="117"/>
       <c r="K60" s="117"/>
       <c r="L60" s="117"/>
       <c r="M60" s="117"/>
       <c r="N60" s="117"/>
       <c r="O60" s="117"/>
       <c r="P60" s="117"/>
       <c r="Q60" s="117"/>
       <c r="R60" s="117"/>
       <c r="S60" s="117"/>
       <c r="T60" s="117"/>
       <c r="U60" s="117"/>
       <c r="V60" s="117"/>
       <c r="W60" s="117"/>
       <c r="X60" s="117"/>
       <c r="Y60" s="117"/>
@@ -5056,51 +5056,51 @@
       <c r="AU61" s="80"/>
       <c r="AV61" s="80"/>
       <c r="AW61" s="80"/>
       <c r="AX61" s="80"/>
       <c r="AY61" s="80"/>
       <c r="AZ61" s="80"/>
       <c r="BA61" s="80"/>
       <c r="BB61" s="80"/>
       <c r="BC61" s="80"/>
       <c r="BD61" s="80"/>
       <c r="BE61" s="80"/>
       <c r="BF61" s="80"/>
       <c r="BG61" s="80"/>
       <c r="BH61" s="80"/>
       <c r="BI61" s="80"/>
       <c r="BJ61" s="80"/>
       <c r="BK61" s="80"/>
       <c r="BL61" s="80"/>
       <c r="BM61" s="80"/>
       <c r="BN61" s="80"/>
       <c r="BO61" s="80"/>
       <c r="BP61" s="80"/>
     </row>
     <row r="62" spans="1:68" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="117" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B62" s="117"/>
       <c r="C62" s="117"/>
       <c r="D62" s="117"/>
       <c r="E62" s="117"/>
       <c r="F62" s="117"/>
       <c r="G62" s="117"/>
       <c r="H62" s="117"/>
       <c r="I62" s="117"/>
       <c r="J62" s="117"/>
       <c r="K62" s="117"/>
       <c r="L62" s="117"/>
       <c r="M62" s="117"/>
       <c r="N62" s="117"/>
       <c r="O62" s="117"/>
       <c r="P62" s="117"/>
       <c r="Q62" s="117"/>
       <c r="R62" s="117"/>
       <c r="S62" s="117"/>
       <c r="T62" s="117"/>
       <c r="U62" s="117"/>
       <c r="V62" s="117"/>
       <c r="W62" s="117"/>
       <c r="X62" s="117"/>
       <c r="Y62" s="117"/>
@@ -5128,51 +5128,51 @@
       <c r="AU62" s="117"/>
       <c r="AV62" s="117"/>
       <c r="AW62" s="117"/>
       <c r="AX62" s="117"/>
       <c r="AY62" s="117"/>
       <c r="AZ62" s="117"/>
       <c r="BA62" s="117"/>
       <c r="BB62" s="117"/>
       <c r="BC62" s="117"/>
       <c r="BD62" s="117"/>
       <c r="BE62" s="117"/>
       <c r="BF62" s="117"/>
       <c r="BG62" s="117"/>
       <c r="BH62" s="117"/>
       <c r="BI62" s="117"/>
       <c r="BJ62" s="117"/>
       <c r="BK62" s="117"/>
       <c r="BL62" s="117"/>
       <c r="BM62" s="117"/>
       <c r="BN62" s="117"/>
       <c r="BO62" s="117"/>
       <c r="BP62" s="117"/>
     </row>
     <row r="63" spans="1:68" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="132" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B63" s="132"/>
       <c r="C63" s="132"/>
       <c r="D63" s="132"/>
       <c r="E63" s="132"/>
       <c r="F63" s="132"/>
       <c r="G63" s="132"/>
       <c r="H63" s="132"/>
       <c r="I63" s="132"/>
       <c r="J63" s="132"/>
       <c r="K63" s="132"/>
       <c r="L63" s="132"/>
       <c r="M63" s="132"/>
       <c r="N63" s="132"/>
       <c r="O63" s="132"/>
       <c r="P63" s="132"/>
       <c r="Q63" s="132"/>
       <c r="R63" s="133"/>
       <c r="S63" s="80"/>
       <c r="T63" s="80"/>
       <c r="U63" s="80"/>
       <c r="V63" s="80"/>
       <c r="W63" s="80"/>
       <c r="X63" s="80"/>
       <c r="Y63" s="80"/>
@@ -5200,51 +5200,51 @@
       <c r="AU63" s="80"/>
       <c r="AV63" s="80"/>
       <c r="AW63" s="80"/>
       <c r="AX63" s="80"/>
       <c r="AY63" s="80"/>
       <c r="AZ63" s="80"/>
       <c r="BA63" s="80"/>
       <c r="BB63" s="80"/>
       <c r="BC63" s="80"/>
       <c r="BD63" s="80"/>
       <c r="BE63" s="80"/>
       <c r="BF63" s="80"/>
       <c r="BG63" s="80"/>
       <c r="BH63" s="80"/>
       <c r="BI63" s="80"/>
       <c r="BJ63" s="80"/>
       <c r="BK63" s="80"/>
       <c r="BL63" s="80"/>
       <c r="BM63" s="80"/>
       <c r="BN63" s="80"/>
       <c r="BO63" s="80"/>
       <c r="BP63" s="80"/>
     </row>
     <row r="64" spans="1:68" s="2" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="119" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B64" s="119"/>
       <c r="C64" s="119"/>
       <c r="D64" s="119"/>
       <c r="E64" s="119"/>
       <c r="F64" s="119"/>
       <c r="G64" s="119"/>
       <c r="H64" s="119"/>
       <c r="I64" s="119"/>
       <c r="J64" s="119"/>
       <c r="K64" s="119"/>
       <c r="L64" s="119"/>
       <c r="M64" s="119"/>
       <c r="N64" s="119"/>
       <c r="O64" s="119"/>
       <c r="P64" s="119"/>
       <c r="Q64" s="119"/>
       <c r="R64" s="119"/>
       <c r="S64" s="119"/>
       <c r="T64" s="119"/>
       <c r="U64" s="119"/>
       <c r="V64" s="119"/>
       <c r="W64" s="119"/>
       <c r="X64" s="119"/>
       <c r="Y64" s="119"/>
@@ -5275,51 +5275,51 @@
       <c r="AX64" s="119"/>
       <c r="AY64" s="119"/>
       <c r="AZ64" s="119"/>
       <c r="BA64" s="119"/>
       <c r="BB64" s="119"/>
       <c r="BC64" s="119"/>
       <c r="BD64" s="119"/>
       <c r="BE64" s="119"/>
       <c r="BF64" s="119"/>
       <c r="BG64" s="119"/>
       <c r="BH64" s="119"/>
       <c r="BI64" s="119"/>
       <c r="BJ64" s="119"/>
       <c r="BK64" s="119"/>
       <c r="BL64" s="119"/>
       <c r="BM64" s="119"/>
       <c r="BN64" s="119"/>
       <c r="BO64" s="119"/>
       <c r="BP64" s="119"/>
     </row>
     <row r="65" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="31"/>
     </row>
     <row r="66" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="110" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B66" s="110"/>
       <c r="C66" s="110"/>
       <c r="D66" s="110"/>
       <c r="E66" s="110"/>
       <c r="F66" s="110"/>
       <c r="G66" s="110"/>
       <c r="H66" s="110"/>
       <c r="I66" s="110"/>
       <c r="J66" s="110"/>
       <c r="K66" s="110"/>
       <c r="L66" s="111"/>
       <c r="M66" s="87"/>
       <c r="N66" s="87"/>
       <c r="O66" s="87"/>
       <c r="P66" s="87"/>
       <c r="Q66" s="87"/>
       <c r="R66" s="87"/>
       <c r="S66" s="87"/>
       <c r="T66" s="87"/>
       <c r="U66" s="87"/>
       <c r="V66" s="87"/>
       <c r="W66" s="87"/>
       <c r="X66" s="87"/>
       <c r="Y66" s="87"/>
@@ -5350,51 +5350,51 @@
       <c r="AX66" s="87"/>
       <c r="AY66" s="87"/>
       <c r="AZ66" s="87"/>
       <c r="BA66" s="87"/>
       <c r="BB66" s="87"/>
       <c r="BC66" s="87"/>
       <c r="BD66" s="87"/>
       <c r="BE66" s="87"/>
       <c r="BF66" s="87"/>
       <c r="BG66" s="87"/>
       <c r="BH66" s="87"/>
       <c r="BI66" s="87"/>
       <c r="BJ66" s="87"/>
       <c r="BK66" s="87"/>
       <c r="BL66" s="87"/>
       <c r="BM66" s="87"/>
       <c r="BN66" s="87"/>
       <c r="BO66" s="87"/>
       <c r="BP66" s="87"/>
     </row>
     <row r="67" spans="1:68" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="31"/>
     </row>
     <row r="68" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="110" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B68" s="110"/>
       <c r="C68" s="110"/>
       <c r="D68" s="110"/>
       <c r="E68" s="110"/>
       <c r="F68" s="110"/>
       <c r="G68" s="110"/>
       <c r="H68" s="110"/>
       <c r="I68" s="110"/>
       <c r="J68" s="110"/>
       <c r="K68" s="110"/>
       <c r="L68" s="111"/>
       <c r="M68" s="87"/>
       <c r="N68" s="87"/>
       <c r="O68" s="87"/>
       <c r="P68" s="87"/>
       <c r="Q68" s="87"/>
       <c r="R68" s="87"/>
       <c r="S68" s="87"/>
       <c r="T68" s="87"/>
       <c r="U68" s="87"/>
       <c r="V68" s="87"/>
       <c r="W68" s="87"/>
       <c r="X68" s="87"/>
       <c r="Y68" s="87"/>
@@ -5422,51 +5422,51 @@
       <c r="AU68" s="87"/>
       <c r="AV68" s="87"/>
       <c r="AW68" s="87"/>
       <c r="AX68" s="87"/>
       <c r="AY68" s="87"/>
       <c r="AZ68" s="87"/>
       <c r="BA68" s="87"/>
       <c r="BB68" s="87"/>
       <c r="BC68" s="87"/>
       <c r="BD68" s="87"/>
       <c r="BE68" s="87"/>
       <c r="BF68" s="87"/>
       <c r="BG68" s="87"/>
       <c r="BH68" s="87"/>
       <c r="BI68" s="87"/>
       <c r="BJ68" s="87"/>
       <c r="BK68" s="87"/>
       <c r="BL68" s="87"/>
       <c r="BM68" s="87"/>
       <c r="BN68" s="87"/>
       <c r="BO68" s="87"/>
       <c r="BP68" s="87"/>
     </row>
     <row r="69" spans="1:68" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="118" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B69" s="118"/>
       <c r="C69" s="118"/>
       <c r="D69" s="118"/>
       <c r="E69" s="118"/>
       <c r="F69" s="118"/>
       <c r="G69" s="118"/>
       <c r="H69" s="118"/>
       <c r="I69" s="118"/>
       <c r="J69" s="118"/>
       <c r="K69" s="118"/>
       <c r="L69" s="118"/>
     </row>
     <row r="70" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="118"/>
       <c r="B70" s="118"/>
       <c r="C70" s="118"/>
       <c r="D70" s="118"/>
       <c r="E70" s="118"/>
       <c r="F70" s="118"/>
       <c r="G70" s="118"/>
       <c r="H70" s="118"/>
       <c r="I70" s="118"/>
       <c r="J70" s="118"/>
       <c r="K70" s="118"/>
@@ -5522,51 +5522,51 @@
       <c r="BI70" s="87"/>
       <c r="BJ70" s="87"/>
       <c r="BK70" s="87"/>
       <c r="BL70" s="87"/>
       <c r="BM70" s="87"/>
       <c r="BN70" s="87"/>
       <c r="BO70" s="87"/>
       <c r="BP70" s="87"/>
     </row>
     <row r="71" spans="1:68" s="32" customFormat="1" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="118"/>
       <c r="B71" s="118"/>
       <c r="C71" s="118"/>
       <c r="D71" s="118"/>
       <c r="E71" s="118"/>
       <c r="F71" s="118"/>
       <c r="G71" s="118"/>
       <c r="H71" s="118"/>
       <c r="I71" s="118"/>
       <c r="J71" s="118"/>
       <c r="K71" s="118"/>
       <c r="L71" s="118"/>
     </row>
     <row r="72" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="110" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B72" s="110"/>
       <c r="C72" s="110"/>
       <c r="D72" s="110"/>
       <c r="E72" s="110"/>
       <c r="F72" s="110"/>
       <c r="G72" s="110"/>
       <c r="H72" s="110"/>
       <c r="I72" s="110"/>
       <c r="J72" s="110"/>
       <c r="K72" s="110"/>
       <c r="L72" s="110"/>
       <c r="M72" s="110"/>
       <c r="N72" s="111"/>
       <c r="O72" s="87"/>
       <c r="P72" s="87"/>
       <c r="Q72" s="87"/>
       <c r="R72" s="87"/>
       <c r="S72" s="87"/>
       <c r="T72" s="87"/>
       <c r="U72" s="87"/>
       <c r="V72" s="87"/>
       <c r="W72" s="87"/>
       <c r="X72" s="87"/>
       <c r="Y72" s="87"/>
@@ -5597,59 +5597,59 @@
       <c r="AX72" s="87"/>
       <c r="AY72" s="87"/>
       <c r="AZ72" s="87"/>
       <c r="BA72" s="87"/>
       <c r="BB72" s="87"/>
       <c r="BC72" s="87"/>
       <c r="BD72" s="87"/>
       <c r="BE72" s="87"/>
       <c r="BF72" s="87"/>
       <c r="BG72" s="87"/>
       <c r="BH72" s="87"/>
       <c r="BI72" s="87"/>
       <c r="BJ72" s="87"/>
       <c r="BK72" s="87"/>
       <c r="BL72" s="87"/>
       <c r="BM72" s="87"/>
       <c r="BN72" s="87"/>
       <c r="BO72" s="87"/>
       <c r="BP72" s="87"/>
     </row>
     <row r="73" spans="1:68" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="31"/>
     </row>
     <row r="74" spans="1:68" s="41" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="41" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="75" spans="1:68" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="31"/>
     </row>
     <row r="76" spans="1:68" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="132" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B76" s="132"/>
       <c r="C76" s="132"/>
       <c r="D76" s="132"/>
       <c r="E76" s="132"/>
       <c r="F76" s="132"/>
       <c r="G76" s="132"/>
       <c r="H76" s="132"/>
       <c r="I76" s="132"/>
       <c r="J76" s="132"/>
       <c r="K76" s="132"/>
       <c r="L76" s="132"/>
       <c r="M76" s="132"/>
       <c r="N76" s="132"/>
       <c r="O76" s="132"/>
       <c r="P76" s="132"/>
       <c r="Q76" s="132"/>
       <c r="R76" s="133"/>
       <c r="S76" s="80"/>
       <c r="T76" s="80"/>
       <c r="U76" s="80"/>
       <c r="V76" s="80"/>
       <c r="Z76" s="80"/>
       <c r="AA76" s="80"/>
       <c r="AB76" s="80"/>
@@ -5671,51 +5671,51 @@
       <c r="T77" s="55"/>
       <c r="U77" s="55"/>
       <c r="V77" s="55"/>
       <c r="W77" s="55"/>
       <c r="Y77" s="55" t="s">
         <v>2</v>
       </c>
       <c r="Z77" s="55"/>
       <c r="AA77" s="55"/>
       <c r="AB77" s="55"/>
       <c r="AC77" s="55"/>
       <c r="AD77" s="55"/>
       <c r="AG77" s="115" t="s">
         <v>3</v>
       </c>
       <c r="AH77" s="115"/>
       <c r="AI77" s="115"/>
       <c r="AJ77" s="115"/>
       <c r="AK77" s="115"/>
       <c r="AL77" s="115"/>
       <c r="AM77" s="115"/>
       <c r="AN77" s="115"/>
     </row>
     <row r="78" spans="1:68" s="15" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="116" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B78" s="58"/>
       <c r="C78" s="58"/>
       <c r="D78" s="58"/>
       <c r="E78" s="58"/>
       <c r="F78" s="58"/>
       <c r="G78" s="58"/>
       <c r="H78" s="58"/>
       <c r="I78" s="58"/>
       <c r="J78" s="58"/>
       <c r="K78" s="58"/>
       <c r="L78" s="58"/>
       <c r="M78" s="58"/>
       <c r="N78" s="58"/>
       <c r="O78" s="58"/>
       <c r="P78" s="58"/>
       <c r="Q78" s="58"/>
       <c r="R78" s="58"/>
       <c r="S78" s="58"/>
       <c r="T78" s="58"/>
       <c r="U78" s="58"/>
       <c r="V78" s="58"/>
       <c r="W78" s="58"/>
       <c r="X78" s="58"/>
       <c r="Y78" s="58"/>
@@ -5861,51 +5861,51 @@
       <c r="T81" s="80"/>
       <c r="U81" s="100" t="s">
         <v>5</v>
       </c>
       <c r="V81" s="101"/>
       <c r="W81" s="102"/>
       <c r="X81" s="80"/>
       <c r="Y81" s="80"/>
       <c r="Z81" s="80"/>
       <c r="AA81" s="80"/>
       <c r="AB81" s="80"/>
       <c r="AC81" s="80"/>
       <c r="AD81" s="80"/>
       <c r="AE81" s="80"/>
       <c r="AF81" s="80"/>
       <c r="AG81" s="80"/>
       <c r="AH81" s="80"/>
       <c r="AI81" s="80"/>
       <c r="AJ81" s="80"/>
       <c r="AK81" s="80"/>
       <c r="AL81" s="80"/>
       <c r="AM81" s="80"/>
       <c r="AN81" s="80"/>
       <c r="AO81" s="80"/>
       <c r="AQ81" s="112" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="AR81" s="112"/>
       <c r="AS81" s="112"/>
       <c r="AT81" s="112"/>
       <c r="AU81" s="112"/>
       <c r="AV81" s="112"/>
       <c r="AW81" s="112"/>
       <c r="AX81" s="112"/>
       <c r="AY81" s="113"/>
       <c r="AZ81" s="113"/>
       <c r="BA81" s="113"/>
       <c r="BB81" s="113"/>
       <c r="BC81" s="9"/>
       <c r="BD81" s="80"/>
       <c r="BE81" s="80"/>
       <c r="BF81" s="80"/>
       <c r="BG81" s="80"/>
       <c r="BH81" s="9"/>
       <c r="BI81" s="80"/>
       <c r="BJ81" s="80"/>
       <c r="BK81" s="80"/>
       <c r="BL81" s="80"/>
       <c r="BM81" s="80"/>
       <c r="BN81" s="80"/>
       <c r="BO81" s="80"/>
@@ -5950,51 +5950,51 @@
       <c r="AT83" s="35"/>
       <c r="AU83" s="35"/>
       <c r="AV83" s="35"/>
       <c r="AW83" s="35"/>
       <c r="AX83" s="35"/>
       <c r="AY83" s="35"/>
       <c r="BA83" s="8"/>
       <c r="BB83" s="8"/>
       <c r="BC83" s="8"/>
       <c r="BD83" s="8"/>
       <c r="BE83" s="8"/>
       <c r="BF83" s="8"/>
       <c r="BG83" s="8"/>
       <c r="BH83" s="8"/>
       <c r="BI83" s="8"/>
       <c r="BJ83" s="8"/>
       <c r="BK83" s="8"/>
       <c r="BL83" s="8"/>
       <c r="BM83" s="8"/>
       <c r="BN83" s="8"/>
       <c r="BO83" s="8"/>
       <c r="BP83" s="8"/>
     </row>
     <row r="84" spans="1:68" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="132" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B84" s="132"/>
       <c r="C84" s="132"/>
       <c r="D84" s="132"/>
       <c r="E84" s="132"/>
       <c r="F84" s="132"/>
       <c r="G84" s="132"/>
       <c r="H84" s="132"/>
       <c r="I84" s="132"/>
       <c r="J84" s="132"/>
       <c r="K84" s="132"/>
       <c r="L84" s="133"/>
       <c r="M84" s="80"/>
       <c r="N84" s="80"/>
       <c r="O84" s="80"/>
       <c r="P84" s="80"/>
       <c r="Q84" s="80"/>
       <c r="R84" s="80"/>
       <c r="S84" s="80"/>
       <c r="T84" s="80"/>
       <c r="U84" s="80"/>
       <c r="V84" s="80"/>
       <c r="W84" s="80"/>
       <c r="X84" s="80"/>
       <c r="Y84" s="80"/>
@@ -6119,51 +6119,51 @@
       <c r="AI88" s="80"/>
       <c r="AJ88" s="80"/>
       <c r="AK88" s="80"/>
       <c r="AL88" s="80"/>
       <c r="AM88" s="80"/>
       <c r="AN88" s="80"/>
       <c r="AO88" s="80"/>
       <c r="AP88" s="80"/>
       <c r="AQ88" s="80"/>
       <c r="AR88" s="80"/>
       <c r="AS88" s="80"/>
       <c r="AT88" s="80"/>
       <c r="AU88" s="80"/>
       <c r="AV88" s="80"/>
       <c r="AW88" s="80"/>
       <c r="AX88" s="80"/>
       <c r="AY88" s="80"/>
       <c r="AZ88" s="80"/>
       <c r="BA88" s="80"/>
     </row>
     <row r="89" spans="1:68" x14ac:dyDescent="0.2">
       <c r="A89" s="31"/>
     </row>
     <row r="90" spans="1:68" s="2" customFormat="1" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="109" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B90" s="109"/>
       <c r="C90" s="109"/>
       <c r="D90" s="109"/>
       <c r="E90" s="109"/>
       <c r="F90" s="109"/>
       <c r="G90" s="109"/>
       <c r="H90" s="109"/>
       <c r="I90" s="109"/>
       <c r="J90" s="109"/>
       <c r="K90" s="109"/>
       <c r="L90" s="109"/>
       <c r="M90" s="109"/>
       <c r="N90" s="109"/>
       <c r="O90" s="109"/>
       <c r="P90" s="109"/>
       <c r="Q90" s="109"/>
       <c r="R90" s="109"/>
       <c r="S90" s="109"/>
       <c r="T90" s="109"/>
       <c r="U90" s="109"/>
       <c r="V90" s="109"/>
       <c r="W90" s="109"/>
       <c r="X90" s="109"/>
       <c r="Y90" s="109"/>
@@ -6191,51 +6191,51 @@
       <c r="AU90" s="109"/>
       <c r="AV90" s="109"/>
       <c r="AW90" s="109"/>
       <c r="AX90" s="109"/>
       <c r="AY90" s="109"/>
       <c r="AZ90" s="109"/>
       <c r="BA90" s="109"/>
       <c r="BB90" s="109"/>
       <c r="BC90" s="109"/>
       <c r="BD90" s="109"/>
       <c r="BE90" s="109"/>
       <c r="BF90" s="109"/>
       <c r="BG90" s="109"/>
       <c r="BH90" s="109"/>
       <c r="BI90" s="109"/>
       <c r="BJ90" s="109"/>
       <c r="BK90" s="109"/>
       <c r="BL90" s="109"/>
       <c r="BM90" s="109"/>
       <c r="BN90" s="109"/>
       <c r="BO90" s="109"/>
       <c r="BP90" s="109"/>
     </row>
     <row r="91" spans="1:68" s="2" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="109" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B91" s="109"/>
       <c r="C91" s="109"/>
       <c r="D91" s="109"/>
       <c r="E91" s="109"/>
       <c r="F91" s="109"/>
       <c r="G91" s="109"/>
       <c r="H91" s="109"/>
       <c r="I91" s="109"/>
       <c r="J91" s="109"/>
       <c r="K91" s="109"/>
       <c r="L91" s="109"/>
       <c r="M91" s="109"/>
       <c r="N91" s="109"/>
       <c r="O91" s="109"/>
       <c r="P91" s="109"/>
       <c r="Q91" s="109"/>
       <c r="R91" s="109"/>
       <c r="S91" s="109"/>
       <c r="T91" s="109"/>
       <c r="U91" s="109"/>
       <c r="V91" s="109"/>
       <c r="W91" s="109"/>
       <c r="X91" s="109"/>
       <c r="Y91" s="109"/>
@@ -6266,51 +6266,51 @@
       <c r="AX91" s="109"/>
       <c r="AY91" s="109"/>
       <c r="AZ91" s="109"/>
       <c r="BA91" s="109"/>
       <c r="BB91" s="109"/>
       <c r="BC91" s="109"/>
       <c r="BD91" s="109"/>
       <c r="BE91" s="109"/>
       <c r="BF91" s="109"/>
       <c r="BG91" s="109"/>
       <c r="BH91" s="109"/>
       <c r="BI91" s="109"/>
       <c r="BJ91" s="109"/>
       <c r="BK91" s="109"/>
       <c r="BL91" s="109"/>
       <c r="BM91" s="109"/>
       <c r="BN91" s="109"/>
       <c r="BO91" s="109"/>
       <c r="BP91" s="109"/>
     </row>
     <row r="92" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="31"/>
     </row>
     <row r="93" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="110" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B93" s="110"/>
       <c r="C93" s="110"/>
       <c r="D93" s="110"/>
       <c r="E93" s="110"/>
       <c r="F93" s="110"/>
       <c r="G93" s="110"/>
       <c r="H93" s="110"/>
       <c r="I93" s="110"/>
       <c r="J93" s="110"/>
       <c r="K93" s="110"/>
       <c r="L93" s="110"/>
       <c r="M93" s="110"/>
       <c r="N93" s="110"/>
       <c r="O93" s="110"/>
       <c r="P93" s="110"/>
       <c r="Q93" s="110"/>
       <c r="R93" s="110"/>
       <c r="S93" s="110"/>
       <c r="T93" s="111"/>
       <c r="U93" s="87"/>
       <c r="V93" s="87"/>
       <c r="W93" s="87"/>
       <c r="X93" s="87"/>
       <c r="Y93" s="87"/>
@@ -6369,51 +6369,51 @@
       <c r="T94" s="36"/>
       <c r="U94" s="36"/>
       <c r="V94" s="36"/>
       <c r="W94" s="36"/>
       <c r="X94" s="36"/>
       <c r="Y94" s="36"/>
       <c r="Z94" s="36"/>
       <c r="AA94" s="36"/>
       <c r="AB94" s="36"/>
       <c r="AC94" s="36"/>
       <c r="AD94" s="36"/>
       <c r="AE94" s="36"/>
       <c r="AF94" s="36"/>
       <c r="AG94" s="36"/>
       <c r="AH94" s="36"/>
       <c r="AI94" s="36"/>
       <c r="AJ94" s="36"/>
       <c r="AK94" s="36"/>
       <c r="AL94" s="36"/>
       <c r="AM94" s="36"/>
       <c r="AN94" s="36"/>
       <c r="AO94" s="36"/>
       <c r="AP94" s="36"/>
       <c r="AQ94" s="36"/>
       <c r="AR94" s="105" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="AS94" s="105"/>
       <c r="AT94" s="105"/>
       <c r="AU94" s="105"/>
       <c r="AV94" s="105"/>
       <c r="AW94" s="105"/>
       <c r="AX94" s="105"/>
       <c r="AY94" s="36"/>
       <c r="AZ94" s="36"/>
       <c r="BA94" s="36"/>
       <c r="BB94" s="36"/>
       <c r="BC94" s="36"/>
       <c r="BD94" s="36"/>
       <c r="BE94" s="36"/>
       <c r="BF94" s="36"/>
       <c r="BG94" s="36"/>
       <c r="BH94" s="36"/>
       <c r="BI94" s="36"/>
       <c r="BJ94" s="36"/>
       <c r="BK94" s="36"/>
       <c r="BL94" s="36"/>
       <c r="BM94" s="36"/>
       <c r="BN94" s="36"/>
       <c r="BO94" s="36"/>
       <c r="BP94" s="36"/>
@@ -6543,51 +6543,51 @@
       </c>
       <c r="AZ96" s="81"/>
       <c r="BA96" s="81"/>
       <c r="BB96" s="81"/>
       <c r="BC96" s="82" t="s">
         <v>2</v>
       </c>
       <c r="BD96" s="82"/>
       <c r="BE96" s="82"/>
       <c r="BF96" s="82"/>
       <c r="BG96" s="82"/>
       <c r="BH96" s="82"/>
       <c r="BI96" s="83" t="s">
         <v>3</v>
       </c>
       <c r="BJ96" s="83"/>
       <c r="BK96" s="83"/>
       <c r="BL96" s="83"/>
       <c r="BM96" s="83"/>
       <c r="BN96" s="83"/>
       <c r="BO96" s="83"/>
       <c r="BP96" s="83"/>
     </row>
     <row r="97" spans="1:68" s="12" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="110" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B97" s="110"/>
       <c r="C97" s="110"/>
       <c r="D97" s="110"/>
       <c r="E97" s="110"/>
       <c r="F97" s="110"/>
       <c r="G97" s="110"/>
       <c r="H97" s="110"/>
       <c r="I97" s="110"/>
       <c r="J97" s="110"/>
       <c r="K97" s="110"/>
       <c r="L97" s="110"/>
       <c r="M97" s="110"/>
       <c r="N97" s="111"/>
       <c r="O97" s="90"/>
       <c r="P97" s="91"/>
       <c r="Q97" s="90"/>
       <c r="R97" s="91"/>
       <c r="S97" s="90"/>
       <c r="T97" s="91"/>
       <c r="U97" s="90"/>
       <c r="V97" s="91"/>
       <c r="W97" s="90"/>
       <c r="X97" s="91"/>
       <c r="Y97" s="90"/>
@@ -6691,84 +6691,84 @@
       <c r="AX99" s="91"/>
       <c r="AY99" s="90"/>
       <c r="AZ99" s="91"/>
       <c r="BA99" s="90"/>
       <c r="BB99" s="91"/>
       <c r="BC99" s="90"/>
       <c r="BD99" s="91"/>
       <c r="BE99" s="90"/>
       <c r="BF99" s="91"/>
       <c r="BG99" s="90"/>
       <c r="BH99" s="91"/>
       <c r="BI99" s="90"/>
       <c r="BJ99" s="91"/>
       <c r="BK99" s="90"/>
       <c r="BL99" s="91"/>
       <c r="BM99" s="90"/>
       <c r="BN99" s="91"/>
       <c r="BO99" s="103"/>
       <c r="BP99" s="104"/>
     </row>
     <row r="100" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="31"/>
     </row>
     <row r="101" spans="1:68" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="132" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B101" s="132"/>
       <c r="C101" s="132"/>
       <c r="D101" s="132"/>
       <c r="E101" s="132"/>
       <c r="F101" s="132"/>
       <c r="G101" s="132"/>
       <c r="H101" s="132"/>
       <c r="I101" s="132"/>
       <c r="J101" s="132"/>
       <c r="K101" s="132"/>
       <c r="L101" s="132"/>
       <c r="M101" s="132"/>
       <c r="N101" s="132"/>
       <c r="O101" s="133"/>
       <c r="P101" s="80"/>
       <c r="Q101" s="80"/>
       <c r="R101" s="80"/>
       <c r="S101" s="80"/>
       <c r="U101" s="80"/>
       <c r="V101" s="80"/>
       <c r="W101" s="80"/>
       <c r="X101" s="80"/>
       <c r="Z101" s="80"/>
       <c r="AA101" s="80"/>
       <c r="AB101" s="80"/>
       <c r="AC101" s="80"/>
       <c r="AD101" s="80"/>
       <c r="AE101" s="80"/>
       <c r="AF101" s="80"/>
       <c r="AG101" s="80"/>
       <c r="AH101" s="100" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AI101" s="101"/>
       <c r="AJ101" s="101"/>
       <c r="AK101" s="102"/>
       <c r="AL101" s="80"/>
       <c r="AM101" s="80"/>
       <c r="AN101" s="80"/>
       <c r="AO101" s="80"/>
       <c r="AQ101" s="80"/>
       <c r="AR101" s="80"/>
       <c r="AS101" s="80"/>
       <c r="AT101" s="80"/>
       <c r="AV101" s="80"/>
       <c r="AW101" s="80"/>
       <c r="AX101" s="80"/>
       <c r="AY101" s="80"/>
       <c r="AZ101" s="80"/>
       <c r="BA101" s="80"/>
       <c r="BB101" s="80"/>
       <c r="BC101" s="80"/>
     </row>
     <row r="102" spans="1:68" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="O102" s="21"/>
       <c r="P102" s="81" t="s">
         <v>1</v>
@@ -6803,51 +6803,51 @@
       </c>
       <c r="AM102" s="81"/>
       <c r="AN102" s="81"/>
       <c r="AO102" s="81"/>
       <c r="AP102" s="82" t="s">
         <v>2</v>
       </c>
       <c r="AQ102" s="82"/>
       <c r="AR102" s="82"/>
       <c r="AS102" s="82"/>
       <c r="AT102" s="82"/>
       <c r="AU102" s="82"/>
       <c r="AV102" s="83" t="s">
         <v>3</v>
       </c>
       <c r="AW102" s="83"/>
       <c r="AX102" s="83"/>
       <c r="AY102" s="83"/>
       <c r="AZ102" s="83"/>
       <c r="BA102" s="83"/>
       <c r="BB102" s="83"/>
       <c r="BC102" s="83"/>
     </row>
     <row r="103" spans="1:68" s="2" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="94" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B103" s="94"/>
       <c r="C103" s="94"/>
       <c r="D103" s="94"/>
       <c r="E103" s="94"/>
       <c r="F103" s="94"/>
       <c r="G103" s="94"/>
       <c r="H103" s="94"/>
       <c r="I103" s="94"/>
       <c r="J103" s="94"/>
       <c r="K103" s="94"/>
       <c r="L103" s="94"/>
       <c r="M103" s="94"/>
       <c r="N103" s="94"/>
       <c r="O103" s="94"/>
       <c r="P103" s="94"/>
       <c r="Q103" s="94"/>
       <c r="R103" s="94"/>
       <c r="S103" s="94"/>
       <c r="T103" s="94"/>
       <c r="U103" s="94"/>
       <c r="V103" s="94"/>
       <c r="W103" s="94"/>
       <c r="X103" s="94"/>
       <c r="Y103" s="94"/>
@@ -6875,128 +6875,128 @@
       <c r="AU103" s="94"/>
       <c r="AV103" s="94"/>
       <c r="AW103" s="94"/>
       <c r="AX103" s="94"/>
       <c r="AY103" s="94"/>
       <c r="AZ103" s="94"/>
       <c r="BA103" s="94"/>
       <c r="BB103" s="94"/>
       <c r="BC103" s="94"/>
       <c r="BD103" s="94"/>
       <c r="BE103" s="94"/>
       <c r="BF103" s="94"/>
       <c r="BG103" s="94"/>
       <c r="BH103" s="94"/>
       <c r="BI103" s="94"/>
       <c r="BJ103" s="94"/>
       <c r="BK103" s="94"/>
       <c r="BL103" s="94"/>
       <c r="BM103" s="94"/>
       <c r="BN103" s="94"/>
       <c r="BO103" s="94"/>
       <c r="BP103" s="94"/>
     </row>
     <row r="104" spans="1:68" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="99" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B104" s="99"/>
       <c r="C104" s="99"/>
       <c r="D104" s="99"/>
       <c r="E104" s="99"/>
       <c r="F104" s="99"/>
       <c r="G104" s="99"/>
       <c r="H104" s="135"/>
       <c r="I104" s="95"/>
       <c r="J104" s="95"/>
       <c r="K104" s="96" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L104" s="97"/>
       <c r="M104" s="97"/>
       <c r="N104" s="97"/>
       <c r="O104" s="97"/>
       <c r="P104" s="97"/>
       <c r="Q104" s="95"/>
       <c r="R104" s="95"/>
       <c r="S104" s="96" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="T104" s="97"/>
       <c r="U104" s="97"/>
       <c r="V104" s="97"/>
       <c r="W104" s="97"/>
       <c r="X104" s="97"/>
       <c r="Y104" s="98"/>
       <c r="Z104" s="95"/>
       <c r="AA104" s="95"/>
       <c r="AC104" s="99" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="AD104" s="99"/>
       <c r="AE104" s="99"/>
       <c r="AF104" s="99"/>
       <c r="AG104" s="99"/>
       <c r="AH104" s="99"/>
       <c r="AI104" s="99"/>
       <c r="AJ104" s="99"/>
       <c r="AK104" s="99"/>
       <c r="AL104" s="99"/>
       <c r="AM104" s="99"/>
       <c r="AN104" s="99"/>
       <c r="AO104" s="99"/>
       <c r="AP104" s="99"/>
       <c r="AQ104" s="99"/>
       <c r="AR104" s="99"/>
       <c r="AS104" s="99"/>
       <c r="AT104" s="99"/>
       <c r="AU104" s="99"/>
       <c r="AV104" s="99"/>
       <c r="AW104" s="99"/>
       <c r="AX104" s="99"/>
       <c r="AY104" s="99"/>
       <c r="AZ104" s="99"/>
       <c r="BA104" s="99"/>
       <c r="BB104" s="99"/>
       <c r="BC104" s="99"/>
       <c r="BD104" s="99"/>
       <c r="BE104" s="99"/>
       <c r="BF104" s="99"/>
       <c r="BG104" s="99"/>
       <c r="BH104" s="99"/>
       <c r="BI104" s="99"/>
       <c r="BJ104" s="99"/>
       <c r="BK104" s="99"/>
       <c r="BL104" s="99"/>
       <c r="BM104" s="99"/>
       <c r="BN104" s="99"/>
       <c r="BO104" s="99"/>
       <c r="BP104" s="99"/>
     </row>
     <row r="105" spans="1:68" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="45" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B105" s="45"/>
       <c r="C105" s="45"/>
       <c r="D105" s="45"/>
       <c r="E105" s="45"/>
       <c r="F105" s="45"/>
       <c r="G105" s="45"/>
       <c r="H105" s="45"/>
       <c r="I105" s="45"/>
       <c r="J105" s="45"/>
       <c r="K105" s="45"/>
       <c r="L105" s="45"/>
       <c r="M105" s="45"/>
       <c r="N105" s="45"/>
       <c r="O105" s="45"/>
       <c r="P105" s="45"/>
       <c r="Q105" s="45"/>
       <c r="R105" s="45"/>
       <c r="S105" s="45"/>
       <c r="T105" s="45"/>
       <c r="U105" s="45"/>
       <c r="V105" s="45"/>
       <c r="W105" s="45"/>
       <c r="X105" s="45"/>
       <c r="Y105" s="45"/>
@@ -7217,51 +7217,51 @@
       <c r="AU110" s="90"/>
       <c r="AV110" s="91"/>
       <c r="AW110" s="90"/>
       <c r="AX110" s="91"/>
       <c r="AY110" s="90"/>
       <c r="AZ110" s="91"/>
       <c r="BA110" s="90"/>
       <c r="BB110" s="91"/>
       <c r="BC110" s="90"/>
       <c r="BD110" s="91"/>
       <c r="BE110" s="90"/>
       <c r="BF110" s="91"/>
       <c r="BG110" s="90"/>
       <c r="BH110" s="91"/>
       <c r="BI110" s="90"/>
       <c r="BJ110" s="91"/>
       <c r="BK110" s="90"/>
       <c r="BL110" s="91"/>
       <c r="BM110" s="90"/>
       <c r="BN110" s="91"/>
       <c r="BO110" s="90"/>
       <c r="BP110" s="91"/>
     </row>
     <row r="111" spans="1:68" s="18" customFormat="1" ht="25.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="92" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B111" s="92"/>
       <c r="C111" s="92"/>
       <c r="D111" s="92"/>
       <c r="E111" s="92"/>
       <c r="F111" s="92"/>
       <c r="G111" s="92"/>
       <c r="H111" s="92"/>
       <c r="I111" s="92"/>
       <c r="J111" s="92"/>
       <c r="K111" s="92"/>
       <c r="L111" s="92"/>
       <c r="M111" s="92"/>
       <c r="N111" s="92"/>
       <c r="O111" s="92"/>
       <c r="P111" s="92"/>
       <c r="Q111" s="92"/>
       <c r="R111" s="92"/>
       <c r="S111" s="92"/>
       <c r="T111" s="92"/>
       <c r="U111" s="92"/>
       <c r="V111" s="92"/>
       <c r="W111" s="92"/>
       <c r="X111" s="92"/>
       <c r="Y111" s="92"/>
@@ -7292,51 +7292,51 @@
       <c r="AX111" s="92"/>
       <c r="AY111" s="92"/>
       <c r="AZ111" s="92"/>
       <c r="BA111" s="92"/>
       <c r="BB111" s="92"/>
       <c r="BC111" s="92"/>
       <c r="BD111" s="92"/>
       <c r="BE111" s="92"/>
       <c r="BF111" s="92"/>
       <c r="BG111" s="92"/>
       <c r="BH111" s="92"/>
       <c r="BI111" s="92"/>
       <c r="BJ111" s="92"/>
       <c r="BK111" s="92"/>
       <c r="BL111" s="92"/>
       <c r="BM111" s="92"/>
       <c r="BN111" s="92"/>
       <c r="BO111" s="92"/>
       <c r="BP111" s="92"/>
     </row>
     <row r="112" spans="1:68" ht="2.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="31"/>
     </row>
     <row r="113" spans="1:68" s="2" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A113" s="93" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B113" s="93"/>
       <c r="C113" s="93"/>
       <c r="D113" s="93"/>
       <c r="E113" s="93"/>
       <c r="F113" s="93"/>
       <c r="G113" s="93"/>
       <c r="H113" s="93"/>
       <c r="I113" s="93"/>
       <c r="J113" s="93"/>
       <c r="K113" s="93"/>
       <c r="L113" s="93"/>
       <c r="M113" s="93"/>
       <c r="N113" s="93"/>
       <c r="O113" s="93"/>
       <c r="P113" s="93"/>
       <c r="Q113" s="93"/>
       <c r="R113" s="93"/>
       <c r="S113" s="93"/>
       <c r="T113" s="93"/>
       <c r="U113" s="93"/>
       <c r="V113" s="93"/>
       <c r="W113" s="93"/>
       <c r="X113" s="93"/>
       <c r="Y113" s="93"/>
@@ -7586,51 +7586,51 @@
       <c r="AX119" s="91"/>
       <c r="AY119" s="90"/>
       <c r="AZ119" s="91"/>
       <c r="BA119" s="90"/>
       <c r="BB119" s="91"/>
       <c r="BC119" s="90"/>
       <c r="BD119" s="91"/>
       <c r="BE119" s="90"/>
       <c r="BF119" s="91"/>
       <c r="BG119" s="90"/>
       <c r="BH119" s="91"/>
       <c r="BI119" s="90"/>
       <c r="BJ119" s="91"/>
       <c r="BK119" s="90"/>
       <c r="BL119" s="91"/>
       <c r="BM119" s="90"/>
       <c r="BN119" s="91"/>
       <c r="BO119" s="90"/>
       <c r="BP119" s="91"/>
     </row>
     <row r="120" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="31"/>
     </row>
     <row r="121" spans="1:68" s="32" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="86" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B121" s="86"/>
       <c r="C121" s="86"/>
       <c r="D121" s="86"/>
       <c r="E121" s="86"/>
       <c r="F121" s="86"/>
       <c r="G121" s="86"/>
       <c r="H121" s="86"/>
       <c r="I121" s="86"/>
       <c r="J121" s="86"/>
       <c r="K121" s="86"/>
       <c r="L121" s="86"/>
       <c r="M121" s="86"/>
       <c r="N121" s="86"/>
       <c r="O121" s="86"/>
       <c r="P121" s="86"/>
       <c r="Q121" s="86"/>
       <c r="R121" s="86"/>
       <c r="S121" s="86"/>
       <c r="T121" s="86"/>
       <c r="U121" s="86"/>
       <c r="V121" s="86"/>
       <c r="W121" s="86"/>
       <c r="X121" s="86"/>
       <c r="Y121" s="86"/>
@@ -7641,54 +7641,54 @@
       <c r="AD121" s="86"/>
       <c r="AE121" s="86"/>
       <c r="AF121" s="86"/>
       <c r="AG121" s="86"/>
       <c r="AH121" s="86"/>
       <c r="AI121" s="86"/>
       <c r="AJ121" s="86"/>
       <c r="AK121" s="86"/>
       <c r="AL121" s="86"/>
       <c r="AM121" s="33"/>
       <c r="AN121" s="33"/>
       <c r="AO121" s="39"/>
       <c r="AP121" s="39"/>
       <c r="AQ121" s="39"/>
       <c r="AR121" s="39"/>
       <c r="AS121" s="39"/>
       <c r="AT121" s="39"/>
       <c r="AU121" s="39"/>
       <c r="AV121" s="39"/>
       <c r="AW121" s="39"/>
       <c r="AX121" s="39"/>
       <c r="AY121" s="39"/>
       <c r="AZ121" s="39"/>
       <c r="BA121" s="39"/>
       <c r="BB121" s="39" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="BD121" s="87" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="BE121" s="87"/>
       <c r="BF121" s="88" t="s">
         <v>8</v>
       </c>
       <c r="BG121" s="89"/>
       <c r="BH121" s="89"/>
       <c r="BI121" s="89"/>
       <c r="BJ121" s="87" t="s">
         <v>9</v>
       </c>
       <c r="BK121" s="87"/>
       <c r="BL121" s="40" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:68" s="2" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A122" s="86"/>
       <c r="B122" s="86"/>
       <c r="C122" s="86"/>
       <c r="D122" s="86"/>
       <c r="E122" s="86"/>
       <c r="F122" s="86"/>
       <c r="G122" s="86"/>
       <c r="H122" s="86"/>
@@ -7714,71 +7714,71 @@
       <c r="AB122" s="86"/>
       <c r="AC122" s="86"/>
       <c r="AD122" s="86"/>
       <c r="AE122" s="86"/>
       <c r="AF122" s="86"/>
       <c r="AG122" s="86"/>
       <c r="AH122" s="86"/>
       <c r="AI122" s="86"/>
       <c r="AJ122" s="86"/>
       <c r="AK122" s="86"/>
       <c r="AL122" s="86"/>
       <c r="AM122" s="33"/>
       <c r="AN122" s="33"/>
       <c r="AO122" s="33"/>
       <c r="AP122" s="33"/>
       <c r="AQ122" s="33"/>
       <c r="AT122" s="38"/>
     </row>
     <row r="123" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="31"/>
     </row>
     <row r="124" spans="1:68" s="9" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="76"/>
       <c r="B124" s="77"/>
       <c r="D124" s="136" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E124" s="136"/>
       <c r="F124" s="136"/>
       <c r="G124" s="136"/>
       <c r="H124" s="136"/>
       <c r="I124" s="136"/>
       <c r="J124" s="136"/>
       <c r="K124" s="136"/>
       <c r="L124" s="136"/>
       <c r="M124" s="136"/>
       <c r="N124" s="136"/>
       <c r="O124" s="136"/>
       <c r="P124" s="136"/>
       <c r="Q124" s="136"/>
       <c r="R124" s="136"/>
       <c r="S124" s="137"/>
       <c r="T124" s="76"/>
       <c r="U124" s="77"/>
       <c r="W124" s="136" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="X124" s="136"/>
       <c r="Y124" s="136"/>
       <c r="Z124" s="136"/>
       <c r="AA124" s="136"/>
       <c r="AB124" s="136"/>
       <c r="AC124" s="136"/>
       <c r="AD124" s="136"/>
       <c r="AE124" s="136"/>
       <c r="AF124" s="136"/>
       <c r="AG124" s="136"/>
       <c r="AH124" s="136"/>
       <c r="AI124" s="136"/>
       <c r="AJ124" s="136"/>
       <c r="AK124" s="136"/>
       <c r="AL124" s="136"/>
       <c r="AM124" s="136"/>
       <c r="AN124" s="136"/>
       <c r="AO124" s="136"/>
       <c r="AP124" s="136"/>
       <c r="AQ124" s="136"/>
       <c r="AR124" s="136"/>
       <c r="AS124" s="136"/>
       <c r="AT124" s="136"/>
       <c r="AU124" s="136"/>
@@ -7787,51 +7787,51 @@
       <c r="AX124" s="136"/>
       <c r="AY124" s="136"/>
       <c r="AZ124" s="136"/>
       <c r="BA124" s="136"/>
       <c r="BB124" s="136"/>
       <c r="BC124" s="136"/>
       <c r="BD124" s="136"/>
       <c r="BE124" s="136"/>
       <c r="BF124" s="136"/>
       <c r="BG124" s="136"/>
       <c r="BH124" s="136"/>
       <c r="BI124" s="136"/>
       <c r="BJ124" s="136"/>
       <c r="BK124" s="136"/>
       <c r="BL124" s="136"/>
       <c r="BM124" s="136"/>
       <c r="BN124" s="136"/>
       <c r="BO124" s="136"/>
       <c r="BP124" s="136"/>
     </row>
     <row r="125" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="31"/>
     </row>
     <row r="126" spans="1:68" s="2" customFormat="1" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A126" s="86" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B126" s="86"/>
       <c r="C126" s="86"/>
       <c r="D126" s="86"/>
       <c r="E126" s="86"/>
       <c r="F126" s="86"/>
       <c r="G126" s="86"/>
       <c r="H126" s="86"/>
       <c r="I126" s="86"/>
       <c r="J126" s="86"/>
       <c r="K126" s="86"/>
       <c r="L126" s="86"/>
       <c r="M126" s="86"/>
       <c r="N126" s="86"/>
       <c r="O126" s="86"/>
       <c r="P126" s="86"/>
       <c r="Q126" s="86"/>
       <c r="R126" s="86"/>
       <c r="S126" s="86"/>
       <c r="T126" s="86"/>
       <c r="U126" s="86"/>
       <c r="V126" s="86"/>
       <c r="W126" s="86"/>
       <c r="X126" s="86"/>
       <c r="Y126" s="86"/>
@@ -7968,51 +7968,51 @@
       </c>
       <c r="AR128" s="81"/>
       <c r="AS128" s="81"/>
       <c r="AT128" s="81"/>
       <c r="AU128" s="82" t="s">
         <v>2</v>
       </c>
       <c r="AV128" s="82"/>
       <c r="AW128" s="82"/>
       <c r="AX128" s="82"/>
       <c r="AY128" s="82"/>
       <c r="AZ128" s="82"/>
       <c r="BA128" s="83" t="s">
         <v>3</v>
       </c>
       <c r="BB128" s="83"/>
       <c r="BC128" s="83"/>
       <c r="BD128" s="83"/>
       <c r="BE128" s="83"/>
       <c r="BF128" s="83"/>
       <c r="BG128" s="83"/>
       <c r="BH128" s="83"/>
     </row>
     <row r="129" spans="1:68" s="2" customFormat="1" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A129" s="78" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B129" s="78"/>
       <c r="C129" s="78"/>
       <c r="D129" s="78"/>
       <c r="E129" s="78"/>
       <c r="F129" s="78"/>
       <c r="G129" s="78"/>
       <c r="H129" s="78"/>
       <c r="I129" s="78"/>
       <c r="J129" s="78"/>
       <c r="K129" s="78"/>
       <c r="L129" s="78"/>
       <c r="M129" s="78"/>
       <c r="N129" s="78"/>
       <c r="O129" s="78"/>
       <c r="P129" s="78"/>
       <c r="Q129" s="78"/>
       <c r="R129" s="78"/>
       <c r="S129" s="78"/>
       <c r="T129" s="78"/>
       <c r="U129" s="78"/>
       <c r="V129" s="78"/>
       <c r="W129" s="78"/>
       <c r="X129" s="78"/>
       <c r="Y129" s="78"/>
@@ -8114,51 +8114,51 @@
       <c r="AV131" s="77"/>
       <c r="AW131" s="76"/>
       <c r="AX131" s="77"/>
       <c r="AY131" s="76"/>
       <c r="AZ131" s="77"/>
       <c r="BA131" s="76"/>
       <c r="BB131" s="77"/>
       <c r="BC131" s="76"/>
       <c r="BD131" s="77"/>
       <c r="BE131" s="76"/>
       <c r="BF131" s="77"/>
       <c r="BG131" s="76"/>
       <c r="BH131" s="77"/>
       <c r="BI131" s="84"/>
       <c r="BJ131" s="85"/>
       <c r="BK131" s="84"/>
       <c r="BL131" s="85"/>
       <c r="BM131" s="84"/>
       <c r="BN131" s="85"/>
       <c r="BO131" s="84"/>
       <c r="BP131" s="85"/>
     </row>
     <row r="132" spans="1:68" s="12" customFormat="1" ht="5.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="133" spans="1:68" s="2" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A133" s="79" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B133" s="79"/>
       <c r="C133" s="79"/>
       <c r="D133" s="79"/>
       <c r="E133" s="79"/>
       <c r="F133" s="79"/>
       <c r="G133" s="79"/>
       <c r="H133" s="79"/>
       <c r="I133" s="79"/>
       <c r="J133" s="79"/>
       <c r="K133" s="79"/>
       <c r="L133" s="79"/>
       <c r="M133" s="79"/>
       <c r="N133" s="79"/>
       <c r="O133" s="79"/>
       <c r="P133" s="79"/>
       <c r="Q133" s="79"/>
       <c r="R133" s="79"/>
       <c r="S133" s="79"/>
       <c r="T133" s="79"/>
       <c r="U133" s="79"/>
       <c r="V133" s="79"/>
       <c r="W133" s="79"/>
       <c r="X133" s="79"/>
       <c r="Y133" s="79"/>
@@ -8817,51 +8817,51 @@
       <c r="AU143" s="76"/>
       <c r="AV143" s="77"/>
       <c r="AW143" s="76"/>
       <c r="AX143" s="77"/>
       <c r="AY143" s="76"/>
       <c r="AZ143" s="77"/>
       <c r="BA143" s="76"/>
       <c r="BB143" s="77"/>
       <c r="BC143" s="76"/>
       <c r="BD143" s="77"/>
       <c r="BE143" s="76"/>
       <c r="BF143" s="77"/>
       <c r="BG143" s="76"/>
       <c r="BH143" s="77"/>
       <c r="BI143" s="76"/>
       <c r="BJ143" s="77"/>
       <c r="BK143" s="76"/>
       <c r="BL143" s="77"/>
       <c r="BM143" s="76"/>
       <c r="BN143" s="77"/>
       <c r="BO143" s="76"/>
       <c r="BP143" s="77"/>
     </row>
     <row r="144" spans="1:68" s="18" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="54" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B144" s="54"/>
       <c r="C144" s="54"/>
       <c r="D144" s="54"/>
       <c r="E144" s="54"/>
       <c r="F144" s="54"/>
       <c r="G144" s="54"/>
       <c r="H144" s="54"/>
       <c r="I144" s="54"/>
       <c r="J144" s="54"/>
       <c r="K144" s="54"/>
       <c r="L144" s="54"/>
       <c r="M144" s="54"/>
       <c r="N144" s="54"/>
       <c r="O144" s="54"/>
       <c r="P144" s="54"/>
       <c r="Q144" s="54"/>
       <c r="R144" s="54"/>
       <c r="S144" s="54"/>
       <c r="T144" s="54"/>
       <c r="U144" s="54"/>
       <c r="V144" s="54"/>
       <c r="W144" s="54"/>
       <c r="X144" s="54"/>
       <c r="Y144" s="54"/>
@@ -8892,51 +8892,51 @@
       <c r="AX144" s="54"/>
       <c r="AY144" s="54"/>
       <c r="AZ144" s="54"/>
       <c r="BA144" s="54"/>
       <c r="BB144" s="54"/>
       <c r="BC144" s="54"/>
       <c r="BD144" s="54"/>
       <c r="BE144" s="54"/>
       <c r="BF144" s="54"/>
       <c r="BG144" s="54"/>
       <c r="BH144" s="54"/>
       <c r="BI144" s="54"/>
       <c r="BJ144" s="54"/>
       <c r="BK144" s="54"/>
       <c r="BL144" s="54"/>
       <c r="BM144" s="54"/>
       <c r="BN144" s="54"/>
       <c r="BO144" s="54"/>
       <c r="BP144" s="54"/>
     </row>
     <row r="145" spans="1:68" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="31"/>
     </row>
     <row r="146" spans="1:68" s="2" customFormat="1" ht="63.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A146" s="78" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B146" s="78"/>
       <c r="C146" s="78"/>
       <c r="D146" s="78"/>
       <c r="E146" s="78"/>
       <c r="F146" s="78"/>
       <c r="G146" s="78"/>
       <c r="H146" s="78"/>
       <c r="I146" s="78"/>
       <c r="J146" s="78"/>
       <c r="K146" s="78"/>
       <c r="L146" s="78"/>
       <c r="M146" s="78"/>
       <c r="N146" s="78"/>
       <c r="O146" s="78"/>
       <c r="P146" s="78"/>
       <c r="Q146" s="78"/>
       <c r="R146" s="78"/>
       <c r="S146" s="78"/>
       <c r="T146" s="78"/>
       <c r="U146" s="78"/>
       <c r="V146" s="78"/>
       <c r="W146" s="78"/>
       <c r="X146" s="78"/>
       <c r="Y146" s="78"/>
@@ -9035,51 +9035,51 @@
       <c r="AU148" s="65"/>
       <c r="AV148" s="65"/>
       <c r="AW148" s="65"/>
       <c r="AX148" s="65"/>
       <c r="AY148" s="65"/>
       <c r="AZ148" s="65"/>
       <c r="BA148" s="65"/>
       <c r="BB148" s="65"/>
       <c r="BC148" s="65"/>
       <c r="BD148" s="65"/>
       <c r="BE148" s="65"/>
       <c r="BF148" s="65"/>
       <c r="BG148" s="65"/>
       <c r="BH148" s="65"/>
       <c r="BI148" s="65"/>
       <c r="BJ148" s="65"/>
       <c r="BK148" s="65"/>
       <c r="BL148" s="65"/>
       <c r="BM148" s="65"/>
       <c r="BN148" s="65"/>
       <c r="BO148" s="65"/>
       <c r="BP148" s="65"/>
     </row>
     <row r="149" spans="1:68" s="23" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="66" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B149" s="66"/>
       <c r="C149" s="66"/>
       <c r="D149" s="66"/>
       <c r="E149" s="66"/>
       <c r="F149" s="66"/>
       <c r="G149" s="66"/>
       <c r="H149" s="66"/>
       <c r="I149" s="66"/>
       <c r="J149" s="66"/>
       <c r="K149" s="66"/>
       <c r="L149" s="66"/>
       <c r="M149" s="66"/>
       <c r="N149" s="66"/>
       <c r="O149" s="66"/>
       <c r="P149" s="66"/>
       <c r="Q149" s="66"/>
       <c r="R149" s="66"/>
       <c r="S149" s="66"/>
       <c r="T149" s="66"/>
       <c r="U149" s="66"/>
       <c r="V149" s="66"/>
       <c r="W149" s="66"/>
       <c r="X149" s="66"/>
       <c r="Y149" s="66"/>
@@ -9181,150 +9181,150 @@
       <c r="AY150" s="28"/>
       <c r="AZ150" s="28"/>
       <c r="BA150" s="28"/>
       <c r="BB150" s="28"/>
       <c r="BC150" s="28"/>
       <c r="BD150" s="28"/>
       <c r="BE150" s="28"/>
       <c r="BF150" s="28"/>
       <c r="BG150" s="28"/>
       <c r="BH150" s="28"/>
       <c r="BI150" s="28"/>
       <c r="BJ150" s="28"/>
       <c r="BK150" s="28"/>
       <c r="BL150" s="28"/>
       <c r="BM150" s="28"/>
       <c r="BN150" s="28"/>
     </row>
     <row r="151" spans="1:68" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="62" t="s">
         <v>13</v>
       </c>
       <c r="B151" s="62"/>
       <c r="C151" s="52"/>
       <c r="D151" s="52"/>
       <c r="E151" s="52"/>
-      <c r="F151" s="49" t="s">
+      <c r="F151" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="G151" s="49"/>
+      <c r="G151" s="47"/>
       <c r="H151" s="52"/>
       <c r="I151" s="52"/>
       <c r="J151" s="52"/>
       <c r="K151" s="52"/>
       <c r="L151" s="52"/>
       <c r="M151" s="52"/>
       <c r="N151" s="52"/>
       <c r="O151" s="52"/>
       <c r="P151" s="52"/>
       <c r="Q151" s="52"/>
       <c r="R151" s="52"/>
       <c r="S151" s="62" t="s">
         <v>15</v>
       </c>
       <c r="T151" s="62"/>
       <c r="U151" s="62"/>
-      <c r="V151" s="50"/>
-[...6 lines deleted...]
-      <c r="AA151" s="49"/>
+      <c r="V151" s="48"/>
+      <c r="W151" s="48"/>
+      <c r="X151" s="48"/>
+      <c r="Y151" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z151" s="47"/>
+      <c r="AA151" s="47"/>
       <c r="AK151" s="15"/>
       <c r="AL151" s="15"/>
       <c r="AM151" s="15"/>
       <c r="AN151" s="15"/>
       <c r="AO151" s="15"/>
       <c r="AP151" s="15"/>
       <c r="AQ151" s="15"/>
       <c r="AR151" s="15"/>
       <c r="AS151" s="15"/>
       <c r="AT151" s="15"/>
       <c r="AU151" s="15"/>
       <c r="AV151" s="15"/>
       <c r="AW151" s="15"/>
       <c r="AX151" s="15"/>
       <c r="AY151" s="15"/>
       <c r="AZ151" s="15"/>
       <c r="BA151" s="15"/>
       <c r="BB151" s="15"/>
       <c r="BC151" s="15"/>
       <c r="BD151" s="15"/>
       <c r="BE151" s="15"/>
       <c r="BF151" s="67" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="BG151" s="68"/>
       <c r="BH151" s="68"/>
       <c r="BI151" s="68"/>
       <c r="BJ151" s="68"/>
       <c r="BK151" s="68"/>
       <c r="BL151" s="68"/>
       <c r="BM151" s="68"/>
       <c r="BN151" s="68"/>
       <c r="BO151" s="68"/>
       <c r="BP151" s="69"/>
     </row>
     <row r="152" spans="1:68" s="2" customFormat="1" ht="18.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="15"/>
       <c r="B152" s="15"/>
       <c r="C152" s="15"/>
       <c r="D152" s="15"/>
       <c r="E152" s="15"/>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15"/>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15"/>
       <c r="L152" s="15"/>
       <c r="M152" s="15"/>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152" s="15"/>
       <c r="S152" s="15"/>
       <c r="T152" s="15"/>
       <c r="U152" s="15"/>
       <c r="BF152" s="70"/>
       <c r="BG152" s="71"/>
       <c r="BH152" s="71"/>
       <c r="BI152" s="71"/>
       <c r="BJ152" s="71"/>
       <c r="BK152" s="71"/>
       <c r="BL152" s="71"/>
       <c r="BM152" s="71"/>
       <c r="BN152" s="71"/>
       <c r="BO152" s="71"/>
       <c r="BP152" s="72"/>
     </row>
     <row r="153" spans="1:68" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="138" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B153" s="138"/>
       <c r="C153" s="138"/>
       <c r="D153" s="138"/>
       <c r="E153" s="138"/>
       <c r="F153" s="138"/>
       <c r="G153" s="138"/>
       <c r="H153" s="138"/>
       <c r="I153" s="138"/>
       <c r="J153" s="138"/>
       <c r="K153" s="138"/>
       <c r="L153" s="138"/>
       <c r="M153" s="138"/>
       <c r="N153" s="138"/>
       <c r="O153" s="138"/>
       <c r="P153" s="138"/>
       <c r="Q153" s="138"/>
       <c r="R153" s="138"/>
       <c r="S153" s="138"/>
       <c r="T153" s="138"/>
       <c r="U153" s="138"/>
       <c r="V153" s="138"/>
       <c r="W153" s="138"/>
       <c r="X153" s="138"/>
       <c r="Y153" s="138"/>
@@ -9343,398 +9343,398 @@
       <c r="AJ153" s="64"/>
       <c r="AK153" s="64"/>
       <c r="AL153" s="63"/>
       <c r="AM153" s="63"/>
       <c r="AN153" s="63"/>
       <c r="AO153" s="51" t="s">
         <v>14</v>
       </c>
       <c r="AP153" s="51"/>
       <c r="AQ153" s="63"/>
       <c r="AR153" s="63"/>
       <c r="AS153" s="63"/>
       <c r="AT153" s="63"/>
       <c r="AU153" s="63"/>
       <c r="AV153" s="63"/>
       <c r="AW153" s="63"/>
       <c r="AX153" s="64" t="s">
         <v>15</v>
       </c>
       <c r="AY153" s="64"/>
       <c r="AZ153" s="64"/>
       <c r="BA153" s="59"/>
       <c r="BB153" s="59"/>
       <c r="BC153" s="59"/>
       <c r="BD153" s="60" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="BE153" s="61"/>
       <c r="BF153" s="70"/>
       <c r="BG153" s="71"/>
       <c r="BH153" s="71"/>
       <c r="BI153" s="71"/>
       <c r="BJ153" s="71"/>
       <c r="BK153" s="71"/>
       <c r="BL153" s="71"/>
       <c r="BM153" s="71"/>
       <c r="BN153" s="71"/>
       <c r="BO153" s="71"/>
       <c r="BP153" s="72"/>
     </row>
     <row r="154" spans="1:68" s="2" customFormat="1" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A154" s="49" t="s">
+      <c r="A154" s="47" t="s">
         <v>17</v>
       </c>
-      <c r="B154" s="49"/>
-[...53 lines deleted...]
-      <c r="BD154" s="49"/>
+      <c r="B154" s="47"/>
+      <c r="C154" s="47"/>
+      <c r="D154" s="47"/>
+      <c r="E154" s="47"/>
+      <c r="F154" s="47"/>
+      <c r="G154" s="47"/>
+      <c r="H154" s="47"/>
+      <c r="I154" s="47"/>
+      <c r="J154" s="47"/>
+      <c r="K154" s="47"/>
+      <c r="L154" s="47"/>
+      <c r="M154" s="47"/>
+      <c r="N154" s="47"/>
+      <c r="O154" s="47"/>
+      <c r="P154" s="47"/>
+      <c r="Q154" s="47"/>
+      <c r="R154" s="47"/>
+      <c r="S154" s="47"/>
+      <c r="T154" s="47"/>
+      <c r="U154" s="47"/>
+      <c r="V154" s="47"/>
+      <c r="W154" s="47"/>
+      <c r="X154" s="47"/>
+      <c r="Y154" s="47"/>
+      <c r="Z154" s="47"/>
+      <c r="AA154" s="47"/>
+      <c r="AB154" s="47"/>
+      <c r="AC154" s="47"/>
+      <c r="AD154" s="47"/>
+      <c r="AE154" s="47"/>
+      <c r="AF154" s="47"/>
+      <c r="AG154" s="47"/>
+      <c r="AH154" s="47"/>
+      <c r="AI154" s="47"/>
+      <c r="AJ154" s="47"/>
+      <c r="AK154" s="47"/>
+      <c r="AL154" s="47"/>
+      <c r="AM154" s="47"/>
+      <c r="AN154" s="47"/>
+      <c r="AO154" s="47"/>
+      <c r="AP154" s="47"/>
+      <c r="AQ154" s="47"/>
+      <c r="AR154" s="47"/>
+      <c r="AS154" s="47"/>
+      <c r="AT154" s="47"/>
+      <c r="AU154" s="47"/>
+      <c r="AV154" s="47"/>
+      <c r="AW154" s="47"/>
+      <c r="AX154" s="47"/>
+      <c r="AY154" s="47"/>
+      <c r="AZ154" s="47"/>
+      <c r="BA154" s="47"/>
+      <c r="BB154" s="47"/>
+      <c r="BC154" s="47"/>
+      <c r="BD154" s="47"/>
       <c r="BE154" s="139"/>
       <c r="BF154" s="73"/>
       <c r="BG154" s="74"/>
       <c r="BH154" s="74"/>
       <c r="BI154" s="74"/>
       <c r="BJ154" s="74"/>
       <c r="BK154" s="74"/>
       <c r="BL154" s="74"/>
       <c r="BM154" s="74"/>
       <c r="BN154" s="74"/>
       <c r="BO154" s="74"/>
       <c r="BP154" s="75"/>
     </row>
     <row r="155" spans="1:68" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A155" s="49" t="s">
-[...68 lines deleted...]
-      <c r="BP155" s="50"/>
+      <c r="A155" s="47" t="s">
+        <v>88</v>
+      </c>
+      <c r="B155" s="47"/>
+      <c r="C155" s="47"/>
+      <c r="D155" s="47"/>
+      <c r="E155" s="47"/>
+      <c r="F155" s="47"/>
+      <c r="G155" s="47"/>
+      <c r="H155" s="47"/>
+      <c r="I155" s="47"/>
+      <c r="J155" s="47"/>
+      <c r="K155" s="47"/>
+      <c r="L155" s="47"/>
+      <c r="M155" s="47"/>
+      <c r="N155" s="47"/>
+      <c r="O155" s="47"/>
+      <c r="P155" s="47"/>
+      <c r="Q155" s="47"/>
+      <c r="R155" s="47"/>
+      <c r="S155" s="47"/>
+      <c r="T155" s="47"/>
+      <c r="U155" s="47"/>
+      <c r="V155" s="47"/>
+      <c r="W155" s="47"/>
+      <c r="X155" s="47"/>
+      <c r="Y155" s="47"/>
+      <c r="Z155" s="47"/>
+      <c r="AA155" s="47"/>
+      <c r="AB155" s="47"/>
+      <c r="AC155" s="47"/>
+      <c r="AD155" s="47"/>
+      <c r="AE155" s="47"/>
+      <c r="AF155" s="47"/>
+      <c r="AG155" s="48"/>
+      <c r="AH155" s="48"/>
+      <c r="AI155" s="48"/>
+      <c r="AJ155" s="48"/>
+      <c r="AK155" s="48"/>
+      <c r="AL155" s="48"/>
+      <c r="AM155" s="48"/>
+      <c r="AN155" s="48"/>
+      <c r="AO155" s="48"/>
+      <c r="AP155" s="48"/>
+      <c r="AQ155" s="48"/>
+      <c r="AR155" s="48"/>
+      <c r="AS155" s="48"/>
+      <c r="AT155" s="48"/>
+      <c r="AU155" s="48"/>
+      <c r="AV155" s="48"/>
+      <c r="AW155" s="48"/>
+      <c r="AX155" s="48"/>
+      <c r="AY155" s="48"/>
+      <c r="AZ155" s="48"/>
+      <c r="BA155" s="48"/>
+      <c r="BB155" s="48"/>
+      <c r="BC155" s="48"/>
+      <c r="BD155" s="48"/>
+      <c r="BE155" s="48"/>
+      <c r="BF155" s="48"/>
+      <c r="BG155" s="48"/>
+      <c r="BH155" s="48"/>
+      <c r="BI155" s="48"/>
+      <c r="BJ155" s="48"/>
+      <c r="BK155" s="48"/>
+      <c r="BL155" s="48"/>
+      <c r="BM155" s="48"/>
+      <c r="BN155" s="48"/>
+      <c r="BO155" s="48"/>
+      <c r="BP155" s="48"/>
     </row>
     <row r="156" spans="1:68" s="2" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="51" t="s">
         <v>4</v>
       </c>
       <c r="B156" s="51"/>
       <c r="C156" s="51"/>
       <c r="D156" s="51"/>
       <c r="E156" s="51"/>
       <c r="F156" s="52"/>
       <c r="G156" s="52"/>
       <c r="H156" s="52"/>
       <c r="I156" s="52"/>
       <c r="J156" s="52"/>
       <c r="K156" s="52"/>
       <c r="L156" s="52"/>
       <c r="M156" s="52"/>
       <c r="N156" s="53" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="O156" s="53"/>
       <c r="P156" s="53"/>
       <c r="Q156" s="53"/>
       <c r="R156" s="53"/>
       <c r="S156" s="53"/>
       <c r="T156" s="52"/>
       <c r="U156" s="52"/>
       <c r="V156" s="52"/>
       <c r="W156" s="52"/>
       <c r="X156" s="52"/>
       <c r="Y156" s="52"/>
       <c r="Z156" s="52"/>
       <c r="AA156" s="52"/>
       <c r="AB156" s="62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="AC156" s="62"/>
       <c r="AD156" s="62"/>
       <c r="AE156" s="62"/>
       <c r="AF156" s="62"/>
       <c r="AG156" s="62"/>
       <c r="AH156" s="62"/>
       <c r="AI156" s="52"/>
       <c r="AJ156" s="52"/>
       <c r="AK156" s="52"/>
-      <c r="AL156" s="49" t="s">
+      <c r="AL156" s="47" t="s">
         <v>14</v>
       </c>
-      <c r="AM156" s="49"/>
+      <c r="AM156" s="47"/>
       <c r="AN156" s="52"/>
       <c r="AO156" s="52"/>
       <c r="AP156" s="52"/>
       <c r="AQ156" s="52"/>
       <c r="AR156" s="52"/>
       <c r="AS156" s="52"/>
       <c r="AT156" s="52"/>
       <c r="AU156" s="52"/>
       <c r="AV156" s="52"/>
       <c r="AW156" s="52"/>
       <c r="AX156" s="52"/>
       <c r="AY156" s="15"/>
       <c r="AZ156" s="52"/>
       <c r="BA156" s="52"/>
       <c r="BB156" s="52"/>
       <c r="BC156" s="52"/>
       <c r="BD156" s="52"/>
-      <c r="BE156" s="49" t="s">
-[...3 lines deleted...]
-      <c r="BG156" s="49"/>
+      <c r="BE156" s="47" t="s">
+        <v>22</v>
+      </c>
+      <c r="BF156" s="47"/>
+      <c r="BG156" s="47"/>
       <c r="BH156" s="15"/>
       <c r="BI156" s="15"/>
       <c r="BJ156" s="15"/>
       <c r="BK156" s="15"/>
       <c r="BL156" s="15"/>
       <c r="BM156" s="15"/>
       <c r="BN156" s="15"/>
     </row>
     <row r="157" spans="1:68" s="30" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="58" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B157" s="58"/>
       <c r="C157" s="58"/>
       <c r="D157" s="58"/>
       <c r="E157" s="58"/>
       <c r="F157" s="58"/>
       <c r="G157" s="58"/>
       <c r="H157" s="58"/>
       <c r="I157" s="58"/>
-      <c r="J157" s="47"/>
-[...56 lines deleted...]
-      <c r="BP157" s="48"/>
+      <c r="J157" s="49"/>
+      <c r="K157" s="49"/>
+      <c r="L157" s="49"/>
+      <c r="M157" s="49"/>
+      <c r="N157" s="49"/>
+      <c r="O157" s="49"/>
+      <c r="P157" s="49"/>
+      <c r="Q157" s="49"/>
+      <c r="R157" s="49"/>
+      <c r="S157" s="49"/>
+      <c r="T157" s="49"/>
+      <c r="U157" s="49"/>
+      <c r="V157" s="49"/>
+      <c r="W157" s="49"/>
+      <c r="X157" s="49"/>
+      <c r="Y157" s="49"/>
+      <c r="Z157" s="49"/>
+      <c r="AA157" s="49"/>
+      <c r="AB157" s="49"/>
+      <c r="AC157" s="49"/>
+      <c r="AD157" s="49"/>
+      <c r="AE157" s="49"/>
+      <c r="AF157" s="49"/>
+      <c r="AG157" s="49"/>
+      <c r="AH157" s="49"/>
+      <c r="AI157" s="49"/>
+      <c r="AJ157" s="49"/>
+      <c r="AK157" s="49"/>
+      <c r="AL157" s="49"/>
+      <c r="AM157" s="49"/>
+      <c r="AN157" s="49"/>
+      <c r="AO157" s="49"/>
+      <c r="AP157" s="49"/>
+      <c r="AQ157" s="49"/>
+      <c r="AR157" s="49"/>
+      <c r="AS157" s="49"/>
+      <c r="AU157" s="50"/>
+      <c r="AV157" s="50"/>
+      <c r="AW157" s="50"/>
+      <c r="AX157" s="50"/>
+      <c r="AY157" s="50"/>
+      <c r="AZ157" s="50"/>
+      <c r="BA157" s="50"/>
+      <c r="BB157" s="50"/>
+      <c r="BC157" s="50"/>
+      <c r="BD157" s="50"/>
+      <c r="BE157" s="50"/>
+      <c r="BF157" s="50"/>
+      <c r="BG157" s="50"/>
+      <c r="BH157" s="50"/>
+      <c r="BI157" s="50"/>
+      <c r="BJ157" s="50"/>
+      <c r="BK157" s="50"/>
+      <c r="BL157" s="50"/>
+      <c r="BM157" s="50"/>
+      <c r="BN157" s="50"/>
+      <c r="BO157" s="50"/>
+      <c r="BP157" s="50"/>
     </row>
     <row r="158" spans="1:68" s="27" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="J158" s="23"/>
       <c r="K158" s="23"/>
       <c r="L158" s="23"/>
       <c r="M158" s="23"/>
       <c r="N158" s="23"/>
       <c r="O158" s="23"/>
       <c r="P158" s="23"/>
       <c r="Q158" s="23"/>
       <c r="R158" s="23"/>
       <c r="S158" s="23"/>
       <c r="T158" s="23"/>
       <c r="U158" s="23"/>
       <c r="V158" s="23"/>
       <c r="W158" s="23"/>
       <c r="X158" s="23"/>
       <c r="Y158" s="23"/>
       <c r="Z158" s="23"/>
       <c r="AA158" s="23"/>
       <c r="AB158" s="23"/>
       <c r="AC158" s="23"/>
       <c r="AD158" s="23"/>
       <c r="AE158" s="23"/>
       <c r="AF158" s="23"/>
       <c r="AG158" s="23"/>
       <c r="AH158" s="23"/>
       <c r="AI158" s="23"/>
       <c r="AJ158" s="23"/>
       <c r="AK158" s="23"/>
       <c r="AL158" s="23"/>
       <c r="AM158" s="23"/>
       <c r="AN158" s="23"/>
       <c r="AO158" s="23"/>
       <c r="AP158" s="23"/>
       <c r="AQ158" s="23"/>
       <c r="AR158" s="23"/>
       <c r="AS158" s="23"/>
       <c r="AT158" s="23"/>
       <c r="AU158" s="54" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="AV158" s="54"/>
       <c r="AW158" s="54"/>
       <c r="AX158" s="54"/>
       <c r="AY158" s="54"/>
       <c r="AZ158" s="54"/>
       <c r="BA158" s="54"/>
       <c r="BB158" s="54"/>
       <c r="BC158" s="54"/>
       <c r="BD158" s="54"/>
       <c r="BE158" s="54"/>
       <c r="BF158" s="54"/>
       <c r="BG158" s="54"/>
       <c r="BH158" s="54"/>
       <c r="BI158" s="54"/>
       <c r="BJ158" s="54"/>
       <c r="BK158" s="54"/>
       <c r="BL158" s="54"/>
       <c r="BM158" s="54"/>
       <c r="BN158" s="54"/>
       <c r="BO158" s="54"/>
       <c r="BP158" s="54"/>
     </row>
     <row r="159" spans="1:68" ht="3" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
@@ -10234,89 +10234,89 @@
     <mergeCell ref="AG12:AH12"/>
     <mergeCell ref="AY51:AZ51"/>
     <mergeCell ref="BA51:BB51"/>
     <mergeCell ref="AE51:AF51"/>
     <mergeCell ref="AG51:AH51"/>
     <mergeCell ref="AI51:AJ51"/>
     <mergeCell ref="AK51:AL51"/>
     <mergeCell ref="AM51:AN51"/>
     <mergeCell ref="AO51:AP51"/>
     <mergeCell ref="S51:T51"/>
     <mergeCell ref="U51:V51"/>
     <mergeCell ref="W51:X51"/>
     <mergeCell ref="Y51:Z51"/>
     <mergeCell ref="AA51:AB51"/>
     <mergeCell ref="AC51:AD51"/>
     <mergeCell ref="B49:BO49"/>
     <mergeCell ref="A51:B51"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="E51:F51"/>
     <mergeCell ref="G51:H51"/>
     <mergeCell ref="I51:J51"/>
     <mergeCell ref="K51:L51"/>
     <mergeCell ref="M51:N51"/>
     <mergeCell ref="O51:P51"/>
     <mergeCell ref="Q51:R51"/>
+    <mergeCell ref="BI51:BJ51"/>
+    <mergeCell ref="BK51:BL51"/>
+    <mergeCell ref="BM51:BN51"/>
+    <mergeCell ref="AQ51:AR51"/>
+    <mergeCell ref="AS51:AT51"/>
+    <mergeCell ref="AU51:AV51"/>
+    <mergeCell ref="AW51:AX51"/>
     <mergeCell ref="BO14:BP14"/>
     <mergeCell ref="A36:B36"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="E36:F36"/>
     <mergeCell ref="G36:H36"/>
     <mergeCell ref="I36:J36"/>
     <mergeCell ref="K36:L36"/>
     <mergeCell ref="AC53:AD53"/>
     <mergeCell ref="AE53:AF53"/>
     <mergeCell ref="AG53:AH53"/>
     <mergeCell ref="AI53:AJ53"/>
     <mergeCell ref="AK53:AL53"/>
     <mergeCell ref="AM53:AN53"/>
     <mergeCell ref="Q53:R53"/>
     <mergeCell ref="S53:T53"/>
     <mergeCell ref="U53:V53"/>
     <mergeCell ref="W53:X53"/>
     <mergeCell ref="Y53:Z53"/>
     <mergeCell ref="AA53:AB53"/>
     <mergeCell ref="BO51:BP51"/>
     <mergeCell ref="A52:BP52"/>
     <mergeCell ref="A53:B53"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="E53:F53"/>
     <mergeCell ref="G53:H53"/>
     <mergeCell ref="I53:J53"/>
     <mergeCell ref="K53:L53"/>
     <mergeCell ref="M53:N53"/>
     <mergeCell ref="O53:P53"/>
     <mergeCell ref="BC51:BD51"/>
     <mergeCell ref="BE51:BF51"/>
     <mergeCell ref="BG51:BH51"/>
-    <mergeCell ref="BI51:BJ51"/>
-[...5 lines deleted...]
-    <mergeCell ref="AW51:AX51"/>
     <mergeCell ref="AE55:AF55"/>
     <mergeCell ref="AG55:AH55"/>
     <mergeCell ref="AI55:AJ55"/>
     <mergeCell ref="AK55:AL55"/>
     <mergeCell ref="O55:P55"/>
     <mergeCell ref="Q55:R55"/>
     <mergeCell ref="S55:T55"/>
     <mergeCell ref="U55:V55"/>
     <mergeCell ref="W55:X55"/>
     <mergeCell ref="Y55:Z55"/>
     <mergeCell ref="BM53:BN53"/>
     <mergeCell ref="BO53:BP53"/>
     <mergeCell ref="A54:BP54"/>
     <mergeCell ref="A55:B55"/>
     <mergeCell ref="C55:D55"/>
     <mergeCell ref="E55:F55"/>
     <mergeCell ref="G55:H55"/>
     <mergeCell ref="I55:J55"/>
     <mergeCell ref="K55:L55"/>
     <mergeCell ref="M55:N55"/>
     <mergeCell ref="BA53:BB53"/>
     <mergeCell ref="BC53:BD53"/>
     <mergeCell ref="BE53:BF53"/>
     <mergeCell ref="BG53:BH53"/>
     <mergeCell ref="BI53:BJ53"/>
@@ -11139,54 +11139,54 @@
     <mergeCell ref="A146:BP146"/>
     <mergeCell ref="BE135:BF135"/>
     <mergeCell ref="BG135:BH135"/>
     <mergeCell ref="BI135:BJ135"/>
     <mergeCell ref="BK135:BL135"/>
     <mergeCell ref="AW135:AX135"/>
     <mergeCell ref="AY135:AZ135"/>
     <mergeCell ref="BA135:BB135"/>
     <mergeCell ref="BC135:BD135"/>
     <mergeCell ref="AO135:AP135"/>
     <mergeCell ref="AQ135:AR135"/>
     <mergeCell ref="AS135:AT135"/>
     <mergeCell ref="AU135:AV135"/>
     <mergeCell ref="AC135:AD135"/>
     <mergeCell ref="AE135:AF135"/>
     <mergeCell ref="AG135:AH135"/>
     <mergeCell ref="AI135:AJ135"/>
     <mergeCell ref="AK135:AL135"/>
     <mergeCell ref="AM135:AN135"/>
     <mergeCell ref="Q135:R135"/>
     <mergeCell ref="S135:T135"/>
     <mergeCell ref="U135:V135"/>
     <mergeCell ref="W135:X135"/>
     <mergeCell ref="Y135:Z135"/>
     <mergeCell ref="AA135:AB135"/>
+    <mergeCell ref="A155:AF155"/>
+    <mergeCell ref="AG155:BP155"/>
     <mergeCell ref="J157:AS157"/>
     <mergeCell ref="AU157:BP157"/>
-    <mergeCell ref="A155:AC155"/>
-    <mergeCell ref="AD155:BP155"/>
     <mergeCell ref="A156:E156"/>
     <mergeCell ref="F156:M156"/>
     <mergeCell ref="N156:S156"/>
     <mergeCell ref="T156:AA156"/>
     <mergeCell ref="AU158:BP158"/>
     <mergeCell ref="R77:W77"/>
     <mergeCell ref="A95:E95"/>
     <mergeCell ref="AZ156:BD156"/>
     <mergeCell ref="BE156:BG156"/>
     <mergeCell ref="A157:I157"/>
     <mergeCell ref="BA153:BC153"/>
     <mergeCell ref="BD153:BE153"/>
     <mergeCell ref="AB156:AH156"/>
     <mergeCell ref="AI156:AK156"/>
     <mergeCell ref="AL156:AM156"/>
     <mergeCell ref="AN156:AX156"/>
     <mergeCell ref="AE153:AG153"/>
     <mergeCell ref="AH153:AK153"/>
     <mergeCell ref="AL153:AN153"/>
     <mergeCell ref="AO153:AP153"/>
     <mergeCell ref="AQ153:AW153"/>
     <mergeCell ref="AX153:AZ153"/>
     <mergeCell ref="A148:BP148"/>
     <mergeCell ref="A149:BP149"/>
     <mergeCell ref="A151:B151"/>